--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -16,89 +16,104 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="逐日数据" sheetId="1" r:id="rId4"/>
     <sheet name="月度数据" sheetId="2" r:id="rId5"/>
     <sheet name="年度数据" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>日期</t>
   </si>
   <si>
     <t>主连开盘价</t>
   </si>
   <si>
     <t>主连收盘价</t>
   </si>
   <si>
     <t>主连最高价</t>
   </si>
   <si>
     <t>主连最低价</t>
   </si>
   <si>
     <t>次主连开盘价</t>
   </si>
   <si>
     <t>次主连收盘价</t>
   </si>
   <si>
     <t>次主连最高价</t>
   </si>
   <si>
     <t>次主连最低价</t>
   </si>
   <si>
     <t>开盘价差值</t>
   </si>
   <si>
     <t>收盘价差值</t>
   </si>
   <si>
     <t>最高价差值</t>
   </si>
   <si>
     <t>最低价差值</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
@@ -561,54 +576,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M25"/>
+  <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:M25"/>
+      <selection activeCell="A1" sqref="A1:M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -630,1199 +645,1404 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="2">
-        <v>6438</v>
+        <v>6343</v>
       </c>
       <c r="C2" s="2">
-        <v>6442</v>
+        <v>6353</v>
       </c>
       <c r="D2" s="2">
-        <v>6457</v>
+        <v>6360</v>
       </c>
       <c r="E2" s="2">
-        <v>6428</v>
+        <v>6317</v>
       </c>
       <c r="F2" s="2">
-        <v>6466</v>
+        <v>6278</v>
       </c>
       <c r="G2" s="2">
-        <v>6478</v>
+        <v>6288</v>
       </c>
       <c r="H2" s="2">
-        <v>6490</v>
+        <v>6298</v>
       </c>
       <c r="I2" s="2">
-        <v>6463</v>
+        <v>6258</v>
       </c>
       <c r="J2" s="2">
-        <v>-28</v>
+        <v>65</v>
       </c>
       <c r="K2" s="2">
-        <v>-36</v>
+        <v>65</v>
       </c>
       <c r="L2" s="2">
-        <v>-33</v>
+        <v>62</v>
       </c>
       <c r="M2" s="2">
-        <v>-35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2">
-        <v>6353</v>
+        <v>6425</v>
       </c>
       <c r="C3" s="2">
-        <v>6434</v>
+        <v>6363</v>
       </c>
       <c r="D3" s="2">
-        <v>6440</v>
+        <v>6431</v>
       </c>
       <c r="E3" s="2">
-        <v>6344</v>
+        <v>6361</v>
       </c>
       <c r="F3" s="2">
-        <v>6396</v>
+        <v>6367</v>
       </c>
       <c r="G3" s="2">
-        <v>6468</v>
+        <v>6298</v>
       </c>
       <c r="H3" s="2">
-        <v>6473</v>
+        <v>6371</v>
       </c>
       <c r="I3" s="2">
-        <v>6375</v>
+        <v>6298</v>
       </c>
       <c r="J3" s="2">
-        <v>-43</v>
+        <v>58</v>
       </c>
       <c r="K3" s="2">
-        <v>-34</v>
+        <v>65</v>
       </c>
       <c r="L3" s="2">
-        <v>-33</v>
+        <v>60</v>
       </c>
       <c r="M3" s="2">
-        <v>-31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="2">
-        <v>6313</v>
+        <v>6457</v>
       </c>
       <c r="C4" s="2">
-        <v>6331</v>
+        <v>6434</v>
       </c>
       <c r="D4" s="2">
-        <v>6353</v>
+        <v>6457</v>
       </c>
       <c r="E4" s="2">
-        <v>6308</v>
+        <v>6407</v>
       </c>
       <c r="F4" s="2">
-        <v>6296</v>
+        <v>6402</v>
       </c>
       <c r="G4" s="2">
-        <v>6311</v>
+        <v>6379</v>
       </c>
       <c r="H4" s="2">
-        <v>6330</v>
+        <v>6402</v>
       </c>
       <c r="I4" s="2">
-        <v>6288</v>
+        <v>6351</v>
       </c>
       <c r="J4" s="2">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="K4" s="2">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="L4" s="2">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="M4" s="2">
-        <v>20</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="2">
-        <v>6343</v>
+        <v>6480</v>
       </c>
       <c r="C5" s="2">
-        <v>6301</v>
+        <v>6457</v>
       </c>
       <c r="D5" s="2">
-        <v>6356</v>
+        <v>6480</v>
       </c>
       <c r="E5" s="2">
-        <v>6298</v>
+        <v>6443</v>
       </c>
       <c r="F5" s="2">
-        <v>6389</v>
+        <v>6453</v>
       </c>
       <c r="G5" s="2">
-        <v>6339</v>
+        <v>6427</v>
       </c>
       <c r="H5" s="2">
-        <v>6396</v>
+        <v>6453</v>
       </c>
       <c r="I5" s="2">
-        <v>6338</v>
+        <v>6410</v>
       </c>
       <c r="J5" s="2">
-        <v>-46</v>
+        <v>27</v>
       </c>
       <c r="K5" s="2">
-        <v>-38</v>
+        <v>30</v>
       </c>
       <c r="L5" s="2">
-        <v>-40</v>
+        <v>27</v>
       </c>
       <c r="M5" s="2">
-        <v>-40</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2">
-        <v>6391</v>
+        <v>6469</v>
       </c>
       <c r="C6" s="2">
-        <v>6343</v>
+        <v>6483</v>
       </c>
       <c r="D6" s="2">
-        <v>6404</v>
+        <v>6495</v>
       </c>
       <c r="E6" s="2">
-        <v>6343</v>
+        <v>6467</v>
       </c>
       <c r="F6" s="2">
-        <v>6441</v>
+        <v>6421</v>
       </c>
       <c r="G6" s="2">
-        <v>6391</v>
+        <v>6430</v>
       </c>
       <c r="H6" s="2">
-        <v>6450</v>
+        <v>6438</v>
       </c>
       <c r="I6" s="2">
-        <v>6390</v>
+        <v>6414</v>
       </c>
       <c r="J6" s="2">
-        <v>-50</v>
+        <v>48</v>
       </c>
       <c r="K6" s="2">
-        <v>-48</v>
+        <v>53</v>
       </c>
       <c r="L6" s="2">
-        <v>-46</v>
+        <v>57</v>
       </c>
       <c r="M6" s="2">
-        <v>-47</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2">
-        <v>6393</v>
+        <v>6438</v>
       </c>
       <c r="C7" s="2">
-        <v>6399</v>
+        <v>6434</v>
       </c>
       <c r="D7" s="2">
-        <v>6421</v>
+        <v>6457</v>
       </c>
       <c r="E7" s="2">
-        <v>6355</v>
+        <v>6422</v>
       </c>
       <c r="F7" s="2">
-        <v>6440</v>
+        <v>6466</v>
       </c>
       <c r="G7" s="2">
-        <v>6446</v>
+        <v>6463</v>
       </c>
       <c r="H7" s="2">
-        <v>6469</v>
+        <v>6490</v>
       </c>
       <c r="I7" s="2">
-        <v>6404</v>
+        <v>6454</v>
       </c>
       <c r="J7" s="2">
-        <v>-47</v>
+        <v>-28</v>
       </c>
       <c r="K7" s="2">
-        <v>-47</v>
+        <v>-29</v>
       </c>
       <c r="L7" s="2">
-        <v>-48</v>
+        <v>-33</v>
       </c>
       <c r="M7" s="2">
-        <v>-49</v>
+        <v>-32</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="2">
-        <v>6432</v>
+        <v>6353</v>
       </c>
       <c r="C8" s="2">
-        <v>6395</v>
+        <v>6434</v>
       </c>
       <c r="D8" s="2">
-        <v>6448</v>
+        <v>6440</v>
       </c>
       <c r="E8" s="2">
-        <v>6393</v>
+        <v>6344</v>
       </c>
       <c r="F8" s="2">
-        <v>6482</v>
+        <v>6396</v>
       </c>
       <c r="G8" s="2">
-        <v>6443</v>
+        <v>6468</v>
       </c>
       <c r="H8" s="2">
-        <v>6493</v>
+        <v>6473</v>
       </c>
       <c r="I8" s="2">
-        <v>6440</v>
+        <v>6375</v>
       </c>
       <c r="J8" s="2">
-        <v>-50</v>
+        <v>-43</v>
       </c>
       <c r="K8" s="2">
-        <v>-48</v>
+        <v>-34</v>
       </c>
       <c r="L8" s="2">
-        <v>-45</v>
+        <v>-33</v>
       </c>
       <c r="M8" s="2">
-        <v>-47</v>
+        <v>-31</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="2">
-        <v>6415</v>
+        <v>6313</v>
       </c>
       <c r="C9" s="2">
-        <v>6432</v>
+        <v>6331</v>
       </c>
       <c r="D9" s="2">
-        <v>6457</v>
+        <v>6353</v>
       </c>
       <c r="E9" s="2">
-        <v>6398</v>
+        <v>6308</v>
       </c>
       <c r="F9" s="2">
-        <v>6459</v>
+        <v>6296</v>
       </c>
       <c r="G9" s="2">
-        <v>6485</v>
+        <v>6311</v>
       </c>
       <c r="H9" s="2">
-        <v>6503</v>
+        <v>6330</v>
       </c>
       <c r="I9" s="2">
-        <v>6447</v>
+        <v>6288</v>
       </c>
       <c r="J9" s="2">
-        <v>-44</v>
+        <v>17</v>
       </c>
       <c r="K9" s="2">
-        <v>-53</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2">
-        <v>-46</v>
+        <v>23</v>
       </c>
       <c r="M9" s="2">
-        <v>-49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="2">
-        <v>6418</v>
+        <v>6343</v>
       </c>
       <c r="C10" s="2">
-        <v>6438</v>
+        <v>6301</v>
       </c>
       <c r="D10" s="2">
-        <v>6454</v>
+        <v>6356</v>
       </c>
       <c r="E10" s="2">
-        <v>6409</v>
+        <v>6298</v>
       </c>
       <c r="F10" s="2">
-        <v>6420</v>
+        <v>6389</v>
       </c>
       <c r="G10" s="2">
-        <v>6457</v>
+        <v>6339</v>
       </c>
       <c r="H10" s="2">
-        <v>6462</v>
+        <v>6396</v>
       </c>
       <c r="I10" s="2">
-        <v>6413</v>
+        <v>6338</v>
       </c>
       <c r="J10" s="2">
-        <v>-2</v>
+        <v>-46</v>
       </c>
       <c r="K10" s="2">
-        <v>-19</v>
+        <v>-38</v>
       </c>
       <c r="L10" s="2">
-        <v>-8</v>
+        <v>-40</v>
       </c>
       <c r="M10" s="2">
-        <v>-4</v>
+        <v>-40</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="2">
-        <v>6493</v>
+        <v>6391</v>
       </c>
       <c r="C11" s="2">
-        <v>6411</v>
+        <v>6343</v>
       </c>
       <c r="D11" s="2">
-        <v>6493</v>
+        <v>6404</v>
       </c>
       <c r="E11" s="2">
+        <v>6343</v>
+      </c>
+      <c r="F11" s="2">
+        <v>6441</v>
+      </c>
+      <c r="G11" s="2">
         <v>6391</v>
       </c>
-      <c r="F11" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="H11" s="2">
-        <v>6546</v>
+        <v>6450</v>
       </c>
       <c r="I11" s="2">
-        <v>6450</v>
+        <v>6390</v>
       </c>
       <c r="J11" s="2">
-        <v>-52</v>
+        <v>-50</v>
       </c>
       <c r="K11" s="2">
-        <v>-54</v>
+        <v>-48</v>
       </c>
       <c r="L11" s="2">
-        <v>-53</v>
+        <v>-46</v>
       </c>
       <c r="M11" s="2">
-        <v>-59</v>
+        <v>-47</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="2">
-        <v>6486</v>
+        <v>6393</v>
       </c>
       <c r="C12" s="2">
-        <v>6475</v>
+        <v>6399</v>
       </c>
       <c r="D12" s="2">
-        <v>6492</v>
+        <v>6421</v>
       </c>
       <c r="E12" s="2">
-        <v>6458</v>
+        <v>6355</v>
       </c>
       <c r="F12" s="2">
-        <v>6538</v>
+        <v>6440</v>
       </c>
       <c r="G12" s="2">
-        <v>6532</v>
+        <v>6446</v>
       </c>
       <c r="H12" s="2">
-        <v>6550</v>
+        <v>6469</v>
       </c>
       <c r="I12" s="2">
-        <v>6516</v>
+        <v>6404</v>
       </c>
       <c r="J12" s="2">
-        <v>-52</v>
+        <v>-47</v>
       </c>
       <c r="K12" s="2">
-        <v>-57</v>
+        <v>-47</v>
       </c>
       <c r="L12" s="2">
-        <v>-58</v>
+        <v>-48</v>
       </c>
       <c r="M12" s="2">
-        <v>-58</v>
+        <v>-49</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="2">
-        <v>6501</v>
+        <v>6432</v>
       </c>
       <c r="C13" s="2">
-        <v>6485</v>
+        <v>6395</v>
       </c>
       <c r="D13" s="2">
-        <v>6527</v>
+        <v>6448</v>
       </c>
       <c r="E13" s="2">
-        <v>6481</v>
+        <v>6393</v>
       </c>
       <c r="F13" s="2">
-        <v>6555</v>
+        <v>6482</v>
       </c>
       <c r="G13" s="2">
-        <v>6541</v>
+        <v>6443</v>
       </c>
       <c r="H13" s="2">
-        <v>6580</v>
+        <v>6493</v>
       </c>
       <c r="I13" s="2">
-        <v>6531</v>
+        <v>6440</v>
       </c>
       <c r="J13" s="2">
-        <v>-54</v>
+        <v>-50</v>
       </c>
       <c r="K13" s="2">
-        <v>-56</v>
+        <v>-48</v>
       </c>
       <c r="L13" s="2">
-        <v>-53</v>
+        <v>-45</v>
       </c>
       <c r="M13" s="2">
-        <v>-50</v>
+        <v>-47</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="2">
-        <v>6454</v>
+        <v>6415</v>
       </c>
       <c r="C14" s="2">
-        <v>6488</v>
+        <v>6432</v>
       </c>
       <c r="D14" s="2">
-        <v>6488</v>
+        <v>6457</v>
       </c>
       <c r="E14" s="2">
-        <v>6428</v>
+        <v>6398</v>
       </c>
       <c r="F14" s="2">
-        <v>6516</v>
+        <v>6459</v>
       </c>
       <c r="G14" s="2">
-        <v>6544</v>
+        <v>6485</v>
       </c>
       <c r="H14" s="2">
-        <v>6548</v>
+        <v>6503</v>
       </c>
       <c r="I14" s="2">
-        <v>6502</v>
+        <v>6447</v>
       </c>
       <c r="J14" s="2">
-        <v>-62</v>
+        <v>-44</v>
       </c>
       <c r="K14" s="2">
-        <v>-56</v>
+        <v>-53</v>
       </c>
       <c r="L14" s="2">
-        <v>-60</v>
+        <v>-46</v>
       </c>
       <c r="M14" s="2">
-        <v>-74</v>
+        <v>-49</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="2">
-        <v>6458</v>
+        <v>6418</v>
       </c>
       <c r="C15" s="2">
-        <v>6470</v>
+        <v>6438</v>
       </c>
       <c r="D15" s="2">
-        <v>6488</v>
+        <v>6454</v>
       </c>
       <c r="E15" s="2">
-        <v>6451</v>
+        <v>6409</v>
       </c>
       <c r="F15" s="2">
-        <v>6540</v>
+        <v>6420</v>
       </c>
       <c r="G15" s="2">
-        <v>6541</v>
+        <v>6457</v>
       </c>
       <c r="H15" s="2">
-        <v>6554</v>
+        <v>6462</v>
       </c>
       <c r="I15" s="2">
-        <v>6523</v>
+        <v>6413</v>
       </c>
       <c r="J15" s="2">
-        <v>-82</v>
+        <v>-2</v>
       </c>
       <c r="K15" s="2">
-        <v>-71</v>
+        <v>-19</v>
       </c>
       <c r="L15" s="2">
-        <v>-66</v>
+        <v>-8</v>
       </c>
       <c r="M15" s="2">
-        <v>-72</v>
+        <v>-4</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="2">
-        <v>6486</v>
+        <v>6493</v>
       </c>
       <c r="C16" s="2">
-        <v>6443</v>
+        <v>6411</v>
       </c>
       <c r="D16" s="2">
-        <v>6498</v>
+        <v>6493</v>
       </c>
       <c r="E16" s="2">
-        <v>6440</v>
+        <v>6391</v>
       </c>
       <c r="F16" s="2">
-        <v>6490</v>
+        <v>6545</v>
       </c>
       <c r="G16" s="2">
-        <v>6452</v>
+        <v>6465</v>
       </c>
       <c r="H16" s="2">
-        <v>6506</v>
+        <v>6546</v>
       </c>
       <c r="I16" s="2">
         <v>6450</v>
       </c>
       <c r="J16" s="2">
-        <v>-4</v>
+        <v>-52</v>
       </c>
       <c r="K16" s="2">
-        <v>-9</v>
+        <v>-54</v>
       </c>
       <c r="L16" s="2">
-        <v>-8</v>
+        <v>-53</v>
       </c>
       <c r="M16" s="2">
-        <v>-10</v>
+        <v>-59</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="2">
-        <v>6467</v>
+        <v>6486</v>
       </c>
       <c r="C17" s="2">
-        <v>6486</v>
+        <v>6475</v>
       </c>
       <c r="D17" s="2">
-        <v>6495</v>
+        <v>6492</v>
       </c>
       <c r="E17" s="2">
-        <v>6447</v>
+        <v>6458</v>
       </c>
       <c r="F17" s="2">
-        <v>6475</v>
+        <v>6538</v>
       </c>
       <c r="G17" s="2">
-        <v>6492</v>
+        <v>6532</v>
       </c>
       <c r="H17" s="2">
-        <v>6497</v>
+        <v>6550</v>
       </c>
       <c r="I17" s="2">
-        <v>6454</v>
+        <v>6516</v>
       </c>
       <c r="J17" s="2">
-        <v>-8</v>
+        <v>-52</v>
       </c>
       <c r="K17" s="2">
-        <v>-6</v>
+        <v>-57</v>
       </c>
       <c r="L17" s="2">
-        <v>-2</v>
+        <v>-58</v>
       </c>
       <c r="M17" s="2">
-        <v>-7</v>
+        <v>-58</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B18" s="2">
-        <v>6472</v>
+        <v>6501</v>
       </c>
       <c r="C18" s="2">
-        <v>6475</v>
+        <v>6485</v>
       </c>
       <c r="D18" s="2">
-        <v>6508</v>
+        <v>6527</v>
       </c>
       <c r="E18" s="2">
-        <v>6466</v>
+        <v>6481</v>
       </c>
       <c r="F18" s="2">
-        <v>6558</v>
+        <v>6555</v>
       </c>
       <c r="G18" s="2">
-        <v>6547</v>
+        <v>6541</v>
       </c>
       <c r="H18" s="2">
-        <v>6581</v>
+        <v>6580</v>
       </c>
       <c r="I18" s="2">
-        <v>6542</v>
+        <v>6531</v>
       </c>
       <c r="J18" s="2">
-        <v>-86</v>
+        <v>-54</v>
       </c>
       <c r="K18" s="2">
-        <v>-72</v>
+        <v>-56</v>
       </c>
       <c r="L18" s="2">
-        <v>-73</v>
+        <v>-53</v>
       </c>
       <c r="M18" s="2">
-        <v>-76</v>
+        <v>-50</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B19" s="2">
-        <v>6498</v>
+        <v>6454</v>
       </c>
       <c r="C19" s="2">
-        <v>6491</v>
+        <v>6488</v>
       </c>
       <c r="D19" s="2">
+        <v>6488</v>
+      </c>
+      <c r="E19" s="2">
+        <v>6428</v>
+      </c>
+      <c r="F19" s="2">
+        <v>6516</v>
+      </c>
+      <c r="G19" s="2">
+        <v>6544</v>
+      </c>
+      <c r="H19" s="2">
+        <v>6548</v>
+      </c>
+      <c r="I19" s="2">
         <v>6502</v>
       </c>
-      <c r="E19" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="J19" s="2">
-        <v>-54</v>
+        <v>-62</v>
       </c>
       <c r="K19" s="2">
-        <v>-76</v>
+        <v>-56</v>
       </c>
       <c r="L19" s="2">
-        <v>-67</v>
+        <v>-60</v>
       </c>
       <c r="M19" s="2">
-        <v>-67</v>
+        <v>-74</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="2">
-        <v>6563</v>
+        <v>6458</v>
       </c>
       <c r="C20" s="2">
-        <v>6512</v>
+        <v>6470</v>
       </c>
       <c r="D20" s="2">
-        <v>6563</v>
+        <v>6488</v>
       </c>
       <c r="E20" s="2">
-        <v>6500</v>
+        <v>6451</v>
       </c>
       <c r="F20" s="2">
-        <v>6608</v>
+        <v>6540</v>
       </c>
       <c r="G20" s="2">
-        <v>6576</v>
+        <v>6541</v>
       </c>
       <c r="H20" s="2">
-        <v>6613</v>
+        <v>6554</v>
       </c>
       <c r="I20" s="2">
-        <v>6562</v>
+        <v>6523</v>
       </c>
       <c r="J20" s="2">
-        <v>-45</v>
+        <v>-82</v>
       </c>
       <c r="K20" s="2">
-        <v>-64</v>
+        <v>-71</v>
       </c>
       <c r="L20" s="2">
-        <v>-50</v>
+        <v>-66</v>
       </c>
       <c r="M20" s="2">
-        <v>-62</v>
+        <v>-72</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="2">
-        <v>6581</v>
+        <v>6486</v>
       </c>
       <c r="C21" s="2">
-        <v>6585</v>
+        <v>6443</v>
       </c>
       <c r="D21" s="2">
-        <v>6605</v>
+        <v>6498</v>
       </c>
       <c r="E21" s="2">
-        <v>6560</v>
+        <v>6440</v>
       </c>
       <c r="F21" s="2">
-        <v>6644</v>
+        <v>6490</v>
       </c>
       <c r="G21" s="2">
-        <v>6637</v>
+        <v>6452</v>
       </c>
       <c r="H21" s="2">
-        <v>6657</v>
+        <v>6506</v>
       </c>
       <c r="I21" s="2">
-        <v>6618</v>
+        <v>6450</v>
       </c>
       <c r="J21" s="2">
-        <v>-63</v>
+        <v>-4</v>
       </c>
       <c r="K21" s="2">
-        <v>-52</v>
+        <v>-9</v>
       </c>
       <c r="L21" s="2">
-        <v>-52</v>
+        <v>-8</v>
       </c>
       <c r="M21" s="2">
-        <v>-58</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B22" s="2">
-        <v>6618</v>
+        <v>6467</v>
       </c>
       <c r="C22" s="2">
-        <v>6590</v>
+        <v>6486</v>
       </c>
       <c r="D22" s="2">
-        <v>6633</v>
+        <v>6495</v>
       </c>
       <c r="E22" s="2">
-        <v>6587</v>
+        <v>6447</v>
       </c>
       <c r="F22" s="2">
-        <v>6663</v>
+        <v>6475</v>
       </c>
       <c r="G22" s="2">
-        <v>6644</v>
+        <v>6492</v>
       </c>
       <c r="H22" s="2">
-        <v>6679</v>
+        <v>6497</v>
       </c>
       <c r="I22" s="2">
-        <v>6636</v>
+        <v>6454</v>
       </c>
       <c r="J22" s="2">
-        <v>-45</v>
+        <v>-8</v>
       </c>
       <c r="K22" s="2">
-        <v>-54</v>
+        <v>-6</v>
       </c>
       <c r="L22" s="2">
-        <v>-46</v>
+        <v>-2</v>
       </c>
       <c r="M22" s="2">
-        <v>-49</v>
+        <v>-7</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="2">
-        <v>6654</v>
+        <v>6472</v>
       </c>
       <c r="C23" s="2">
-        <v>6596</v>
+        <v>6475</v>
       </c>
       <c r="D23" s="2">
-        <v>6670</v>
+        <v>6508</v>
       </c>
       <c r="E23" s="2">
-        <v>6590</v>
+        <v>6466</v>
       </c>
       <c r="F23" s="2">
-        <v>6660</v>
+        <v>6558</v>
       </c>
       <c r="G23" s="2">
-        <v>6599</v>
+        <v>6547</v>
       </c>
       <c r="H23" s="2">
-        <v>6673</v>
+        <v>6581</v>
       </c>
       <c r="I23" s="2">
-        <v>6598</v>
+        <v>6542</v>
       </c>
       <c r="J23" s="2">
-        <v>-6</v>
+        <v>-86</v>
       </c>
       <c r="K23" s="2">
-        <v>-3</v>
+        <v>-72</v>
       </c>
       <c r="L23" s="2">
-        <v>-3</v>
+        <v>-73</v>
       </c>
       <c r="M23" s="2">
-        <v>-8</v>
+        <v>-76</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="2">
-        <v>6679</v>
+        <v>6498</v>
       </c>
       <c r="C24" s="2">
-        <v>6651</v>
+        <v>6491</v>
       </c>
       <c r="D24" s="2">
-        <v>6693</v>
+        <v>6502</v>
       </c>
       <c r="E24" s="2">
-        <v>6646</v>
+        <v>6439</v>
       </c>
       <c r="F24" s="2">
-        <v>6720</v>
+        <v>6552</v>
       </c>
       <c r="G24" s="2">
-        <v>6693</v>
+        <v>6567</v>
       </c>
       <c r="H24" s="2">
-        <v>6746</v>
+        <v>6569</v>
       </c>
       <c r="I24" s="2">
-        <v>6692</v>
+        <v>6506</v>
       </c>
       <c r="J24" s="2">
-        <v>-41</v>
+        <v>-54</v>
       </c>
       <c r="K24" s="2">
-        <v>-42</v>
+        <v>-76</v>
       </c>
       <c r="L24" s="2">
-        <v>-53</v>
+        <v>-67</v>
       </c>
       <c r="M24" s="2">
-        <v>-46</v>
+        <v>-67</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B25" s="2">
+        <v>6563</v>
+      </c>
+      <c r="C25" s="2">
+        <v>6512</v>
+      </c>
+      <c r="D25" s="2">
+        <v>6563</v>
+      </c>
+      <c r="E25" s="2">
+        <v>6500</v>
+      </c>
+      <c r="F25" s="2">
+        <v>6608</v>
+      </c>
+      <c r="G25" s="2">
+        <v>6576</v>
+      </c>
+      <c r="H25" s="2">
+        <v>6613</v>
+      </c>
+      <c r="I25" s="2">
+        <v>6562</v>
+      </c>
+      <c r="J25" s="2">
+        <v>-45</v>
+      </c>
+      <c r="K25" s="2">
+        <v>-64</v>
+      </c>
+      <c r="L25" s="2">
+        <v>-50</v>
+      </c>
+      <c r="M25" s="2">
+        <v>-62</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B26" s="2">
+        <v>6581</v>
+      </c>
+      <c r="C26" s="2">
+        <v>6585</v>
+      </c>
+      <c r="D26" s="2">
+        <v>6605</v>
+      </c>
+      <c r="E26" s="2">
+        <v>6560</v>
+      </c>
+      <c r="F26" s="2">
+        <v>6644</v>
+      </c>
+      <c r="G26" s="2">
+        <v>6637</v>
+      </c>
+      <c r="H26" s="2">
+        <v>6657</v>
+      </c>
+      <c r="I26" s="2">
+        <v>6618</v>
+      </c>
+      <c r="J26" s="2">
+        <v>-63</v>
+      </c>
+      <c r="K26" s="2">
+        <v>-52</v>
+      </c>
+      <c r="L26" s="2">
+        <v>-52</v>
+      </c>
+      <c r="M26" s="2">
+        <v>-58</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13">
+      <c r="A27" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B27" s="2">
+        <v>6618</v>
+      </c>
+      <c r="C27" s="2">
+        <v>6590</v>
+      </c>
+      <c r="D27" s="2">
+        <v>6633</v>
+      </c>
+      <c r="E27" s="2">
+        <v>6587</v>
+      </c>
+      <c r="F27" s="2">
+        <v>6663</v>
+      </c>
+      <c r="G27" s="2">
+        <v>6644</v>
+      </c>
+      <c r="H27" s="2">
+        <v>6679</v>
+      </c>
+      <c r="I27" s="2">
+        <v>6636</v>
+      </c>
+      <c r="J27" s="2">
+        <v>-45</v>
+      </c>
+      <c r="K27" s="2">
+        <v>-54</v>
+      </c>
+      <c r="L27" s="2">
+        <v>-46</v>
+      </c>
+      <c r="M27" s="2">
+        <v>-49</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13">
+      <c r="A28" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" s="2">
+        <v>6654</v>
+      </c>
+      <c r="C28" s="2">
+        <v>6596</v>
+      </c>
+      <c r="D28" s="2">
+        <v>6670</v>
+      </c>
+      <c r="E28" s="2">
+        <v>6590</v>
+      </c>
+      <c r="F28" s="2">
+        <v>6660</v>
+      </c>
+      <c r="G28" s="2">
+        <v>6599</v>
+      </c>
+      <c r="H28" s="2">
+        <v>6673</v>
+      </c>
+      <c r="I28" s="2">
+        <v>6598</v>
+      </c>
+      <c r="J28" s="2">
+        <v>-6</v>
+      </c>
+      <c r="K28" s="2">
+        <v>-3</v>
+      </c>
+      <c r="L28" s="2">
+        <v>-3</v>
+      </c>
+      <c r="M28" s="2">
+        <v>-8</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13">
+      <c r="A29" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="2">
+        <v>6679</v>
+      </c>
+      <c r="C29" s="2">
+        <v>6651</v>
+      </c>
+      <c r="D29" s="2">
+        <v>6693</v>
+      </c>
+      <c r="E29" s="2">
+        <v>6646</v>
+      </c>
+      <c r="F29" s="2">
+        <v>6720</v>
+      </c>
+      <c r="G29" s="2">
+        <v>6693</v>
+      </c>
+      <c r="H29" s="2">
+        <v>6746</v>
+      </c>
+      <c r="I29" s="2">
+        <v>6692</v>
+      </c>
+      <c r="J29" s="2">
+        <v>-41</v>
+      </c>
+      <c r="K29" s="2">
+        <v>-42</v>
+      </c>
+      <c r="L29" s="2">
+        <v>-53</v>
+      </c>
+      <c r="M29" s="2">
+        <v>-46</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13">
+      <c r="A30" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="2">
         <v>6648</v>
       </c>
-      <c r="C25" s="2">
+      <c r="C30" s="2">
         <v>6680</v>
       </c>
-      <c r="D25" s="2">
+      <c r="D30" s="2">
         <v>6683</v>
       </c>
-      <c r="E25" s="2">
+      <c r="E30" s="2">
         <v>6627</v>
       </c>
-      <c r="F25" s="2">
+      <c r="F30" s="2">
         <v>6665</v>
       </c>
-      <c r="G25" s="2">
+      <c r="G30" s="2">
         <v>6684</v>
       </c>
-      <c r="H25" s="2">
+      <c r="H30" s="2">
         <v>6688</v>
       </c>
-      <c r="I25" s="2">
+      <c r="I30" s="2">
         <v>6653</v>
       </c>
-      <c r="J25" s="2">
+      <c r="J30" s="2">
         <v>-17</v>
       </c>
-      <c r="K25" s="2">
+      <c r="K30" s="2">
         <v>-4</v>
       </c>
-      <c r="L25" s="2">
+      <c r="L30" s="2">
         <v>-5</v>
       </c>
-      <c r="M25" s="2">
+      <c r="M30" s="2">
         <v>-26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B2" s="2">
-        <v>-28</v>
+        <v>37.5</v>
       </c>
       <c r="C2" s="2">
         <v>-28</v>
       </c>
       <c r="D2" s="2">
-        <v>-28</v>
+        <v>65</v>
       </c>
       <c r="E2" s="2">
-        <v>-36</v>
+        <v>39.83</v>
       </c>
       <c r="F2" s="2">
-        <v>-36</v>
+        <v>-29</v>
       </c>
       <c r="G2" s="2">
-        <v>-36</v>
+        <v>65</v>
       </c>
       <c r="H2" s="2">
-        <v>-33</v>
+        <v>38</v>
       </c>
       <c r="I2" s="2">
         <v>-33</v>
       </c>
       <c r="J2" s="2">
-        <v>-33</v>
+        <v>62</v>
       </c>
       <c r="K2" s="2">
-        <v>-35</v>
+        <v>38.67</v>
       </c>
       <c r="L2" s="2">
-        <v>-35</v>
+        <v>-32</v>
       </c>
       <c r="M2" s="2">
-        <v>-35</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B3" s="2">
         <v>-43.6</v>
       </c>
       <c r="C3" s="2">
         <v>-86</v>
       </c>
       <c r="D3" s="2">
         <v>17</v>
       </c>
       <c r="E3" s="2">
         <v>-44.7</v>
       </c>
       <c r="F3" s="2">
         <v>-76</v>
       </c>
       <c r="G3" s="2">
         <v>20</v>
       </c>
       <c r="H3" s="2">
         <v>-41.55</v>
       </c>
       <c r="I3" s="2">
         <v>-73</v>
       </c>
       <c r="J3" s="2">
         <v>23</v>
       </c>
       <c r="K3" s="2">
         <v>-44.45</v>
       </c>
       <c r="L3" s="2">
         <v>-76</v>
       </c>
       <c r="M3" s="2">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B4" s="2">
         <v>-21.33</v>
       </c>
       <c r="C4" s="2">
         <v>-41</v>
       </c>
       <c r="D4" s="2">
         <v>-6</v>
       </c>
       <c r="E4" s="2">
         <v>-16.33</v>
       </c>
       <c r="F4" s="2">
         <v>-42</v>
       </c>
       <c r="G4" s="2">
         <v>-3</v>
       </c>
       <c r="H4" s="2">
         <v>-20.33</v>
       </c>
       <c r="I4" s="2">
         <v>-53</v>
       </c>
@@ -1863,128 +2083,128 @@
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="L1" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="1" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M1" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2">
         <v>2025</v>
       </c>
       <c r="B2" s="2">
-        <v>-40.17</v>
+        <v>-24.52</v>
       </c>
       <c r="C2" s="2">
         <v>-86</v>
       </c>
       <c r="D2" s="2">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="E2" s="2">
-        <v>-40.79</v>
+        <v>-24.28</v>
       </c>
       <c r="F2" s="2">
         <v>-76</v>
       </c>
       <c r="G2" s="2">
-        <v>20</v>
+        <v>65</v>
       </c>
       <c r="H2" s="2">
-        <v>-38.54</v>
+        <v>-22.9</v>
       </c>
       <c r="I2" s="2">
         <v>-73</v>
       </c>
       <c r="J2" s="2">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="K2" s="2">
-        <v>-41.83</v>
+        <v>-25.41</v>
       </c>
       <c r="L2" s="2">
         <v>-76</v>
       </c>
       <c r="M2" s="2">
-        <v>20</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">