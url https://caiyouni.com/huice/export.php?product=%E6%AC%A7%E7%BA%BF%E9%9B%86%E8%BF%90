--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -16,91 +16,106 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="逐日数据" sheetId="1" r:id="rId4"/>
     <sheet name="月度数据" sheetId="2" r:id="rId5"/>
     <sheet name="年度数据" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="607">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="613">
   <si>
     <t>日期</t>
   </si>
   <si>
     <t>主连开盘价</t>
   </si>
   <si>
     <t>主连收盘价</t>
   </si>
   <si>
     <t>主连最高价</t>
   </si>
   <si>
     <t>主连最低价</t>
   </si>
   <si>
     <t>次主连开盘价</t>
   </si>
   <si>
     <t>次主连收盘价</t>
   </si>
   <si>
     <t>次主连最高价</t>
   </si>
   <si>
     <t>次主连最低价</t>
   </si>
   <si>
     <t>开盘价差值</t>
   </si>
   <si>
     <t>收盘价差值</t>
   </si>
   <si>
     <t>最高价差值</t>
   </si>
   <si>
     <t>最低价差值</t>
   </si>
   <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
   <si>
     <t>2025-11-19</t>
   </si>
   <si>
     <t>2025-11-18</t>
@@ -1750,50 +1765,53 @@
     <t>收盘价差均值</t>
   </si>
   <si>
     <t>收盘价差最小值</t>
   </si>
   <si>
     <t>收盘价差最大值</t>
   </si>
   <si>
     <t>最高价差均值</t>
   </si>
   <si>
     <t>最高价差最小值</t>
   </si>
   <si>
     <t>最高价差最大值</t>
   </si>
   <si>
     <t>最低价差均值</t>
   </si>
   <si>
     <t>最低价差最小值</t>
   </si>
   <si>
     <t>最低价差最大值</t>
+  </si>
+  <si>
+    <t>2025-12</t>
   </si>
   <si>
     <t>2025-11</t>
   </si>
   <si>
     <t>2025-10</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
@@ -2220,54 +2238,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M553"/>
+  <dimension ref="A1:M558"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:M553"/>
+      <selection activeCell="A1" sqref="A1:M558"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.140869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -2289,24028 +2307,24274 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="2">
-        <v>1395.5</v>
+        <v>1600.3</v>
       </c>
       <c r="C2" s="2">
-        <v>1471.9</v>
+        <v>1609.9</v>
       </c>
       <c r="D2" s="2">
-        <v>1487.8</v>
+        <v>1641</v>
       </c>
       <c r="E2" s="2">
-        <v>1385.1</v>
+        <v>1585.5</v>
       </c>
       <c r="F2" s="2">
-        <v>1049.2</v>
+        <v>1091</v>
       </c>
       <c r="G2" s="2">
-        <v>1072.2</v>
+        <v>1092.9</v>
       </c>
       <c r="H2" s="2">
-        <v>1092</v>
+        <v>1110</v>
       </c>
       <c r="I2" s="2">
-        <v>1049.2</v>
+        <v>1089.4</v>
       </c>
       <c r="J2" s="2">
-        <v>346.3</v>
+        <v>509.3</v>
       </c>
       <c r="K2" s="2">
-        <v>399.7</v>
+        <v>517</v>
       </c>
       <c r="L2" s="2">
-        <v>395.8</v>
+        <v>531</v>
       </c>
       <c r="M2" s="2">
-        <v>335.9</v>
+        <v>496.1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2">
-        <v>1400</v>
+        <v>1505</v>
       </c>
       <c r="C3" s="2">
-        <v>1387.7</v>
+        <v>1585</v>
       </c>
       <c r="D3" s="2">
-        <v>1402</v>
+        <v>1590</v>
       </c>
       <c r="E3" s="2">
-        <v>1360.5</v>
+        <v>1499</v>
       </c>
       <c r="F3" s="2">
-        <v>1048.9</v>
+        <v>1068.9</v>
       </c>
       <c r="G3" s="2">
-        <v>1054.6</v>
+        <v>1090.1</v>
       </c>
       <c r="H3" s="2">
-        <v>1064.5</v>
+        <v>1097.8</v>
       </c>
       <c r="I3" s="2">
-        <v>1033</v>
+        <v>1068.9</v>
       </c>
       <c r="J3" s="2">
-        <v>351.1</v>
+        <v>436.1</v>
       </c>
       <c r="K3" s="2">
-        <v>333.1</v>
+        <v>494.9</v>
       </c>
       <c r="L3" s="2">
-        <v>337.5</v>
+        <v>492.2</v>
       </c>
       <c r="M3" s="2">
-        <v>327.5</v>
+        <v>430.1</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="2">
-        <v>1419</v>
+        <v>1535</v>
       </c>
       <c r="C4" s="2">
-        <v>1387.4</v>
+        <v>1540.1</v>
       </c>
       <c r="D4" s="2">
-        <v>1429.6</v>
+        <v>1559.8</v>
       </c>
       <c r="E4" s="2">
-        <v>1373</v>
+        <v>1510.1</v>
       </c>
       <c r="F4" s="2">
-        <v>1612.5</v>
+        <v>1073</v>
       </c>
       <c r="G4" s="2">
-        <v>1622.4</v>
+        <v>1083.1</v>
       </c>
       <c r="H4" s="2">
-        <v>1648</v>
+        <v>1089.6</v>
       </c>
       <c r="I4" s="2">
-        <v>1608</v>
+        <v>1063.1</v>
       </c>
       <c r="J4" s="2">
-        <v>-193.5</v>
+        <v>462</v>
       </c>
       <c r="K4" s="2">
-        <v>-235</v>
+        <v>457</v>
       </c>
       <c r="L4" s="2">
-        <v>-218.4</v>
+        <v>470.2</v>
       </c>
       <c r="M4" s="2">
-        <v>-235</v>
+        <v>447</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="2">
-        <v>1590</v>
+        <v>1505</v>
       </c>
       <c r="C5" s="2">
-        <v>1453.5</v>
+        <v>1534.2</v>
       </c>
       <c r="D5" s="2">
-        <v>1592.3</v>
+        <v>1548</v>
       </c>
       <c r="E5" s="2">
-        <v>1438</v>
+        <v>1498</v>
       </c>
       <c r="F5" s="2">
-        <v>1159</v>
+        <v>1068.2</v>
       </c>
       <c r="G5" s="2">
-        <v>1126.4</v>
+        <v>1072.1</v>
       </c>
       <c r="H5" s="2">
-        <v>1167.8</v>
+        <v>1082.3</v>
       </c>
       <c r="I5" s="2">
-        <v>1121.7</v>
+        <v>1064.2</v>
       </c>
       <c r="J5" s="2">
-        <v>431</v>
+        <v>436.8</v>
       </c>
       <c r="K5" s="2">
-        <v>327.1</v>
+        <v>462.1</v>
       </c>
       <c r="L5" s="2">
-        <v>424.5</v>
+        <v>465.7</v>
       </c>
       <c r="M5" s="2">
-        <v>316.3</v>
+        <v>433.8</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2">
-        <v>1562</v>
+        <v>1511</v>
       </c>
       <c r="C6" s="2">
-        <v>1568.6</v>
+        <v>1492.5</v>
       </c>
       <c r="D6" s="2">
-        <v>1594.8</v>
+        <v>1525</v>
       </c>
       <c r="E6" s="2">
-        <v>1558</v>
+        <v>1471.9</v>
       </c>
       <c r="F6" s="2">
-        <v>1138.5</v>
+        <v>1090</v>
       </c>
       <c r="G6" s="2">
-        <v>1142.1</v>
+        <v>1078</v>
       </c>
       <c r="H6" s="2">
-        <v>1148.5</v>
+        <v>1099.1</v>
       </c>
       <c r="I6" s="2">
-        <v>1128.5</v>
+        <v>1066.6</v>
       </c>
       <c r="J6" s="2">
-        <v>423.5</v>
+        <v>421</v>
       </c>
       <c r="K6" s="2">
-        <v>426.5</v>
+        <v>414.5</v>
       </c>
       <c r="L6" s="2">
-        <v>446.3</v>
+        <v>425.9</v>
       </c>
       <c r="M6" s="2">
-        <v>429.5</v>
+        <v>405.3</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2">
-        <v>1599.2</v>
+        <v>1395.5</v>
       </c>
       <c r="C7" s="2">
-        <v>1556.1</v>
+        <v>1471.9</v>
       </c>
       <c r="D7" s="2">
-        <v>1620.9</v>
+        <v>1487.8</v>
       </c>
       <c r="E7" s="2">
-        <v>1550</v>
+        <v>1385.1</v>
       </c>
       <c r="F7" s="2">
-        <v>1770</v>
+        <v>1049.2</v>
       </c>
       <c r="G7" s="2">
-        <v>1773.9</v>
+        <v>1072.2</v>
       </c>
       <c r="H7" s="2">
-        <v>1775.1</v>
+        <v>1092</v>
       </c>
       <c r="I7" s="2">
-        <v>1758.1</v>
+        <v>1049.2</v>
       </c>
       <c r="J7" s="2">
-        <v>-170.8</v>
+        <v>346.3</v>
       </c>
       <c r="K7" s="2">
-        <v>-217.8</v>
+        <v>399.7</v>
       </c>
       <c r="L7" s="2">
-        <v>-154.2</v>
+        <v>395.8</v>
       </c>
       <c r="M7" s="2">
-        <v>-208.1</v>
+        <v>335.9</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="2">
-        <v>1624.4</v>
+        <v>1400</v>
       </c>
       <c r="C8" s="2">
-        <v>1631</v>
+        <v>1387.7</v>
       </c>
       <c r="D8" s="2">
-        <v>1648</v>
+        <v>1402</v>
       </c>
       <c r="E8" s="2">
-        <v>1567</v>
+        <v>1360.5</v>
       </c>
       <c r="F8" s="2">
-        <v>1756</v>
+        <v>1048.9</v>
       </c>
       <c r="G8" s="2">
-        <v>1775.7</v>
+        <v>1054.6</v>
       </c>
       <c r="H8" s="2">
-        <v>1785.1</v>
+        <v>1064.5</v>
       </c>
       <c r="I8" s="2">
-        <v>1745.6</v>
+        <v>1033</v>
       </c>
       <c r="J8" s="2">
-        <v>-131.6</v>
+        <v>351.1</v>
       </c>
       <c r="K8" s="2">
-        <v>-144.7</v>
+        <v>333.1</v>
       </c>
       <c r="L8" s="2">
-        <v>-137.1</v>
+        <v>337.5</v>
       </c>
       <c r="M8" s="2">
-        <v>-178.6</v>
+        <v>327.5</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="2">
-        <v>1681.7</v>
+        <v>1419</v>
       </c>
       <c r="C9" s="2">
-        <v>1640.1</v>
+        <v>1387.4</v>
       </c>
       <c r="D9" s="2">
-        <v>1682</v>
+        <v>1429.6</v>
       </c>
       <c r="E9" s="2">
-        <v>1626</v>
+        <v>1373</v>
       </c>
       <c r="F9" s="2">
-        <v>1750</v>
+        <v>1612.5</v>
       </c>
       <c r="G9" s="2">
-        <v>1763.3</v>
+        <v>1622.4</v>
       </c>
       <c r="H9" s="2">
-        <v>1778.7</v>
+        <v>1648</v>
       </c>
       <c r="I9" s="2">
-        <v>1750</v>
+        <v>1608</v>
       </c>
       <c r="J9" s="2">
-        <v>-68.3</v>
+        <v>-193.5</v>
       </c>
       <c r="K9" s="2">
-        <v>-123.2</v>
+        <v>-235</v>
       </c>
       <c r="L9" s="2">
-        <v>-96.7</v>
+        <v>-218.4</v>
       </c>
       <c r="M9" s="2">
-        <v>-124</v>
+        <v>-235</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="2">
-        <v>1700</v>
+        <v>1590</v>
       </c>
       <c r="C10" s="2">
-        <v>1678.1</v>
+        <v>1453.5</v>
       </c>
       <c r="D10" s="2">
-        <v>1717.5</v>
+        <v>1592.3</v>
       </c>
       <c r="E10" s="2">
-        <v>1658.1</v>
+        <v>1438</v>
       </c>
       <c r="F10" s="2">
-        <v>1787.9</v>
+        <v>1159</v>
       </c>
       <c r="G10" s="2">
-        <v>1769.5</v>
+        <v>1126.4</v>
       </c>
       <c r="H10" s="2">
-        <v>1789</v>
+        <v>1167.8</v>
       </c>
       <c r="I10" s="2">
-        <v>1755</v>
+        <v>1121.7</v>
       </c>
       <c r="J10" s="2">
-        <v>-87.9</v>
+        <v>431</v>
       </c>
       <c r="K10" s="2">
-        <v>-91.4</v>
+        <v>327.1</v>
       </c>
       <c r="L10" s="2">
-        <v>-71.5</v>
+        <v>424.5</v>
       </c>
       <c r="M10" s="2">
-        <v>-96.9</v>
+        <v>316.3</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="2">
-        <v>1720</v>
+        <v>1562</v>
       </c>
       <c r="C11" s="2">
-        <v>1726</v>
+        <v>1568.6</v>
       </c>
       <c r="D11" s="2">
-        <v>1764.6</v>
+        <v>1594.8</v>
       </c>
       <c r="E11" s="2">
-        <v>1685</v>
+        <v>1558</v>
       </c>
       <c r="F11" s="2">
-        <v>1800</v>
+        <v>1138.5</v>
       </c>
       <c r="G11" s="2">
-        <v>1792.3</v>
+        <v>1142.1</v>
       </c>
       <c r="H11" s="2">
-        <v>1819.8</v>
+        <v>1148.5</v>
       </c>
       <c r="I11" s="2">
-        <v>1781.3</v>
+        <v>1128.5</v>
       </c>
       <c r="J11" s="2">
-        <v>-80</v>
+        <v>423.5</v>
       </c>
       <c r="K11" s="2">
-        <v>-66.3</v>
+        <v>426.5</v>
       </c>
       <c r="L11" s="2">
-        <v>-55.2</v>
+        <v>446.3</v>
       </c>
       <c r="M11" s="2">
-        <v>-96.3</v>
+        <v>429.5</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="2">
-        <v>1600</v>
+        <v>1599.2</v>
       </c>
       <c r="C12" s="2">
-        <v>1605</v>
+        <v>1556.1</v>
       </c>
       <c r="D12" s="2">
-        <v>1637.9</v>
+        <v>1620.9</v>
       </c>
       <c r="E12" s="2">
-        <v>1598</v>
+        <v>1550</v>
       </c>
       <c r="F12" s="2">
-        <v>1764.4</v>
+        <v>1770</v>
       </c>
       <c r="G12" s="2">
-        <v>1790</v>
+        <v>1773.9</v>
       </c>
       <c r="H12" s="2">
-        <v>1798.3</v>
+        <v>1775.1</v>
       </c>
       <c r="I12" s="2">
-        <v>1758.3</v>
+        <v>1758.1</v>
       </c>
       <c r="J12" s="2">
-        <v>-164.4</v>
+        <v>-170.8</v>
       </c>
       <c r="K12" s="2">
-        <v>-185</v>
+        <v>-217.8</v>
       </c>
       <c r="L12" s="2">
-        <v>-160.4</v>
+        <v>-154.2</v>
       </c>
       <c r="M12" s="2">
-        <v>-160.3</v>
+        <v>-208.1</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="2">
-        <v>1616</v>
+        <v>1624.4</v>
       </c>
       <c r="C13" s="2">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D13" s="2">
-        <v>1660</v>
+        <v>1648</v>
       </c>
       <c r="E13" s="2">
-        <v>1589.1</v>
+        <v>1567</v>
       </c>
       <c r="F13" s="2">
-        <v>1749.9</v>
+        <v>1756</v>
       </c>
       <c r="G13" s="2">
-        <v>1782.3</v>
+        <v>1775.7</v>
       </c>
       <c r="H13" s="2">
-        <v>1788.9</v>
+        <v>1785.1</v>
       </c>
       <c r="I13" s="2">
-        <v>1720</v>
+        <v>1745.6</v>
       </c>
       <c r="J13" s="2">
-        <v>-133.9</v>
+        <v>-131.6</v>
       </c>
       <c r="K13" s="2">
-        <v>-150.3</v>
+        <v>-144.7</v>
       </c>
       <c r="L13" s="2">
-        <v>-128.9</v>
+        <v>-137.1</v>
       </c>
       <c r="M13" s="2">
-        <v>-130.9</v>
+        <v>-178.6</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="2">
+        <v>1681.7</v>
+      </c>
+      <c r="C14" s="2">
+        <v>1640.1</v>
+      </c>
+      <c r="D14" s="2">
+        <v>1682</v>
+      </c>
+      <c r="E14" s="2">
+        <v>1626</v>
+      </c>
+      <c r="F14" s="2">
         <v>1750</v>
       </c>
-      <c r="C14" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="G14" s="2">
-        <v>1636.6</v>
+        <v>1763.3</v>
       </c>
       <c r="H14" s="2">
-        <v>1727</v>
+        <v>1778.7</v>
       </c>
       <c r="I14" s="2">
-        <v>1600</v>
+        <v>1750</v>
       </c>
       <c r="J14" s="2">
-        <v>75</v>
+        <v>-68.3</v>
       </c>
       <c r="K14" s="2">
-        <v>112.8</v>
+        <v>-123.2</v>
       </c>
       <c r="L14" s="2">
-        <v>59</v>
+        <v>-96.7</v>
       </c>
       <c r="M14" s="2">
-        <v>117.8</v>
+        <v>-124</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="2">
-        <v>1810.1</v>
+        <v>1700</v>
       </c>
       <c r="C15" s="2">
-        <v>1746.1</v>
+        <v>1678.1</v>
       </c>
       <c r="D15" s="2">
-        <v>1849.9</v>
+        <v>1717.5</v>
       </c>
       <c r="E15" s="2">
-        <v>1742</v>
+        <v>1658.1</v>
       </c>
       <c r="F15" s="2">
-        <v>1621</v>
+        <v>1787.9</v>
       </c>
       <c r="G15" s="2">
-        <v>1690.5</v>
+        <v>1769.5</v>
       </c>
       <c r="H15" s="2">
-        <v>1798</v>
+        <v>1789</v>
       </c>
       <c r="I15" s="2">
-        <v>1621</v>
+        <v>1755</v>
       </c>
       <c r="J15" s="2">
-        <v>189.1</v>
+        <v>-87.9</v>
       </c>
       <c r="K15" s="2">
-        <v>55.6</v>
+        <v>-91.4</v>
       </c>
       <c r="L15" s="2">
-        <v>51.9</v>
+        <v>-71.5</v>
       </c>
       <c r="M15" s="2">
-        <v>121</v>
+        <v>-96.9</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="2">
-        <v>1802</v>
+        <v>1720</v>
       </c>
       <c r="C16" s="2">
-        <v>1778.2</v>
+        <v>1726</v>
       </c>
       <c r="D16" s="2">
-        <v>1820</v>
+        <v>1764.6</v>
       </c>
       <c r="E16" s="2">
-        <v>1751</v>
+        <v>1685</v>
       </c>
       <c r="F16" s="2">
-        <v>1599.9</v>
+        <v>1800</v>
       </c>
       <c r="G16" s="2">
-        <v>1604.9</v>
+        <v>1792.3</v>
       </c>
       <c r="H16" s="2">
-        <v>1608.5</v>
+        <v>1819.8</v>
       </c>
       <c r="I16" s="2">
-        <v>1574.1</v>
+        <v>1781.3</v>
       </c>
       <c r="J16" s="2">
-        <v>202.1</v>
+        <v>-80</v>
       </c>
       <c r="K16" s="2">
-        <v>173.3</v>
+        <v>-66.3</v>
       </c>
       <c r="L16" s="2">
-        <v>211.5</v>
+        <v>-55.2</v>
       </c>
       <c r="M16" s="2">
-        <v>176.9</v>
+        <v>-96.3</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="2">
-        <v>1806</v>
+        <v>1600</v>
       </c>
       <c r="C17" s="2">
-        <v>1812</v>
+        <v>1605</v>
       </c>
       <c r="D17" s="2">
-        <v>1834.1</v>
+        <v>1637.9</v>
       </c>
       <c r="E17" s="2">
-        <v>1780</v>
+        <v>1598</v>
       </c>
       <c r="F17" s="2">
-        <v>1584.2</v>
+        <v>1764.4</v>
       </c>
       <c r="G17" s="2">
-        <v>1592</v>
+        <v>1790</v>
       </c>
       <c r="H17" s="2">
-        <v>1607.1</v>
+        <v>1798.3</v>
       </c>
       <c r="I17" s="2">
-        <v>1573</v>
+        <v>1758.3</v>
       </c>
       <c r="J17" s="2">
-        <v>221.8</v>
+        <v>-164.4</v>
       </c>
       <c r="K17" s="2">
-        <v>220</v>
+        <v>-185</v>
       </c>
       <c r="L17" s="2">
-        <v>227</v>
+        <v>-160.4</v>
       </c>
       <c r="M17" s="2">
-        <v>207</v>
+        <v>-160.3</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B18" s="2">
-        <v>1899</v>
+        <v>1616</v>
       </c>
       <c r="C18" s="2">
-        <v>1848.2</v>
+        <v>1632</v>
       </c>
       <c r="D18" s="2">
-        <v>1900</v>
+        <v>1660</v>
       </c>
       <c r="E18" s="2">
-        <v>1732.6</v>
+        <v>1589.1</v>
       </c>
       <c r="F18" s="2">
-        <v>1622</v>
+        <v>1749.9</v>
       </c>
       <c r="G18" s="2">
-        <v>1601</v>
+        <v>1782.3</v>
       </c>
       <c r="H18" s="2">
-        <v>1634.6</v>
+        <v>1788.9</v>
       </c>
       <c r="I18" s="2">
-        <v>1570.7</v>
+        <v>1720</v>
       </c>
       <c r="J18" s="2">
-        <v>277</v>
+        <v>-133.9</v>
       </c>
       <c r="K18" s="2">
-        <v>247.2</v>
+        <v>-150.3</v>
       </c>
       <c r="L18" s="2">
-        <v>265.4</v>
+        <v>-128.9</v>
       </c>
       <c r="M18" s="2">
-        <v>161.9</v>
+        <v>-130.9</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B19" s="2">
-        <v>1918</v>
+        <v>1750</v>
       </c>
       <c r="C19" s="2">
-        <v>1946</v>
+        <v>1749.4</v>
       </c>
       <c r="D19" s="2">
-        <v>1960</v>
+        <v>1786</v>
       </c>
       <c r="E19" s="2">
-        <v>1885</v>
+        <v>1717.8</v>
       </c>
       <c r="F19" s="2">
-        <v>1602.1</v>
+        <v>1675</v>
       </c>
       <c r="G19" s="2">
-        <v>1652</v>
+        <v>1636.6</v>
       </c>
       <c r="H19" s="2">
-        <v>1658.8</v>
+        <v>1727</v>
       </c>
       <c r="I19" s="2">
-        <v>1600.1</v>
+        <v>1600</v>
       </c>
       <c r="J19" s="2">
-        <v>315.9</v>
+        <v>75</v>
       </c>
       <c r="K19" s="2">
-        <v>294</v>
+        <v>112.8</v>
       </c>
       <c r="L19" s="2">
-        <v>301.2</v>
+        <v>59</v>
       </c>
       <c r="M19" s="2">
-        <v>284.9</v>
+        <v>117.8</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="2">
-        <v>1839</v>
+        <v>1810.1</v>
       </c>
       <c r="C20" s="2">
-        <v>1909.9</v>
+        <v>1746.1</v>
       </c>
       <c r="D20" s="2">
-        <v>1910</v>
+        <v>1849.9</v>
       </c>
       <c r="E20" s="2">
-        <v>1820.2</v>
+        <v>1742</v>
       </c>
       <c r="F20" s="2">
-        <v>1571.7</v>
+        <v>1621</v>
       </c>
       <c r="G20" s="2">
-        <v>1593.7</v>
+        <v>1690.5</v>
       </c>
       <c r="H20" s="2">
-        <v>1614.2</v>
+        <v>1798</v>
       </c>
       <c r="I20" s="2">
-        <v>1570.9</v>
+        <v>1621</v>
       </c>
       <c r="J20" s="2">
-        <v>267.3</v>
+        <v>189.1</v>
       </c>
       <c r="K20" s="2">
-        <v>316.2</v>
+        <v>55.6</v>
       </c>
       <c r="L20" s="2">
-        <v>295.8</v>
+        <v>51.9</v>
       </c>
       <c r="M20" s="2">
-        <v>249.3</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="2">
-        <v>1822</v>
+        <v>1802</v>
       </c>
       <c r="C21" s="2">
-        <v>1851.7</v>
+        <v>1778.2</v>
       </c>
       <c r="D21" s="2">
-        <v>1867.4</v>
+        <v>1820</v>
       </c>
       <c r="E21" s="2">
-        <v>1812.4</v>
+        <v>1751</v>
       </c>
       <c r="F21" s="2">
-        <v>1573.1</v>
+        <v>1599.9</v>
       </c>
       <c r="G21" s="2">
-        <v>1592.2</v>
+        <v>1604.9</v>
       </c>
       <c r="H21" s="2">
-        <v>1605</v>
+        <v>1608.5</v>
       </c>
       <c r="I21" s="2">
-        <v>1556.5</v>
+        <v>1574.1</v>
       </c>
       <c r="J21" s="2">
-        <v>248.9</v>
+        <v>202.1</v>
       </c>
       <c r="K21" s="2">
-        <v>259.5</v>
+        <v>173.3</v>
       </c>
       <c r="L21" s="2">
-        <v>262.4</v>
+        <v>211.5</v>
       </c>
       <c r="M21" s="2">
-        <v>255.9</v>
+        <v>176.9</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B22" s="2">
-        <v>1851</v>
+        <v>1806</v>
       </c>
       <c r="C22" s="2">
-        <v>1804</v>
+        <v>1812</v>
       </c>
       <c r="D22" s="2">
-        <v>1950</v>
+        <v>1834.1</v>
       </c>
       <c r="E22" s="2">
-        <v>1801.1</v>
+        <v>1780</v>
       </c>
       <c r="F22" s="2">
-        <v>1577</v>
+        <v>1584.2</v>
       </c>
       <c r="G22" s="2">
-        <v>1553.6</v>
+        <v>1592</v>
       </c>
       <c r="H22" s="2">
-        <v>1632.9</v>
+        <v>1607.1</v>
       </c>
       <c r="I22" s="2">
-        <v>1542.3</v>
+        <v>1573</v>
       </c>
       <c r="J22" s="2">
-        <v>274</v>
+        <v>221.8</v>
       </c>
       <c r="K22" s="2">
-        <v>250.4</v>
+        <v>220</v>
       </c>
       <c r="L22" s="2">
-        <v>317.1</v>
+        <v>227</v>
       </c>
       <c r="M22" s="2">
-        <v>258.8</v>
+        <v>207</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="2">
-        <v>1871</v>
+        <v>1899</v>
       </c>
       <c r="C23" s="2">
-        <v>1843.8</v>
+        <v>1848.2</v>
       </c>
       <c r="D23" s="2">
-        <v>1880</v>
+        <v>1900</v>
       </c>
       <c r="E23" s="2">
-        <v>1830</v>
+        <v>1732.6</v>
       </c>
       <c r="F23" s="2">
-        <v>1596</v>
+        <v>1622</v>
       </c>
       <c r="G23" s="2">
-        <v>1583</v>
+        <v>1601</v>
       </c>
       <c r="H23" s="2">
-        <v>1612</v>
+        <v>1634.6</v>
       </c>
       <c r="I23" s="2">
-        <v>1567.6</v>
+        <v>1570.7</v>
       </c>
       <c r="J23" s="2">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="K23" s="2">
-        <v>260.8</v>
+        <v>247.2</v>
       </c>
       <c r="L23" s="2">
-        <v>268</v>
+        <v>265.4</v>
       </c>
       <c r="M23" s="2">
-        <v>262.4</v>
+        <v>161.9</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="2">
-        <v>1810</v>
+        <v>1918</v>
       </c>
       <c r="C24" s="2">
-        <v>1871</v>
+        <v>1946</v>
       </c>
       <c r="D24" s="2">
-        <v>1888.5</v>
+        <v>1960</v>
       </c>
       <c r="E24" s="2">
-        <v>1795</v>
+        <v>1885</v>
       </c>
       <c r="F24" s="2">
-        <v>1588</v>
+        <v>1602.1</v>
       </c>
       <c r="G24" s="2">
-        <v>1606</v>
+        <v>1652</v>
       </c>
       <c r="H24" s="2">
-        <v>1629.6</v>
+        <v>1658.8</v>
       </c>
       <c r="I24" s="2">
-        <v>1568</v>
+        <v>1600.1</v>
       </c>
       <c r="J24" s="2">
-        <v>222</v>
+        <v>315.9</v>
       </c>
       <c r="K24" s="2">
-        <v>265</v>
+        <v>294</v>
       </c>
       <c r="L24" s="2">
-        <v>258.9</v>
+        <v>301.2</v>
       </c>
       <c r="M24" s="2">
-        <v>227</v>
+        <v>284.9</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B25" s="2">
-        <v>1770</v>
+        <v>1839</v>
       </c>
       <c r="C25" s="2">
-        <v>1788.3</v>
+        <v>1909.9</v>
       </c>
       <c r="D25" s="2">
-        <v>1812</v>
+        <v>1910</v>
       </c>
       <c r="E25" s="2">
-        <v>1749</v>
+        <v>1820.2</v>
       </c>
       <c r="F25" s="2">
-        <v>1562.5</v>
+        <v>1571.7</v>
       </c>
       <c r="G25" s="2">
-        <v>1548.7</v>
+        <v>1593.7</v>
       </c>
       <c r="H25" s="2">
-        <v>1579</v>
+        <v>1614.2</v>
       </c>
       <c r="I25" s="2">
-        <v>1526</v>
+        <v>1570.9</v>
       </c>
       <c r="J25" s="2">
-        <v>207.5</v>
+        <v>267.3</v>
       </c>
       <c r="K25" s="2">
-        <v>239.6</v>
+        <v>316.2</v>
       </c>
       <c r="L25" s="2">
-        <v>233</v>
+        <v>295.8</v>
       </c>
       <c r="M25" s="2">
-        <v>223</v>
+        <v>249.3</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="2">
-        <v>1860</v>
+        <v>1822</v>
       </c>
       <c r="C26" s="2">
-        <v>1775</v>
+        <v>1851.7</v>
       </c>
       <c r="D26" s="2">
-        <v>1878</v>
+        <v>1867.4</v>
       </c>
       <c r="E26" s="2">
-        <v>1765</v>
+        <v>1812.4</v>
       </c>
       <c r="F26" s="2">
-        <v>1620</v>
+        <v>1573.1</v>
       </c>
       <c r="G26" s="2">
-        <v>1571.6</v>
+        <v>1592.2</v>
       </c>
       <c r="H26" s="2">
-        <v>1640</v>
+        <v>1605</v>
       </c>
       <c r="I26" s="2">
-        <v>1561.5</v>
+        <v>1556.5</v>
       </c>
       <c r="J26" s="2">
-        <v>240</v>
+        <v>248.9</v>
       </c>
       <c r="K26" s="2">
-        <v>203.4</v>
+        <v>259.5</v>
       </c>
       <c r="L26" s="2">
-        <v>238</v>
+        <v>262.4</v>
       </c>
       <c r="M26" s="2">
-        <v>203.5</v>
+        <v>255.9</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B27" s="2">
-        <v>1798</v>
+        <v>1851</v>
       </c>
       <c r="C27" s="2">
-        <v>1831</v>
+        <v>1804</v>
       </c>
       <c r="D27" s="2">
-        <v>1852.1</v>
+        <v>1950</v>
       </c>
       <c r="E27" s="2">
-        <v>1795</v>
+        <v>1801.1</v>
       </c>
       <c r="F27" s="2">
-        <v>1590</v>
+        <v>1577</v>
       </c>
       <c r="G27" s="2">
-        <v>1601</v>
+        <v>1553.6</v>
       </c>
       <c r="H27" s="2">
-        <v>1620</v>
+        <v>1632.9</v>
       </c>
       <c r="I27" s="2">
-        <v>1581.9</v>
+        <v>1542.3</v>
       </c>
       <c r="J27" s="2">
-        <v>208</v>
+        <v>274</v>
       </c>
       <c r="K27" s="2">
-        <v>230</v>
+        <v>250.4</v>
       </c>
       <c r="L27" s="2">
-        <v>232.1</v>
+        <v>317.1</v>
       </c>
       <c r="M27" s="2">
-        <v>213.1</v>
+        <v>258.8</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B28" s="2">
-        <v>1768</v>
+        <v>1871</v>
       </c>
       <c r="C28" s="2">
-        <v>1793.1</v>
+        <v>1843.8</v>
       </c>
       <c r="D28" s="2">
-        <v>1795</v>
+        <v>1880</v>
       </c>
       <c r="E28" s="2">
-        <v>1754</v>
+        <v>1830</v>
       </c>
       <c r="F28" s="2">
-        <v>1565.9</v>
+        <v>1596</v>
       </c>
       <c r="G28" s="2">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="H28" s="2">
-        <v>1587.5</v>
+        <v>1612</v>
       </c>
       <c r="I28" s="2">
-        <v>1555</v>
+        <v>1567.6</v>
       </c>
       <c r="J28" s="2">
-        <v>202.1</v>
+        <v>275</v>
       </c>
       <c r="K28" s="2">
-        <v>211.1</v>
+        <v>260.8</v>
       </c>
       <c r="L28" s="2">
-        <v>207.5</v>
+        <v>268</v>
       </c>
       <c r="M28" s="2">
-        <v>199</v>
+        <v>262.4</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="2">
-        <v>1765.9</v>
+        <v>1810</v>
       </c>
       <c r="C29" s="2">
-        <v>1788.3</v>
+        <v>1871</v>
       </c>
       <c r="D29" s="2">
-        <v>1798</v>
+        <v>1888.5</v>
       </c>
       <c r="E29" s="2">
-        <v>1743.5</v>
+        <v>1795</v>
       </c>
       <c r="F29" s="2">
-        <v>1563</v>
+        <v>1588</v>
       </c>
       <c r="G29" s="2">
-        <v>1582.9</v>
+        <v>1606</v>
       </c>
       <c r="H29" s="2">
-        <v>1585.4</v>
+        <v>1629.6</v>
       </c>
       <c r="I29" s="2">
-        <v>1535.7</v>
+        <v>1568</v>
       </c>
       <c r="J29" s="2">
-        <v>202.9</v>
+        <v>222</v>
       </c>
       <c r="K29" s="2">
-        <v>205.4</v>
+        <v>265</v>
       </c>
       <c r="L29" s="2">
-        <v>212.6</v>
+        <v>258.9</v>
       </c>
       <c r="M29" s="2">
-        <v>207.8</v>
+        <v>227</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="2">
-        <v>1700</v>
+        <v>1770</v>
       </c>
       <c r="C30" s="2">
-        <v>1769.3</v>
+        <v>1788.3</v>
       </c>
       <c r="D30" s="2">
-        <v>1778</v>
+        <v>1812</v>
       </c>
       <c r="E30" s="2">
-        <v>1700</v>
+        <v>1749</v>
       </c>
       <c r="F30" s="2">
-        <v>1518</v>
+        <v>1562.5</v>
       </c>
       <c r="G30" s="2">
-        <v>1568</v>
+        <v>1548.7</v>
       </c>
       <c r="H30" s="2">
-        <v>1574.1</v>
+        <v>1579</v>
       </c>
       <c r="I30" s="2">
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="J30" s="2">
-        <v>182</v>
+        <v>207.5</v>
       </c>
       <c r="K30" s="2">
-        <v>201.3</v>
+        <v>239.6</v>
       </c>
       <c r="L30" s="2">
-        <v>203.9</v>
+        <v>233</v>
       </c>
       <c r="M30" s="2">
-        <v>182</v>
+        <v>223</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B31" s="2">
-        <v>1672</v>
+        <v>1860</v>
       </c>
       <c r="C31" s="2">
-        <v>1682</v>
+        <v>1775</v>
       </c>
       <c r="D31" s="2">
-        <v>1713</v>
+        <v>1878</v>
       </c>
       <c r="E31" s="2">
-        <v>1658</v>
+        <v>1765</v>
       </c>
       <c r="F31" s="2">
+        <v>1620</v>
+      </c>
+      <c r="G31" s="2">
         <v>1571.6</v>
       </c>
-      <c r="G31" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="2">
-        <v>1571.6</v>
+        <v>1640</v>
       </c>
       <c r="I31" s="2">
-        <v>1497.2</v>
+        <v>1561.5</v>
       </c>
       <c r="J31" s="2">
-        <v>100.4</v>
+        <v>240</v>
       </c>
       <c r="K31" s="2">
-        <v>160</v>
+        <v>203.4</v>
       </c>
       <c r="L31" s="2">
-        <v>141.4</v>
+        <v>238</v>
       </c>
       <c r="M31" s="2">
-        <v>160.8</v>
+        <v>203.5</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B32" s="2">
-        <v>1658.1</v>
+        <v>1798</v>
       </c>
       <c r="C32" s="2">
-        <v>1654.7</v>
+        <v>1831</v>
       </c>
       <c r="D32" s="2">
-        <v>1698.6</v>
+        <v>1852.1</v>
       </c>
       <c r="E32" s="2">
-        <v>1618.1</v>
+        <v>1795</v>
       </c>
       <c r="F32" s="2">
-        <v>1430</v>
+        <v>1590</v>
       </c>
       <c r="G32" s="2">
-        <v>1472</v>
+        <v>1601</v>
       </c>
       <c r="H32" s="2">
-        <v>1484.5</v>
+        <v>1620</v>
       </c>
       <c r="I32" s="2">
-        <v>1430</v>
+        <v>1581.9</v>
       </c>
       <c r="J32" s="2">
-        <v>228.1</v>
+        <v>208</v>
       </c>
       <c r="K32" s="2">
-        <v>182.7</v>
+        <v>230</v>
       </c>
       <c r="L32" s="2">
-        <v>214.1</v>
+        <v>232.1</v>
       </c>
       <c r="M32" s="2">
-        <v>188.1</v>
+        <v>213.1</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B33" s="2">
-        <v>1690.1</v>
+        <v>1768</v>
       </c>
       <c r="C33" s="2">
-        <v>1651.1</v>
+        <v>1793.1</v>
       </c>
       <c r="D33" s="2">
-        <v>1694.9</v>
+        <v>1795</v>
       </c>
       <c r="E33" s="2">
-        <v>1635</v>
+        <v>1754</v>
       </c>
       <c r="F33" s="2">
-        <v>1452.5</v>
+        <v>1565.9</v>
       </c>
       <c r="G33" s="2">
-        <v>1429.2</v>
+        <v>1582</v>
       </c>
       <c r="H33" s="2">
-        <v>1460</v>
+        <v>1587.5</v>
       </c>
       <c r="I33" s="2">
-        <v>1408</v>
+        <v>1555</v>
       </c>
       <c r="J33" s="2">
-        <v>237.6</v>
+        <v>202.1</v>
       </c>
       <c r="K33" s="2">
-        <v>221.9</v>
+        <v>211.1</v>
       </c>
       <c r="L33" s="2">
-        <v>234.9</v>
+        <v>207.5</v>
       </c>
       <c r="M33" s="2">
-        <v>227</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B34" s="2">
-        <v>1690</v>
+        <v>1765.9</v>
       </c>
       <c r="C34" s="2">
-        <v>1708.6</v>
+        <v>1788.3</v>
       </c>
       <c r="D34" s="2">
-        <v>1749.9</v>
+        <v>1798</v>
       </c>
       <c r="E34" s="2">
-        <v>1677.2</v>
+        <v>1743.5</v>
       </c>
       <c r="F34" s="2">
-        <v>1482</v>
+        <v>1563</v>
       </c>
       <c r="G34" s="2">
-        <v>1463.4</v>
+        <v>1582.9</v>
       </c>
       <c r="H34" s="2">
-        <v>1517.6</v>
+        <v>1585.4</v>
       </c>
       <c r="I34" s="2">
-        <v>1441</v>
+        <v>1535.7</v>
       </c>
       <c r="J34" s="2">
-        <v>208</v>
+        <v>202.9</v>
       </c>
       <c r="K34" s="2">
-        <v>245.2</v>
+        <v>205.4</v>
       </c>
       <c r="L34" s="2">
-        <v>232.3</v>
+        <v>212.6</v>
       </c>
       <c r="M34" s="2">
-        <v>236.2</v>
+        <v>207.8</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="2">
-        <v>1558</v>
+        <v>1700</v>
       </c>
       <c r="C35" s="2">
-        <v>1674.1</v>
+        <v>1769.3</v>
       </c>
       <c r="D35" s="2">
-        <v>1712</v>
+        <v>1778</v>
       </c>
       <c r="E35" s="2">
-        <v>1558</v>
+        <v>1700</v>
       </c>
       <c r="F35" s="2">
-        <v>1360</v>
+        <v>1518</v>
       </c>
       <c r="G35" s="2">
-        <v>1464.4</v>
+        <v>1568</v>
       </c>
       <c r="H35" s="2">
-        <v>1497.2</v>
+        <v>1574.1</v>
       </c>
       <c r="I35" s="2">
-        <v>1340.6</v>
+        <v>1518</v>
       </c>
       <c r="J35" s="2">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="K35" s="2">
-        <v>209.7</v>
+        <v>201.3</v>
       </c>
       <c r="L35" s="2">
-        <v>214.8</v>
+        <v>203.9</v>
       </c>
       <c r="M35" s="2">
-        <v>217.4</v>
+        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B36" s="2">
-        <v>1526</v>
+        <v>1672</v>
       </c>
       <c r="C36" s="2">
-        <v>1562.5</v>
+        <v>1682</v>
       </c>
       <c r="D36" s="2">
-        <v>1591.7</v>
+        <v>1713</v>
       </c>
       <c r="E36" s="2">
-        <v>1521</v>
+        <v>1658</v>
       </c>
       <c r="F36" s="2">
-        <v>1300</v>
+        <v>1571.6</v>
       </c>
       <c r="G36" s="2">
-        <v>1359.9</v>
+        <v>1522</v>
       </c>
       <c r="H36" s="2">
-        <v>1393.4</v>
+        <v>1571.6</v>
       </c>
       <c r="I36" s="2">
-        <v>1297</v>
+        <v>1497.2</v>
       </c>
       <c r="J36" s="2">
-        <v>226</v>
+        <v>100.4</v>
       </c>
       <c r="K36" s="2">
-        <v>202.6</v>
+        <v>160</v>
       </c>
       <c r="L36" s="2">
-        <v>198.3</v>
+        <v>141.4</v>
       </c>
       <c r="M36" s="2">
-        <v>224</v>
+        <v>160.8</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="2">
-        <v>1670</v>
+        <v>1658.1</v>
       </c>
       <c r="C37" s="2">
-        <v>1571</v>
+        <v>1654.7</v>
       </c>
       <c r="D37" s="2">
-        <v>1670</v>
+        <v>1698.6</v>
       </c>
       <c r="E37" s="2">
-        <v>1555</v>
+        <v>1618.1</v>
       </c>
       <c r="F37" s="2">
-        <v>1118.8</v>
+        <v>1430</v>
       </c>
       <c r="G37" s="2">
-        <v>1121.1</v>
+        <v>1472</v>
       </c>
       <c r="H37" s="2">
-        <v>1138</v>
+        <v>1484.5</v>
       </c>
       <c r="I37" s="2">
-        <v>1113.3</v>
+        <v>1430</v>
       </c>
       <c r="J37" s="2">
-        <v>551.2</v>
+        <v>228.1</v>
       </c>
       <c r="K37" s="2">
-        <v>449.9</v>
+        <v>182.7</v>
       </c>
       <c r="L37" s="2">
-        <v>532</v>
+        <v>214.1</v>
       </c>
       <c r="M37" s="2">
-        <v>441.7</v>
+        <v>188.1</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="2">
-        <v>1100</v>
+        <v>1690.1</v>
       </c>
       <c r="C38" s="2">
-        <v>1119.9</v>
+        <v>1651.1</v>
       </c>
       <c r="D38" s="2">
-        <v>1135</v>
+        <v>1694.9</v>
       </c>
       <c r="E38" s="2">
-        <v>1086.8</v>
+        <v>1635</v>
       </c>
       <c r="F38" s="2">
-        <v>1672</v>
+        <v>1452.5</v>
       </c>
       <c r="G38" s="2">
-        <v>1688</v>
+        <v>1429.2</v>
       </c>
       <c r="H38" s="2">
-        <v>1711.5</v>
+        <v>1460</v>
       </c>
       <c r="I38" s="2">
-        <v>1550</v>
+        <v>1408</v>
       </c>
       <c r="J38" s="2">
-        <v>-572</v>
+        <v>237.6</v>
       </c>
       <c r="K38" s="2">
-        <v>-568.1</v>
+        <v>221.9</v>
       </c>
       <c r="L38" s="2">
-        <v>-576.5</v>
+        <v>234.9</v>
       </c>
       <c r="M38" s="2">
-        <v>-463.2</v>
+        <v>227</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B39" s="2">
-        <v>1112.2</v>
+        <v>1690</v>
       </c>
       <c r="C39" s="2">
-        <v>1110.6</v>
+        <v>1708.6</v>
       </c>
       <c r="D39" s="2">
-        <v>1142.3</v>
+        <v>1749.9</v>
       </c>
       <c r="E39" s="2">
-        <v>1095</v>
+        <v>1677.2</v>
       </c>
       <c r="F39" s="2">
-        <v>1748</v>
+        <v>1482</v>
       </c>
       <c r="G39" s="2">
-        <v>1731.9</v>
+        <v>1463.4</v>
       </c>
       <c r="H39" s="2">
-        <v>1774</v>
+        <v>1517.6</v>
       </c>
       <c r="I39" s="2">
-        <v>1690.3</v>
+        <v>1441</v>
       </c>
       <c r="J39" s="2">
-        <v>-635.8</v>
+        <v>208</v>
       </c>
       <c r="K39" s="2">
-        <v>-621.3</v>
+        <v>245.2</v>
       </c>
       <c r="L39" s="2">
-        <v>-631.7</v>
+        <v>232.3</v>
       </c>
       <c r="M39" s="2">
-        <v>-595.3</v>
+        <v>236.2</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B40" s="2">
-        <v>1141</v>
+        <v>1558</v>
       </c>
       <c r="C40" s="2">
-        <v>1115</v>
+        <v>1674.1</v>
       </c>
       <c r="D40" s="2">
-        <v>1154.5</v>
+        <v>1712</v>
       </c>
       <c r="E40" s="2">
-        <v>1102.6</v>
+        <v>1558</v>
       </c>
       <c r="F40" s="2">
-        <v>1763</v>
+        <v>1360</v>
       </c>
       <c r="G40" s="2">
-        <v>1756.3</v>
+        <v>1464.4</v>
       </c>
       <c r="H40" s="2">
-        <v>1775.3</v>
+        <v>1497.2</v>
       </c>
       <c r="I40" s="2">
-        <v>1706</v>
+        <v>1340.6</v>
       </c>
       <c r="J40" s="2">
-        <v>-622</v>
+        <v>198</v>
       </c>
       <c r="K40" s="2">
-        <v>-641.3</v>
+        <v>209.7</v>
       </c>
       <c r="L40" s="2">
-        <v>-620.8</v>
+        <v>214.8</v>
       </c>
       <c r="M40" s="2">
-        <v>-603.4</v>
+        <v>217.4</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B41" s="2">
-        <v>1176</v>
+        <v>1526</v>
       </c>
       <c r="C41" s="2">
-        <v>1139</v>
+        <v>1562.5</v>
       </c>
       <c r="D41" s="2">
-        <v>1183.2</v>
+        <v>1591.7</v>
       </c>
       <c r="E41" s="2">
-        <v>1128</v>
+        <v>1521</v>
       </c>
       <c r="F41" s="2">
-        <v>1790</v>
+        <v>1300</v>
       </c>
       <c r="G41" s="2">
-        <v>1777</v>
+        <v>1359.9</v>
       </c>
       <c r="H41" s="2">
-        <v>1826</v>
+        <v>1393.4</v>
       </c>
       <c r="I41" s="2">
-        <v>1750</v>
+        <v>1297</v>
       </c>
       <c r="J41" s="2">
-        <v>-614</v>
+        <v>226</v>
       </c>
       <c r="K41" s="2">
-        <v>-638</v>
+        <v>202.6</v>
       </c>
       <c r="L41" s="2">
-        <v>-642.8</v>
+        <v>198.3</v>
       </c>
       <c r="M41" s="2">
-        <v>-622</v>
+        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B42" s="2">
-        <v>1161</v>
+        <v>1670</v>
       </c>
       <c r="C42" s="2">
-        <v>1173</v>
+        <v>1571</v>
       </c>
       <c r="D42" s="2">
-        <v>1180</v>
+        <v>1670</v>
       </c>
       <c r="E42" s="2">
-        <v>1136.5</v>
+        <v>1555</v>
       </c>
       <c r="F42" s="2">
-        <v>1740.1</v>
+        <v>1118.8</v>
       </c>
       <c r="G42" s="2">
-        <v>1783.1</v>
+        <v>1121.1</v>
       </c>
       <c r="H42" s="2">
-        <v>1793.9</v>
+        <v>1138</v>
       </c>
       <c r="I42" s="2">
-        <v>1700.4</v>
+        <v>1113.3</v>
       </c>
       <c r="J42" s="2">
-        <v>-579.1</v>
+        <v>551.2</v>
       </c>
       <c r="K42" s="2">
-        <v>-610.1</v>
+        <v>449.9</v>
       </c>
       <c r="L42" s="2">
-        <v>-613.9</v>
+        <v>532</v>
       </c>
       <c r="M42" s="2">
-        <v>-563.9</v>
+        <v>441.7</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B43" s="2">
-        <v>1101.6</v>
+        <v>1100</v>
       </c>
       <c r="C43" s="2">
-        <v>1114.4</v>
+        <v>1119.9</v>
       </c>
       <c r="D43" s="2">
-        <v>1159.8</v>
+        <v>1135</v>
       </c>
       <c r="E43" s="2">
-        <v>1088</v>
+        <v>1086.8</v>
       </c>
       <c r="F43" s="2">
-        <v>1628.8</v>
+        <v>1672</v>
       </c>
       <c r="G43" s="2">
-        <v>1696.5</v>
+        <v>1688</v>
       </c>
       <c r="H43" s="2">
-        <v>1723.8</v>
+        <v>1711.5</v>
       </c>
       <c r="I43" s="2">
-        <v>1613.4</v>
+        <v>1550</v>
       </c>
       <c r="J43" s="2">
-        <v>-527.2</v>
+        <v>-572</v>
       </c>
       <c r="K43" s="2">
-        <v>-582.1</v>
+        <v>-568.1</v>
       </c>
       <c r="L43" s="2">
-        <v>-564</v>
+        <v>-576.5</v>
       </c>
       <c r="M43" s="2">
-        <v>-525.4</v>
+        <v>-463.2</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B44" s="2">
-        <v>1101</v>
+        <v>1112.2</v>
       </c>
       <c r="C44" s="2">
-        <v>1100</v>
+        <v>1110.6</v>
       </c>
       <c r="D44" s="2">
-        <v>1112.7</v>
+        <v>1142.3</v>
       </c>
       <c r="E44" s="2">
-        <v>1063.2</v>
+        <v>1095</v>
       </c>
       <c r="F44" s="2">
-        <v>1640</v>
+        <v>1748</v>
       </c>
       <c r="G44" s="2">
-        <v>1623.4</v>
+        <v>1731.9</v>
       </c>
       <c r="H44" s="2">
-        <v>1670</v>
+        <v>1774</v>
       </c>
       <c r="I44" s="2">
-        <v>1600</v>
+        <v>1690.3</v>
       </c>
       <c r="J44" s="2">
-        <v>-539</v>
+        <v>-635.8</v>
       </c>
       <c r="K44" s="2">
-        <v>-523.4</v>
+        <v>-621.3</v>
       </c>
       <c r="L44" s="2">
-        <v>-557.3</v>
+        <v>-631.7</v>
       </c>
       <c r="M44" s="2">
-        <v>-536.8</v>
+        <v>-595.3</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B45" s="2">
-        <v>1067</v>
+        <v>1141</v>
       </c>
       <c r="C45" s="2">
-        <v>1093.7</v>
+        <v>1115</v>
       </c>
       <c r="D45" s="2">
-        <v>1133</v>
+        <v>1154.5</v>
       </c>
       <c r="E45" s="2">
-        <v>1067</v>
+        <v>1102.6</v>
       </c>
       <c r="F45" s="2">
-        <v>1651.1</v>
+        <v>1763</v>
       </c>
       <c r="G45" s="2">
-        <v>1653.9</v>
+        <v>1756.3</v>
       </c>
       <c r="H45" s="2">
-        <v>1698.6</v>
+        <v>1775.3</v>
       </c>
       <c r="I45" s="2">
-        <v>1628.7</v>
+        <v>1706</v>
       </c>
       <c r="J45" s="2">
-        <v>-584.1</v>
+        <v>-622</v>
       </c>
       <c r="K45" s="2">
-        <v>-560.2</v>
+        <v>-641.3</v>
       </c>
       <c r="L45" s="2">
-        <v>-565.6</v>
+        <v>-620.8</v>
       </c>
       <c r="M45" s="2">
-        <v>-561.7</v>
+        <v>-603.4</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B46" s="2">
-        <v>1105</v>
+        <v>1176</v>
       </c>
       <c r="C46" s="2">
-        <v>1050.5</v>
+        <v>1139</v>
       </c>
       <c r="D46" s="2">
-        <v>1106</v>
+        <v>1183.2</v>
       </c>
       <c r="E46" s="2">
-        <v>1046</v>
+        <v>1128</v>
       </c>
       <c r="F46" s="2">
-        <v>1666.1</v>
+        <v>1790</v>
       </c>
       <c r="G46" s="2">
-        <v>1630</v>
+        <v>1777</v>
       </c>
       <c r="H46" s="2">
-        <v>1666.1</v>
+        <v>1826</v>
       </c>
       <c r="I46" s="2">
-        <v>1603.7</v>
+        <v>1750</v>
       </c>
       <c r="J46" s="2">
-        <v>-561.1</v>
+        <v>-614</v>
       </c>
       <c r="K46" s="2">
-        <v>-579.5</v>
+        <v>-638</v>
       </c>
       <c r="L46" s="2">
-        <v>-560.1</v>
+        <v>-642.8</v>
       </c>
       <c r="M46" s="2">
-        <v>-557.7</v>
+        <v>-622</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B47" s="2">
-        <v>1110</v>
+        <v>1161</v>
       </c>
       <c r="C47" s="2">
-        <v>1105.9</v>
+        <v>1173</v>
       </c>
       <c r="D47" s="2">
-        <v>1129.9</v>
+        <v>1180</v>
       </c>
       <c r="E47" s="2">
-        <v>1103.4</v>
+        <v>1136.5</v>
       </c>
       <c r="F47" s="2">
-        <v>1680</v>
+        <v>1740.1</v>
       </c>
       <c r="G47" s="2">
-        <v>1645.3</v>
+        <v>1783.1</v>
       </c>
       <c r="H47" s="2">
-        <v>1687.6</v>
+        <v>1793.9</v>
       </c>
       <c r="I47" s="2">
-        <v>1640.5</v>
+        <v>1700.4</v>
       </c>
       <c r="J47" s="2">
-        <v>-570</v>
+        <v>-579.1</v>
       </c>
       <c r="K47" s="2">
-        <v>-539.4</v>
+        <v>-610.1</v>
       </c>
       <c r="L47" s="2">
-        <v>-557.7</v>
+        <v>-613.9</v>
       </c>
       <c r="M47" s="2">
-        <v>-537.1</v>
+        <v>-563.9</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B48" s="2">
-        <v>1150</v>
+        <v>1101.6</v>
       </c>
       <c r="C48" s="2">
-        <v>1109.7</v>
+        <v>1114.4</v>
       </c>
       <c r="D48" s="2">
-        <v>1173.9</v>
+        <v>1159.8</v>
       </c>
       <c r="E48" s="2">
-        <v>1100.5</v>
+        <v>1088</v>
       </c>
       <c r="F48" s="2">
-        <v>1664</v>
+        <v>1628.8</v>
       </c>
       <c r="G48" s="2">
-        <v>1672</v>
+        <v>1696.5</v>
       </c>
       <c r="H48" s="2">
-        <v>1717.3</v>
+        <v>1723.8</v>
       </c>
       <c r="I48" s="2">
-        <v>1615</v>
+        <v>1613.4</v>
       </c>
       <c r="J48" s="2">
-        <v>-514</v>
+        <v>-527.2</v>
       </c>
       <c r="K48" s="2">
-        <v>-562.3</v>
+        <v>-582.1</v>
       </c>
       <c r="L48" s="2">
-        <v>-543.4</v>
+        <v>-564</v>
       </c>
       <c r="M48" s="2">
-        <v>-514.5</v>
+        <v>-525.4</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B49" s="2">
-        <v>1178</v>
+        <v>1101</v>
       </c>
       <c r="C49" s="2">
-        <v>1169.7</v>
+        <v>1100</v>
       </c>
       <c r="D49" s="2">
-        <v>1217.4</v>
+        <v>1112.7</v>
       </c>
       <c r="E49" s="2">
-        <v>1165.8</v>
+        <v>1063.2</v>
       </c>
       <c r="F49" s="2">
-        <v>1675.1</v>
+        <v>1640</v>
       </c>
       <c r="G49" s="2">
-        <v>1673.8</v>
+        <v>1623.4</v>
       </c>
       <c r="H49" s="2">
-        <v>1758</v>
+        <v>1670</v>
       </c>
       <c r="I49" s="2">
-        <v>1667</v>
+        <v>1600</v>
       </c>
       <c r="J49" s="2">
-        <v>-497.1</v>
+        <v>-539</v>
       </c>
       <c r="K49" s="2">
-        <v>-504.1</v>
+        <v>-523.4</v>
       </c>
       <c r="L49" s="2">
-        <v>-540.6</v>
+        <v>-557.3</v>
       </c>
       <c r="M49" s="2">
-        <v>-501.2</v>
+        <v>-536.8</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B50" s="2">
-        <v>1150</v>
+        <v>1067</v>
       </c>
       <c r="C50" s="2">
-        <v>1163.1</v>
+        <v>1093.7</v>
       </c>
       <c r="D50" s="2">
-        <v>1180</v>
+        <v>1133</v>
       </c>
       <c r="E50" s="2">
-        <v>1150</v>
+        <v>1067</v>
       </c>
       <c r="F50" s="2">
-        <v>1605</v>
+        <v>1651.1</v>
       </c>
       <c r="G50" s="2">
-        <v>1656.2</v>
+        <v>1653.9</v>
       </c>
       <c r="H50" s="2">
-        <v>1662.6</v>
+        <v>1698.6</v>
       </c>
       <c r="I50" s="2">
-        <v>1600.3</v>
+        <v>1628.7</v>
       </c>
       <c r="J50" s="2">
-        <v>-455</v>
+        <v>-584.1</v>
       </c>
       <c r="K50" s="2">
-        <v>-493.1</v>
+        <v>-560.2</v>
       </c>
       <c r="L50" s="2">
-        <v>-482.6</v>
+        <v>-565.6</v>
       </c>
       <c r="M50" s="2">
-        <v>-450.3</v>
+        <v>-561.7</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B51" s="2">
-        <v>1205.6</v>
+        <v>1105</v>
       </c>
       <c r="C51" s="2">
-        <v>1157.6</v>
+        <v>1050.5</v>
       </c>
       <c r="D51" s="2">
-        <v>1209</v>
+        <v>1106</v>
       </c>
       <c r="E51" s="2">
-        <v>1156.1</v>
+        <v>1046</v>
       </c>
       <c r="F51" s="2">
-        <v>1601</v>
+        <v>1666.1</v>
       </c>
       <c r="G51" s="2">
-        <v>1610.2</v>
+        <v>1630</v>
       </c>
       <c r="H51" s="2">
-        <v>1613.6</v>
+        <v>1666.1</v>
       </c>
       <c r="I51" s="2">
-        <v>1576.9</v>
+        <v>1603.7</v>
       </c>
       <c r="J51" s="2">
-        <v>-395.4</v>
+        <v>-561.1</v>
       </c>
       <c r="K51" s="2">
-        <v>-452.6</v>
+        <v>-579.5</v>
       </c>
       <c r="L51" s="2">
-        <v>-404.6</v>
+        <v>-560.1</v>
       </c>
       <c r="M51" s="2">
-        <v>-420.8</v>
+        <v>-557.7</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B52" s="2">
-        <v>1250</v>
+        <v>1110</v>
       </c>
       <c r="C52" s="2">
-        <v>1203.8</v>
+        <v>1105.9</v>
       </c>
       <c r="D52" s="2">
-        <v>1255</v>
+        <v>1129.9</v>
       </c>
       <c r="E52" s="2">
-        <v>1202</v>
+        <v>1103.4</v>
       </c>
       <c r="F52" s="2">
-        <v>1654</v>
+        <v>1680</v>
       </c>
       <c r="G52" s="2">
-        <v>1609.1</v>
+        <v>1645.3</v>
       </c>
       <c r="H52" s="2">
-        <v>1664.9</v>
+        <v>1687.6</v>
       </c>
       <c r="I52" s="2">
-        <v>1606</v>
+        <v>1640.5</v>
       </c>
       <c r="J52" s="2">
-        <v>-404</v>
+        <v>-570</v>
       </c>
       <c r="K52" s="2">
-        <v>-405.3</v>
+        <v>-539.4</v>
       </c>
       <c r="L52" s="2">
-        <v>-409.9</v>
+        <v>-557.7</v>
       </c>
       <c r="M52" s="2">
-        <v>-404</v>
+        <v>-537.1</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B53" s="2">
-        <v>1270</v>
+        <v>1150</v>
       </c>
       <c r="C53" s="2">
-        <v>1267.4</v>
+        <v>1109.7</v>
       </c>
       <c r="D53" s="2">
-        <v>1285.4</v>
+        <v>1173.9</v>
       </c>
       <c r="E53" s="2">
-        <v>1257.4</v>
+        <v>1100.5</v>
       </c>
       <c r="F53" s="2">
-        <v>1664.9</v>
+        <v>1664</v>
       </c>
       <c r="G53" s="2">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="H53" s="2">
-        <v>1698</v>
+        <v>1717.3</v>
       </c>
       <c r="I53" s="2">
-        <v>1658</v>
+        <v>1615</v>
       </c>
       <c r="J53" s="2">
-        <v>-394.9</v>
+        <v>-514</v>
       </c>
       <c r="K53" s="2">
-        <v>-406.6</v>
+        <v>-562.3</v>
       </c>
       <c r="L53" s="2">
-        <v>-412.6</v>
+        <v>-543.4</v>
       </c>
       <c r="M53" s="2">
-        <v>-400.6</v>
+        <v>-514.5</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B54" s="2">
-        <v>1280</v>
+        <v>1178</v>
       </c>
       <c r="C54" s="2">
-        <v>1268.7</v>
+        <v>1169.7</v>
       </c>
       <c r="D54" s="2">
-        <v>1294.8</v>
+        <v>1217.4</v>
       </c>
       <c r="E54" s="2">
-        <v>1253</v>
+        <v>1165.8</v>
       </c>
       <c r="F54" s="2">
-        <v>1649</v>
+        <v>1675.1</v>
       </c>
       <c r="G54" s="2">
-        <v>1682.9</v>
+        <v>1673.8</v>
       </c>
       <c r="H54" s="2">
-        <v>1700</v>
+        <v>1758</v>
       </c>
       <c r="I54" s="2">
-        <v>1624</v>
+        <v>1667</v>
       </c>
       <c r="J54" s="2">
-        <v>-369</v>
+        <v>-497.1</v>
       </c>
       <c r="K54" s="2">
-        <v>-414.2</v>
+        <v>-504.1</v>
       </c>
       <c r="L54" s="2">
-        <v>-405.2</v>
+        <v>-540.6</v>
       </c>
       <c r="M54" s="2">
-        <v>-371</v>
+        <v>-501.2</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B55" s="2">
-        <v>1305</v>
+        <v>1150</v>
       </c>
       <c r="C55" s="2">
-        <v>1283</v>
+        <v>1163.1</v>
       </c>
       <c r="D55" s="2">
-        <v>1307.1</v>
+        <v>1180</v>
       </c>
       <c r="E55" s="2">
-        <v>1268.5</v>
+        <v>1150</v>
       </c>
       <c r="F55" s="2">
-        <v>1690</v>
+        <v>1605</v>
       </c>
       <c r="G55" s="2">
-        <v>1662</v>
+        <v>1656.2</v>
       </c>
       <c r="H55" s="2">
-        <v>1694</v>
+        <v>1662.6</v>
       </c>
       <c r="I55" s="2">
-        <v>1652</v>
+        <v>1600.3</v>
       </c>
       <c r="J55" s="2">
-        <v>-385</v>
+        <v>-455</v>
       </c>
       <c r="K55" s="2">
-        <v>-379</v>
+        <v>-493.1</v>
       </c>
       <c r="L55" s="2">
-        <v>-386.9</v>
+        <v>-482.6</v>
       </c>
       <c r="M55" s="2">
-        <v>-383.5</v>
+        <v>-450.3</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B56" s="2">
-        <v>1300</v>
+        <v>1205.6</v>
       </c>
       <c r="C56" s="2">
-        <v>1315.3</v>
+        <v>1157.6</v>
       </c>
       <c r="D56" s="2">
-        <v>1332</v>
+        <v>1209</v>
       </c>
       <c r="E56" s="2">
-        <v>1293.2</v>
+        <v>1156.1</v>
       </c>
       <c r="F56" s="2">
-        <v>1670</v>
+        <v>1601</v>
       </c>
       <c r="G56" s="2">
-        <v>1715.6</v>
+        <v>1610.2</v>
       </c>
       <c r="H56" s="2">
-        <v>1720</v>
+        <v>1613.6</v>
       </c>
       <c r="I56" s="2">
-        <v>1660</v>
+        <v>1576.9</v>
       </c>
       <c r="J56" s="2">
-        <v>-370</v>
+        <v>-395.4</v>
       </c>
       <c r="K56" s="2">
-        <v>-400.3</v>
+        <v>-452.6</v>
       </c>
       <c r="L56" s="2">
-        <v>-388</v>
+        <v>-404.6</v>
       </c>
       <c r="M56" s="2">
-        <v>-366.8</v>
+        <v>-420.8</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B57" s="2">
-        <v>1324.4</v>
+        <v>1250</v>
       </c>
       <c r="C57" s="2">
-        <v>1300.7</v>
+        <v>1203.8</v>
       </c>
       <c r="D57" s="2">
-        <v>1345</v>
+        <v>1255</v>
       </c>
       <c r="E57" s="2">
-        <v>1285.5</v>
+        <v>1202</v>
       </c>
       <c r="F57" s="2">
-        <v>1695</v>
+        <v>1654</v>
       </c>
       <c r="G57" s="2">
-        <v>1676</v>
+        <v>1609.1</v>
       </c>
       <c r="H57" s="2">
-        <v>1718.2</v>
+        <v>1664.9</v>
       </c>
       <c r="I57" s="2">
-        <v>1651</v>
+        <v>1606</v>
       </c>
       <c r="J57" s="2">
-        <v>-370.6</v>
+        <v>-404</v>
       </c>
       <c r="K57" s="2">
-        <v>-375.3</v>
+        <v>-405.3</v>
       </c>
       <c r="L57" s="2">
-        <v>-373.2</v>
+        <v>-409.9</v>
       </c>
       <c r="M57" s="2">
-        <v>-365.5</v>
+        <v>-404</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B58" s="2">
-        <v>1319.4</v>
+        <v>1270</v>
       </c>
       <c r="C58" s="2">
-        <v>1323</v>
+        <v>1267.4</v>
       </c>
       <c r="D58" s="2">
-        <v>1340.5</v>
+        <v>1285.4</v>
       </c>
       <c r="E58" s="2">
-        <v>1305</v>
+        <v>1257.4</v>
       </c>
       <c r="F58" s="2">
-        <v>1701</v>
+        <v>1664.9</v>
       </c>
       <c r="G58" s="2">
-        <v>1701.2</v>
+        <v>1674</v>
       </c>
       <c r="H58" s="2">
-        <v>1727.5</v>
+        <v>1698</v>
       </c>
       <c r="I58" s="2">
-        <v>1683.2</v>
+        <v>1658</v>
       </c>
       <c r="J58" s="2">
-        <v>-381.6</v>
+        <v>-394.9</v>
       </c>
       <c r="K58" s="2">
-        <v>-378.2</v>
+        <v>-406.6</v>
       </c>
       <c r="L58" s="2">
-        <v>-387</v>
+        <v>-412.6</v>
       </c>
       <c r="M58" s="2">
-        <v>-378.2</v>
+        <v>-400.6</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B59" s="2">
-        <v>1290.2</v>
+        <v>1280</v>
       </c>
       <c r="C59" s="2">
-        <v>1340.7</v>
+        <v>1268.7</v>
       </c>
       <c r="D59" s="2">
-        <v>1421</v>
+        <v>1294.8</v>
       </c>
       <c r="E59" s="2">
-        <v>1290.1</v>
+        <v>1253</v>
       </c>
       <c r="F59" s="2">
-        <v>1640.9</v>
+        <v>1649</v>
       </c>
       <c r="G59" s="2">
-        <v>1733.5</v>
+        <v>1682.9</v>
       </c>
       <c r="H59" s="2">
-        <v>1810</v>
+        <v>1700</v>
       </c>
       <c r="I59" s="2">
-        <v>1638</v>
+        <v>1624</v>
       </c>
       <c r="J59" s="2">
-        <v>-350.7</v>
+        <v>-369</v>
       </c>
       <c r="K59" s="2">
-        <v>-392.8</v>
+        <v>-414.2</v>
       </c>
       <c r="L59" s="2">
-        <v>-389</v>
+        <v>-405.2</v>
       </c>
       <c r="M59" s="2">
-        <v>-347.9</v>
+        <v>-371</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B60" s="2">
-        <v>1267.8</v>
+        <v>1305</v>
       </c>
       <c r="C60" s="2">
-        <v>1291.4</v>
+        <v>1283</v>
       </c>
       <c r="D60" s="2">
-        <v>1309.9</v>
+        <v>1307.1</v>
       </c>
       <c r="E60" s="2">
-        <v>1267.2</v>
+        <v>1268.5</v>
       </c>
       <c r="F60" s="2">
-        <v>1570</v>
+        <v>1690</v>
       </c>
       <c r="G60" s="2">
-        <v>1640.9</v>
+        <v>1662</v>
       </c>
       <c r="H60" s="2">
-        <v>1660</v>
+        <v>1694</v>
       </c>
       <c r="I60" s="2">
-        <v>1570</v>
+        <v>1652</v>
       </c>
       <c r="J60" s="2">
-        <v>-302.2</v>
+        <v>-385</v>
       </c>
       <c r="K60" s="2">
-        <v>-349.5</v>
+        <v>-379</v>
       </c>
       <c r="L60" s="2">
-        <v>-350.1</v>
+        <v>-386.9</v>
       </c>
       <c r="M60" s="2">
-        <v>-302.8</v>
+        <v>-383.5</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B61" s="2">
-        <v>1290</v>
+        <v>1300</v>
       </c>
       <c r="C61" s="2">
-        <v>1261</v>
+        <v>1315.3</v>
       </c>
       <c r="D61" s="2">
-        <v>1299.9</v>
+        <v>1332</v>
       </c>
       <c r="E61" s="2">
-        <v>1251</v>
+        <v>1293.2</v>
       </c>
       <c r="F61" s="2">
-        <v>1580.2</v>
+        <v>1670</v>
       </c>
       <c r="G61" s="2">
-        <v>1562.7</v>
+        <v>1715.6</v>
       </c>
       <c r="H61" s="2">
-        <v>1585.6</v>
+        <v>1720</v>
       </c>
       <c r="I61" s="2">
-        <v>1548.2</v>
+        <v>1660</v>
       </c>
       <c r="J61" s="2">
-        <v>-290.2</v>
+        <v>-370</v>
       </c>
       <c r="K61" s="2">
-        <v>-301.7</v>
+        <v>-400.3</v>
       </c>
       <c r="L61" s="2">
-        <v>-285.7</v>
+        <v>-388</v>
       </c>
       <c r="M61" s="2">
-        <v>-297.2</v>
+        <v>-366.8</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B62" s="2">
-        <v>1315</v>
+        <v>1324.4</v>
       </c>
       <c r="C62" s="2">
-        <v>1285</v>
+        <v>1300.7</v>
       </c>
       <c r="D62" s="2">
-        <v>1319.2</v>
+        <v>1345</v>
       </c>
       <c r="E62" s="2">
-        <v>1276</v>
+        <v>1285.5</v>
       </c>
       <c r="F62" s="2">
-        <v>1613</v>
+        <v>1695</v>
       </c>
       <c r="G62" s="2">
-        <v>1571</v>
+        <v>1676</v>
       </c>
       <c r="H62" s="2">
-        <v>1614.2</v>
+        <v>1718.2</v>
       </c>
       <c r="I62" s="2">
-        <v>1562.6</v>
+        <v>1651</v>
       </c>
       <c r="J62" s="2">
-        <v>-298</v>
+        <v>-370.6</v>
       </c>
       <c r="K62" s="2">
-        <v>-286</v>
+        <v>-375.3</v>
       </c>
       <c r="L62" s="2">
-        <v>-295</v>
+        <v>-373.2</v>
       </c>
       <c r="M62" s="2">
-        <v>-286.6</v>
+        <v>-365.5</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B63" s="2">
-        <v>1327.8</v>
+        <v>1319.4</v>
       </c>
       <c r="C63" s="2">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="D63" s="2">
-        <v>1341</v>
+        <v>1340.5</v>
       </c>
       <c r="E63" s="2">
-        <v>1315.6</v>
+        <v>1305</v>
       </c>
       <c r="F63" s="2">
-        <v>1654.1</v>
+        <v>1701</v>
       </c>
       <c r="G63" s="2">
-        <v>1620.5</v>
+        <v>1701.2</v>
       </c>
       <c r="H63" s="2">
-        <v>1654.1</v>
+        <v>1727.5</v>
       </c>
       <c r="I63" s="2">
-        <v>1617</v>
+        <v>1683.2</v>
       </c>
       <c r="J63" s="2">
-        <v>-326.3</v>
+        <v>-381.6</v>
       </c>
       <c r="K63" s="2">
-        <v>-304.5</v>
+        <v>-378.2</v>
       </c>
       <c r="L63" s="2">
-        <v>-313.1</v>
+        <v>-387</v>
       </c>
       <c r="M63" s="2">
-        <v>-301.4</v>
+        <v>-378.2</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B64" s="2">
-        <v>1345</v>
+        <v>1290.2</v>
       </c>
       <c r="C64" s="2">
-        <v>1318.9</v>
+        <v>1340.7</v>
       </c>
       <c r="D64" s="2">
-        <v>1348.6</v>
+        <v>1421</v>
       </c>
       <c r="E64" s="2">
-        <v>1313</v>
+        <v>1290.1</v>
       </c>
       <c r="F64" s="2">
-        <v>1686.7</v>
+        <v>1640.9</v>
       </c>
       <c r="G64" s="2">
-        <v>1643.9</v>
+        <v>1733.5</v>
       </c>
       <c r="H64" s="2">
-        <v>1690.9</v>
+        <v>1810</v>
       </c>
       <c r="I64" s="2">
-        <v>1632.8</v>
+        <v>1638</v>
       </c>
       <c r="J64" s="2">
-        <v>-341.7</v>
+        <v>-350.7</v>
       </c>
       <c r="K64" s="2">
-        <v>-325</v>
+        <v>-392.8</v>
       </c>
       <c r="L64" s="2">
-        <v>-342.3</v>
+        <v>-389</v>
       </c>
       <c r="M64" s="2">
-        <v>-319.8</v>
+        <v>-347.9</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B65" s="2">
-        <v>1323</v>
+        <v>1267.8</v>
       </c>
       <c r="C65" s="2">
-        <v>1358</v>
+        <v>1291.4</v>
       </c>
       <c r="D65" s="2">
-        <v>1379.4</v>
+        <v>1309.9</v>
       </c>
       <c r="E65" s="2">
-        <v>1322.3</v>
+        <v>1267.2</v>
       </c>
       <c r="F65" s="2">
-        <v>1680</v>
+        <v>1570</v>
       </c>
       <c r="G65" s="2">
-        <v>1696.7</v>
+        <v>1640.9</v>
       </c>
       <c r="H65" s="2">
-        <v>1711.6</v>
+        <v>1660</v>
       </c>
       <c r="I65" s="2">
-        <v>1656.3</v>
+        <v>1570</v>
       </c>
       <c r="J65" s="2">
-        <v>-357</v>
+        <v>-302.2</v>
       </c>
       <c r="K65" s="2">
-        <v>-338.7</v>
+        <v>-349.5</v>
       </c>
       <c r="L65" s="2">
-        <v>-332.2</v>
+        <v>-350.1</v>
       </c>
       <c r="M65" s="2">
-        <v>-334</v>
+        <v>-302.8</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B66" s="2">
-        <v>1326</v>
+        <v>1290</v>
       </c>
       <c r="C66" s="2">
-        <v>1309</v>
+        <v>1261</v>
       </c>
       <c r="D66" s="2">
-        <v>1347</v>
+        <v>1299.9</v>
       </c>
       <c r="E66" s="2">
-        <v>1303</v>
+        <v>1251</v>
       </c>
       <c r="F66" s="2">
-        <v>1719</v>
+        <v>1580.2</v>
       </c>
       <c r="G66" s="2">
-        <v>1661.2</v>
+        <v>1562.7</v>
       </c>
       <c r="H66" s="2">
-        <v>1726</v>
+        <v>1585.6</v>
       </c>
       <c r="I66" s="2">
-        <v>1650</v>
+        <v>1548.2</v>
       </c>
       <c r="J66" s="2">
-        <v>-393</v>
+        <v>-290.2</v>
       </c>
       <c r="K66" s="2">
-        <v>-352.2</v>
+        <v>-301.7</v>
       </c>
       <c r="L66" s="2">
-        <v>-379</v>
+        <v>-285.7</v>
       </c>
       <c r="M66" s="2">
-        <v>-347</v>
+        <v>-297.2</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B67" s="2">
-        <v>1354</v>
+        <v>1315</v>
       </c>
       <c r="C67" s="2">
-        <v>1325</v>
+        <v>1285</v>
       </c>
       <c r="D67" s="2">
-        <v>1367.8</v>
+        <v>1319.2</v>
       </c>
       <c r="E67" s="2">
-        <v>1312</v>
+        <v>1276</v>
       </c>
       <c r="F67" s="2">
-        <v>1775.9</v>
+        <v>1613</v>
       </c>
       <c r="G67" s="2">
-        <v>1721.4</v>
+        <v>1571</v>
       </c>
       <c r="H67" s="2">
-        <v>1794.9</v>
+        <v>1614.2</v>
       </c>
       <c r="I67" s="2">
-        <v>1702.3</v>
+        <v>1562.6</v>
       </c>
       <c r="J67" s="2">
-        <v>-421.9</v>
+        <v>-298</v>
       </c>
       <c r="K67" s="2">
-        <v>-396.4</v>
+        <v>-286</v>
       </c>
       <c r="L67" s="2">
-        <v>-427.1</v>
+        <v>-295</v>
       </c>
       <c r="M67" s="2">
-        <v>-390.3</v>
+        <v>-286.6</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B68" s="2">
-        <v>1367</v>
+        <v>1327.8</v>
       </c>
       <c r="C68" s="2">
-        <v>1355</v>
+        <v>1316</v>
       </c>
       <c r="D68" s="2">
-        <v>1378.5</v>
+        <v>1341</v>
       </c>
       <c r="E68" s="2">
-        <v>1340</v>
+        <v>1315.6</v>
       </c>
       <c r="F68" s="2">
-        <v>1780</v>
+        <v>1654.1</v>
       </c>
       <c r="G68" s="2">
-        <v>1775.9</v>
+        <v>1620.5</v>
       </c>
       <c r="H68" s="2">
-        <v>1786</v>
+        <v>1654.1</v>
       </c>
       <c r="I68" s="2">
-        <v>1749.9</v>
+        <v>1617</v>
       </c>
       <c r="J68" s="2">
-        <v>-413</v>
+        <v>-326.3</v>
       </c>
       <c r="K68" s="2">
-        <v>-420.9</v>
+        <v>-304.5</v>
       </c>
       <c r="L68" s="2">
-        <v>-407.5</v>
+        <v>-313.1</v>
       </c>
       <c r="M68" s="2">
-        <v>-409.9</v>
+        <v>-301.4</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B69" s="2">
-        <v>1388.5</v>
+        <v>1345</v>
       </c>
       <c r="C69" s="2">
-        <v>1370.3</v>
+        <v>1318.9</v>
       </c>
       <c r="D69" s="2">
-        <v>1394.1</v>
+        <v>1348.6</v>
       </c>
       <c r="E69" s="2">
-        <v>1350.5</v>
+        <v>1313</v>
       </c>
       <c r="F69" s="2">
-        <v>1780</v>
+        <v>1686.7</v>
       </c>
       <c r="G69" s="2">
-        <v>1775</v>
+        <v>1643.9</v>
       </c>
       <c r="H69" s="2">
-        <v>1798</v>
+        <v>1690.9</v>
       </c>
       <c r="I69" s="2">
-        <v>1749</v>
+        <v>1632.8</v>
       </c>
       <c r="J69" s="2">
-        <v>-391.5</v>
+        <v>-341.7</v>
       </c>
       <c r="K69" s="2">
-        <v>-404.7</v>
+        <v>-325</v>
       </c>
       <c r="L69" s="2">
-        <v>-403.9</v>
+        <v>-342.3</v>
       </c>
       <c r="M69" s="2">
-        <v>-398.5</v>
+        <v>-319.8</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B70" s="2">
-        <v>1370.8</v>
+        <v>1323</v>
       </c>
       <c r="C70" s="2">
-        <v>1373.1</v>
+        <v>1358</v>
       </c>
       <c r="D70" s="2">
-        <v>1402.6</v>
+        <v>1379.4</v>
       </c>
       <c r="E70" s="2">
-        <v>1353.2</v>
+        <v>1322.3</v>
       </c>
       <c r="F70" s="2">
-        <v>1743</v>
+        <v>1680</v>
       </c>
       <c r="G70" s="2">
-        <v>1789.7</v>
+        <v>1696.7</v>
       </c>
       <c r="H70" s="2">
-        <v>1800</v>
+        <v>1711.6</v>
       </c>
       <c r="I70" s="2">
-        <v>1743</v>
+        <v>1656.3</v>
       </c>
       <c r="J70" s="2">
-        <v>-372.2</v>
+        <v>-357</v>
       </c>
       <c r="K70" s="2">
-        <v>-416.6</v>
+        <v>-338.7</v>
       </c>
       <c r="L70" s="2">
-        <v>-397.4</v>
+        <v>-332.2</v>
       </c>
       <c r="M70" s="2">
-        <v>-389.8</v>
+        <v>-334</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B71" s="2">
-        <v>1350.4</v>
+        <v>1326</v>
       </c>
       <c r="C71" s="2">
-        <v>1373.6</v>
+        <v>1309</v>
       </c>
       <c r="D71" s="2">
-        <v>1388</v>
+        <v>1347</v>
       </c>
       <c r="E71" s="2">
-        <v>1342</v>
+        <v>1303</v>
       </c>
       <c r="F71" s="2">
-        <v>1709.8</v>
+        <v>1719</v>
       </c>
       <c r="G71" s="2">
-        <v>1763</v>
+        <v>1661.2</v>
       </c>
       <c r="H71" s="2">
-        <v>1775</v>
+        <v>1726</v>
       </c>
       <c r="I71" s="2">
-        <v>1709.8</v>
+        <v>1650</v>
       </c>
       <c r="J71" s="2">
-        <v>-359.4</v>
+        <v>-393</v>
       </c>
       <c r="K71" s="2">
-        <v>-389.4</v>
+        <v>-352.2</v>
       </c>
       <c r="L71" s="2">
-        <v>-387</v>
+        <v>-379</v>
       </c>
       <c r="M71" s="2">
-        <v>-367.8</v>
+        <v>-347</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B72" s="2">
-        <v>1346.9</v>
+        <v>1354</v>
       </c>
       <c r="C72" s="2">
-        <v>1359.5</v>
+        <v>1325</v>
       </c>
       <c r="D72" s="2">
-        <v>1370</v>
+        <v>1367.8</v>
       </c>
       <c r="E72" s="2">
-        <v>1338</v>
+        <v>1312</v>
       </c>
       <c r="F72" s="2">
-        <v>1705.2</v>
+        <v>1775.9</v>
       </c>
       <c r="G72" s="2">
-        <v>1723.3</v>
+        <v>1721.4</v>
       </c>
       <c r="H72" s="2">
-        <v>1758.3</v>
+        <v>1794.9</v>
       </c>
       <c r="I72" s="2">
-        <v>1694.8</v>
+        <v>1702.3</v>
       </c>
       <c r="J72" s="2">
-        <v>-358.3</v>
+        <v>-421.9</v>
       </c>
       <c r="K72" s="2">
-        <v>-363.8</v>
+        <v>-396.4</v>
       </c>
       <c r="L72" s="2">
-        <v>-388.3</v>
+        <v>-427.1</v>
       </c>
       <c r="M72" s="2">
-        <v>-356.8</v>
+        <v>-390.3</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B73" s="2">
-        <v>1404.2</v>
+        <v>1367</v>
       </c>
       <c r="C73" s="2">
-        <v>1333.1</v>
+        <v>1355</v>
       </c>
       <c r="D73" s="2">
-        <v>1413</v>
+        <v>1378.5</v>
       </c>
       <c r="E73" s="2">
-        <v>1326.7</v>
+        <v>1340</v>
       </c>
       <c r="F73" s="2">
-        <v>1728.1</v>
+        <v>1780</v>
       </c>
       <c r="G73" s="2">
-        <v>1700.1</v>
+        <v>1775.9</v>
       </c>
       <c r="H73" s="2">
-        <v>1734.9</v>
+        <v>1786</v>
       </c>
       <c r="I73" s="2">
-        <v>1668</v>
+        <v>1749.9</v>
       </c>
       <c r="J73" s="2">
-        <v>-323.9</v>
+        <v>-413</v>
       </c>
       <c r="K73" s="2">
-        <v>-367</v>
+        <v>-420.9</v>
       </c>
       <c r="L73" s="2">
-        <v>-321.9</v>
+        <v>-407.5</v>
       </c>
       <c r="M73" s="2">
-        <v>-341.3</v>
+        <v>-409.9</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B74" s="2">
-        <v>1411</v>
+        <v>1388.5</v>
       </c>
       <c r="C74" s="2">
-        <v>1417.6</v>
+        <v>1370.3</v>
       </c>
       <c r="D74" s="2">
-        <v>1434.8</v>
+        <v>1394.1</v>
       </c>
       <c r="E74" s="2">
-        <v>1391</v>
+        <v>1350.5</v>
       </c>
       <c r="F74" s="2">
-        <v>1749.9</v>
+        <v>1780</v>
       </c>
       <c r="G74" s="2">
-        <v>1742</v>
+        <v>1775</v>
       </c>
       <c r="H74" s="2">
-        <v>1751.7</v>
+        <v>1798</v>
       </c>
       <c r="I74" s="2">
-        <v>1688.6</v>
+        <v>1749</v>
       </c>
       <c r="J74" s="2">
-        <v>-338.9</v>
+        <v>-391.5</v>
       </c>
       <c r="K74" s="2">
-        <v>-324.4</v>
+        <v>-404.7</v>
       </c>
       <c r="L74" s="2">
-        <v>-316.9</v>
+        <v>-403.9</v>
       </c>
       <c r="M74" s="2">
-        <v>-297.6</v>
+        <v>-398.5</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B75" s="2">
-        <v>1430.1</v>
+        <v>1370.8</v>
       </c>
       <c r="C75" s="2">
-        <v>1408.8</v>
+        <v>1373.1</v>
       </c>
       <c r="D75" s="2">
-        <v>1474</v>
+        <v>1402.6</v>
       </c>
       <c r="E75" s="2">
-        <v>1408</v>
+        <v>1353.2</v>
       </c>
       <c r="F75" s="2">
-        <v>1746</v>
+        <v>1743</v>
       </c>
       <c r="G75" s="2">
-        <v>1750</v>
+        <v>1789.7</v>
       </c>
       <c r="H75" s="2">
-        <v>1807.8</v>
+        <v>1800</v>
       </c>
       <c r="I75" s="2">
-        <v>1742.6</v>
+        <v>1743</v>
       </c>
       <c r="J75" s="2">
-        <v>-315.9</v>
+        <v>-372.2</v>
       </c>
       <c r="K75" s="2">
-        <v>-341.2</v>
+        <v>-416.6</v>
       </c>
       <c r="L75" s="2">
-        <v>-333.8</v>
+        <v>-397.4</v>
       </c>
       <c r="M75" s="2">
-        <v>-334.6</v>
+        <v>-389.8</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B76" s="2">
-        <v>1405</v>
+        <v>1350.4</v>
       </c>
       <c r="C76" s="2">
-        <v>1436</v>
+        <v>1373.6</v>
       </c>
       <c r="D76" s="2">
-        <v>1487.7</v>
+        <v>1388</v>
       </c>
       <c r="E76" s="2">
-        <v>1400.9</v>
+        <v>1342</v>
       </c>
       <c r="F76" s="2">
-        <v>1750</v>
+        <v>1709.8</v>
       </c>
       <c r="G76" s="2">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="H76" s="2">
-        <v>1796.9</v>
+        <v>1775</v>
       </c>
       <c r="I76" s="2">
-        <v>1740</v>
+        <v>1709.8</v>
       </c>
       <c r="J76" s="2">
-        <v>-345</v>
+        <v>-359.4</v>
       </c>
       <c r="K76" s="2">
-        <v>-324</v>
+        <v>-389.4</v>
       </c>
       <c r="L76" s="2">
-        <v>-309.2</v>
+        <v>-387</v>
       </c>
       <c r="M76" s="2">
-        <v>-339.1</v>
+        <v>-367.8</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B77" s="2">
-        <v>1412</v>
+        <v>1346.9</v>
       </c>
       <c r="C77" s="2">
-        <v>1420.4</v>
+        <v>1359.5</v>
       </c>
       <c r="D77" s="2">
-        <v>1432</v>
+        <v>1370</v>
       </c>
       <c r="E77" s="2">
-        <v>1401.5</v>
+        <v>1338</v>
       </c>
       <c r="F77" s="2">
-        <v>1746</v>
+        <v>1705.2</v>
       </c>
       <c r="G77" s="2">
-        <v>1763.2</v>
+        <v>1723.3</v>
       </c>
       <c r="H77" s="2">
-        <v>1778</v>
+        <v>1758.3</v>
       </c>
       <c r="I77" s="2">
-        <v>1731</v>
+        <v>1694.8</v>
       </c>
       <c r="J77" s="2">
-        <v>-334</v>
+        <v>-358.3</v>
       </c>
       <c r="K77" s="2">
-        <v>-342.8</v>
+        <v>-363.8</v>
       </c>
       <c r="L77" s="2">
-        <v>-346</v>
+        <v>-388.3</v>
       </c>
       <c r="M77" s="2">
-        <v>-329.5</v>
+        <v>-356.8</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B78" s="2">
-        <v>1403.8</v>
+        <v>1404.2</v>
       </c>
       <c r="C78" s="2">
-        <v>1420.1</v>
+        <v>1333.1</v>
       </c>
       <c r="D78" s="2">
-        <v>1466.8</v>
+        <v>1413</v>
       </c>
       <c r="E78" s="2">
-        <v>1382</v>
+        <v>1326.7</v>
       </c>
       <c r="F78" s="2">
-        <v>1681.3</v>
+        <v>1728.1</v>
       </c>
       <c r="G78" s="2">
-        <v>1751.4</v>
+        <v>1700.1</v>
       </c>
       <c r="H78" s="2">
-        <v>1799</v>
+        <v>1734.9</v>
       </c>
       <c r="I78" s="2">
-        <v>1672.3</v>
+        <v>1668</v>
       </c>
       <c r="J78" s="2">
-        <v>-277.5</v>
+        <v>-323.9</v>
       </c>
       <c r="K78" s="2">
-        <v>-331.3</v>
+        <v>-367</v>
       </c>
       <c r="L78" s="2">
-        <v>-332.2</v>
+        <v>-321.9</v>
       </c>
       <c r="M78" s="2">
-        <v>-290.3</v>
+        <v>-341.3</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B79" s="2">
-        <v>1400</v>
+        <v>1411</v>
       </c>
       <c r="C79" s="2">
-        <v>1413</v>
+        <v>1417.6</v>
       </c>
       <c r="D79" s="2">
-        <v>1434.9</v>
+        <v>1434.8</v>
       </c>
       <c r="E79" s="2">
-        <v>1388.8</v>
+        <v>1391</v>
       </c>
       <c r="F79" s="2">
-        <v>1665</v>
+        <v>1749.9</v>
       </c>
       <c r="G79" s="2">
-        <v>1690.5</v>
+        <v>1742</v>
       </c>
       <c r="H79" s="2">
-        <v>1700.3</v>
+        <v>1751.7</v>
       </c>
       <c r="I79" s="2">
-        <v>1665</v>
+        <v>1688.6</v>
       </c>
       <c r="J79" s="2">
-        <v>-265</v>
+        <v>-338.9</v>
       </c>
       <c r="K79" s="2">
-        <v>-277.5</v>
+        <v>-324.4</v>
       </c>
       <c r="L79" s="2">
-        <v>-265.4</v>
+        <v>-316.9</v>
       </c>
       <c r="M79" s="2">
-        <v>-276.2</v>
+        <v>-297.6</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B80" s="2">
-        <v>1415.9</v>
+        <v>1430.1</v>
       </c>
       <c r="C80" s="2">
-        <v>1421.8</v>
+        <v>1408.8</v>
       </c>
       <c r="D80" s="2">
-        <v>1432</v>
+        <v>1474</v>
       </c>
       <c r="E80" s="2">
-        <v>1376</v>
+        <v>1408</v>
       </c>
       <c r="F80" s="2">
-        <v>1670</v>
+        <v>1746</v>
       </c>
       <c r="G80" s="2">
-        <v>1677.2</v>
+        <v>1750</v>
       </c>
       <c r="H80" s="2">
-        <v>1700</v>
+        <v>1807.8</v>
       </c>
       <c r="I80" s="2">
-        <v>1650</v>
+        <v>1742.6</v>
       </c>
       <c r="J80" s="2">
-        <v>-254.1</v>
+        <v>-315.9</v>
       </c>
       <c r="K80" s="2">
-        <v>-255.4</v>
+        <v>-341.2</v>
       </c>
       <c r="L80" s="2">
-        <v>-268</v>
+        <v>-333.8</v>
       </c>
       <c r="M80" s="2">
-        <v>-274</v>
+        <v>-334.6</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B81" s="2">
-        <v>1420.8</v>
+        <v>1405</v>
       </c>
       <c r="C81" s="2">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="D81" s="2">
-        <v>1459.5</v>
+        <v>1487.7</v>
       </c>
       <c r="E81" s="2">
-        <v>1401.4</v>
+        <v>1400.9</v>
       </c>
       <c r="F81" s="2">
-        <v>1684.1</v>
+        <v>1750</v>
       </c>
       <c r="G81" s="2">
-        <v>1692.4</v>
+        <v>1760</v>
       </c>
       <c r="H81" s="2">
-        <v>1712.9</v>
+        <v>1796.9</v>
       </c>
       <c r="I81" s="2">
-        <v>1663.2</v>
+        <v>1740</v>
       </c>
       <c r="J81" s="2">
-        <v>-263.3</v>
+        <v>-345</v>
       </c>
       <c r="K81" s="2">
-        <v>-268.4</v>
+        <v>-324</v>
       </c>
       <c r="L81" s="2">
-        <v>-253.4</v>
+        <v>-309.2</v>
       </c>
       <c r="M81" s="2">
-        <v>-261.8</v>
+        <v>-339.1</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B82" s="2">
-        <v>1450</v>
+        <v>1412</v>
       </c>
       <c r="C82" s="2">
-        <v>1425.1</v>
+        <v>1420.4</v>
       </c>
       <c r="D82" s="2">
-        <v>1455</v>
+        <v>1432</v>
       </c>
       <c r="E82" s="2">
-        <v>1401</v>
+        <v>1401.5</v>
       </c>
       <c r="F82" s="2">
-        <v>1720</v>
+        <v>1746</v>
       </c>
       <c r="G82" s="2">
-        <v>1692.3</v>
+        <v>1763.2</v>
       </c>
       <c r="H82" s="2">
-        <v>1730.2</v>
+        <v>1778</v>
       </c>
       <c r="I82" s="2">
-        <v>1675.4</v>
+        <v>1731</v>
       </c>
       <c r="J82" s="2">
-        <v>-270</v>
+        <v>-334</v>
       </c>
       <c r="K82" s="2">
-        <v>-267.2</v>
+        <v>-342.8</v>
       </c>
       <c r="L82" s="2">
-        <v>-275.2</v>
+        <v>-346</v>
       </c>
       <c r="M82" s="2">
-        <v>-274.4</v>
+        <v>-329.5</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B83" s="2">
-        <v>1470</v>
+        <v>1403.8</v>
       </c>
       <c r="C83" s="2">
-        <v>1468.7</v>
+        <v>1420.1</v>
       </c>
       <c r="D83" s="2">
-        <v>1552.9</v>
+        <v>1466.8</v>
       </c>
       <c r="E83" s="2">
-        <v>1445</v>
+        <v>1382</v>
       </c>
       <c r="F83" s="2">
-        <v>1749</v>
+        <v>1681.3</v>
       </c>
       <c r="G83" s="2">
-        <v>1738</v>
+        <v>1751.4</v>
       </c>
       <c r="H83" s="2">
-        <v>1801.6</v>
+        <v>1799</v>
       </c>
       <c r="I83" s="2">
-        <v>1718.6</v>
+        <v>1672.3</v>
       </c>
       <c r="J83" s="2">
-        <v>-279</v>
+        <v>-277.5</v>
       </c>
       <c r="K83" s="2">
-        <v>-269.3</v>
+        <v>-331.3</v>
       </c>
       <c r="L83" s="2">
-        <v>-248.7</v>
+        <v>-332.2</v>
       </c>
       <c r="M83" s="2">
-        <v>-273.6</v>
+        <v>-290.3</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B84" s="2">
-        <v>1486</v>
+        <v>1400</v>
       </c>
       <c r="C84" s="2">
-        <v>1460</v>
+        <v>1413</v>
       </c>
       <c r="D84" s="2">
-        <v>1501.7</v>
+        <v>1434.9</v>
       </c>
       <c r="E84" s="2">
-        <v>1454</v>
+        <v>1388.8</v>
       </c>
       <c r="F84" s="2">
-        <v>1760</v>
+        <v>1665</v>
       </c>
       <c r="G84" s="2">
-        <v>1735</v>
+        <v>1690.5</v>
       </c>
       <c r="H84" s="2">
-        <v>1760</v>
+        <v>1700.3</v>
       </c>
       <c r="I84" s="2">
-        <v>1706.3</v>
+        <v>1665</v>
       </c>
       <c r="J84" s="2">
-        <v>-274</v>
+        <v>-265</v>
       </c>
       <c r="K84" s="2">
-        <v>-275</v>
+        <v>-277.5</v>
       </c>
       <c r="L84" s="2">
-        <v>-258.3</v>
+        <v>-265.4</v>
       </c>
       <c r="M84" s="2">
-        <v>-252.3</v>
+        <v>-276.2</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B85" s="2">
-        <v>1503</v>
+        <v>1415.9</v>
       </c>
       <c r="C85" s="2">
-        <v>1502.8</v>
+        <v>1421.8</v>
       </c>
       <c r="D85" s="2">
-        <v>1522</v>
+        <v>1432</v>
       </c>
       <c r="E85" s="2">
-        <v>1405</v>
+        <v>1376</v>
       </c>
       <c r="F85" s="2">
-        <v>1687.5</v>
+        <v>1670</v>
       </c>
       <c r="G85" s="2">
-        <v>1737.8</v>
+        <v>1677.2</v>
       </c>
       <c r="H85" s="2">
-        <v>1772</v>
+        <v>1700</v>
       </c>
       <c r="I85" s="2">
-        <v>1639.5</v>
+        <v>1650</v>
       </c>
       <c r="J85" s="2">
-        <v>-184.5</v>
+        <v>-254.1</v>
       </c>
       <c r="K85" s="2">
-        <v>-235</v>
+        <v>-255.4</v>
       </c>
       <c r="L85" s="2">
-        <v>-250</v>
+        <v>-268</v>
       </c>
       <c r="M85" s="2">
-        <v>-234.5</v>
+        <v>-274</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B86" s="2">
-        <v>1570</v>
+        <v>1420.8</v>
       </c>
       <c r="C86" s="2">
-        <v>1527.5</v>
+        <v>1424</v>
       </c>
       <c r="D86" s="2">
-        <v>1585</v>
+        <v>1459.5</v>
       </c>
       <c r="E86" s="2">
-        <v>1501</v>
+        <v>1401.4</v>
       </c>
       <c r="F86" s="2">
-        <v>1767</v>
+        <v>1684.1</v>
       </c>
       <c r="G86" s="2">
-        <v>1720.2</v>
+        <v>1692.4</v>
       </c>
       <c r="H86" s="2">
-        <v>1780</v>
+        <v>1712.9</v>
       </c>
       <c r="I86" s="2">
-        <v>1700</v>
+        <v>1663.2</v>
       </c>
       <c r="J86" s="2">
-        <v>-197</v>
+        <v>-263.3</v>
       </c>
       <c r="K86" s="2">
-        <v>-192.7</v>
+        <v>-268.4</v>
       </c>
       <c r="L86" s="2">
-        <v>-195</v>
+        <v>-253.4</v>
       </c>
       <c r="M86" s="2">
-        <v>-199</v>
+        <v>-261.8</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B87" s="2">
-        <v>1520</v>
+        <v>1450</v>
       </c>
       <c r="C87" s="2">
-        <v>1583.9</v>
+        <v>1425.1</v>
       </c>
       <c r="D87" s="2">
-        <v>1608</v>
+        <v>1455</v>
       </c>
       <c r="E87" s="2">
-        <v>1520</v>
+        <v>1401</v>
       </c>
       <c r="F87" s="2">
-        <v>1714.7</v>
+        <v>1720</v>
       </c>
       <c r="G87" s="2">
-        <v>1779.9</v>
+        <v>1692.3</v>
       </c>
       <c r="H87" s="2">
-        <v>1808.9</v>
+        <v>1730.2</v>
       </c>
       <c r="I87" s="2">
-        <v>1701</v>
+        <v>1675.4</v>
       </c>
       <c r="J87" s="2">
-        <v>-194.7</v>
+        <v>-270</v>
       </c>
       <c r="K87" s="2">
-        <v>-196</v>
+        <v>-267.2</v>
       </c>
       <c r="L87" s="2">
-        <v>-200.9</v>
+        <v>-275.2</v>
       </c>
       <c r="M87" s="2">
-        <v>-181</v>
+        <v>-274.4</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B88" s="2">
-        <v>1556.9</v>
+        <v>1470</v>
       </c>
       <c r="C88" s="2">
-        <v>1537</v>
+        <v>1468.7</v>
       </c>
       <c r="D88" s="2">
-        <v>1588</v>
+        <v>1552.9</v>
       </c>
       <c r="E88" s="2">
-        <v>1472.4</v>
+        <v>1445</v>
       </c>
       <c r="F88" s="2">
-        <v>1721.6</v>
+        <v>1749</v>
       </c>
       <c r="G88" s="2">
-        <v>1701.8</v>
+        <v>1738</v>
       </c>
       <c r="H88" s="2">
-        <v>1741.7</v>
+        <v>1801.6</v>
       </c>
       <c r="I88" s="2">
-        <v>1650</v>
+        <v>1718.6</v>
       </c>
       <c r="J88" s="2">
-        <v>-164.7</v>
+        <v>-279</v>
       </c>
       <c r="K88" s="2">
-        <v>-164.8</v>
+        <v>-269.3</v>
       </c>
       <c r="L88" s="2">
-        <v>-153.7</v>
+        <v>-248.7</v>
       </c>
       <c r="M88" s="2">
-        <v>-177.6</v>
+        <v>-273.6</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B89" s="2">
-        <v>1610</v>
+        <v>1486</v>
       </c>
       <c r="C89" s="2">
-        <v>1548</v>
+        <v>1460</v>
       </c>
       <c r="D89" s="2">
-        <v>1629.5</v>
+        <v>1501.7</v>
       </c>
       <c r="E89" s="2">
-        <v>1526</v>
+        <v>1454</v>
       </c>
       <c r="F89" s="2">
-        <v>1750.1</v>
+        <v>1760</v>
       </c>
       <c r="G89" s="2">
-        <v>1708.7</v>
+        <v>1735</v>
       </c>
       <c r="H89" s="2">
-        <v>1776</v>
+        <v>1760</v>
       </c>
       <c r="I89" s="2">
-        <v>1688</v>
+        <v>1706.3</v>
       </c>
       <c r="J89" s="2">
-        <v>-140.1</v>
+        <v>-274</v>
       </c>
       <c r="K89" s="2">
-        <v>-160.7</v>
+        <v>-275</v>
       </c>
       <c r="L89" s="2">
-        <v>-146.5</v>
+        <v>-258.3</v>
       </c>
       <c r="M89" s="2">
-        <v>-162</v>
+        <v>-252.3</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B90" s="2">
-        <v>1660</v>
+        <v>1503</v>
       </c>
       <c r="C90" s="2">
-        <v>1592.7</v>
+        <v>1502.8</v>
       </c>
       <c r="D90" s="2">
-        <v>1698.2</v>
+        <v>1522</v>
       </c>
       <c r="E90" s="2">
-        <v>1588</v>
+        <v>1405</v>
       </c>
       <c r="F90" s="2">
-        <v>2266</v>
+        <v>1687.5</v>
       </c>
       <c r="G90" s="2">
-        <v>2291.9</v>
+        <v>1737.8</v>
       </c>
       <c r="H90" s="2">
-        <v>2338.9</v>
+        <v>1772</v>
       </c>
       <c r="I90" s="2">
-        <v>2254.4</v>
+        <v>1639.5</v>
       </c>
       <c r="J90" s="2">
-        <v>-606</v>
+        <v>-184.5</v>
       </c>
       <c r="K90" s="2">
-        <v>-699.2</v>
+        <v>-235</v>
       </c>
       <c r="L90" s="2">
-        <v>-640.7</v>
+        <v>-250</v>
       </c>
       <c r="M90" s="2">
-        <v>-666.4</v>
+        <v>-234.5</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B91" s="2">
-        <v>1602</v>
+        <v>1570</v>
       </c>
       <c r="C91" s="2">
-        <v>1613</v>
+        <v>1527.5</v>
       </c>
       <c r="D91" s="2">
-        <v>1670</v>
+        <v>1585</v>
       </c>
       <c r="E91" s="2">
-        <v>1585</v>
+        <v>1501</v>
       </c>
       <c r="F91" s="2">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="G91" s="2">
-        <v>1791</v>
+        <v>1720.2</v>
       </c>
       <c r="H91" s="2">
-        <v>1836.7</v>
+        <v>1780</v>
       </c>
       <c r="I91" s="2">
-        <v>1770</v>
+        <v>1700</v>
       </c>
       <c r="J91" s="2">
-        <v>-168</v>
+        <v>-197</v>
       </c>
       <c r="K91" s="2">
-        <v>-178</v>
+        <v>-192.7</v>
       </c>
       <c r="L91" s="2">
-        <v>-166.7</v>
+        <v>-195</v>
       </c>
       <c r="M91" s="2">
-        <v>-185</v>
+        <v>-199</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B92" s="2">
-        <v>1609</v>
+        <v>1520</v>
       </c>
       <c r="C92" s="2">
-        <v>1581.3</v>
+        <v>1583.9</v>
       </c>
       <c r="D92" s="2">
-        <v>1624.8</v>
+        <v>1608</v>
       </c>
       <c r="E92" s="2">
-        <v>1550.1</v>
+        <v>1520</v>
       </c>
       <c r="F92" s="2">
-        <v>2153</v>
+        <v>1714.7</v>
       </c>
       <c r="G92" s="2">
-        <v>2164.5</v>
+        <v>1779.9</v>
       </c>
       <c r="H92" s="2">
-        <v>2164.5</v>
+        <v>1808.9</v>
       </c>
       <c r="I92" s="2">
-        <v>2125.9</v>
+        <v>1701</v>
       </c>
       <c r="J92" s="2">
-        <v>-544</v>
+        <v>-194.7</v>
       </c>
       <c r="K92" s="2">
-        <v>-583.2</v>
+        <v>-196</v>
       </c>
       <c r="L92" s="2">
-        <v>-539.7</v>
+        <v>-200.9</v>
       </c>
       <c r="M92" s="2">
-        <v>-575.8</v>
+        <v>-181</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B93" s="2">
-        <v>1660</v>
+        <v>1556.9</v>
       </c>
       <c r="C93" s="2">
-        <v>1598.1</v>
+        <v>1537</v>
       </c>
       <c r="D93" s="2">
-        <v>1719</v>
+        <v>1588</v>
       </c>
       <c r="E93" s="2">
-        <v>1586</v>
+        <v>1472.4</v>
       </c>
       <c r="F93" s="2">
-        <v>2128</v>
+        <v>1721.6</v>
       </c>
       <c r="G93" s="2">
-        <v>2153</v>
+        <v>1701.8</v>
       </c>
       <c r="H93" s="2">
-        <v>2186.6</v>
+        <v>1741.7</v>
       </c>
       <c r="I93" s="2">
-        <v>2110.1</v>
+        <v>1650</v>
       </c>
       <c r="J93" s="2">
-        <v>-468</v>
+        <v>-164.7</v>
       </c>
       <c r="K93" s="2">
-        <v>-554.9</v>
+        <v>-164.8</v>
       </c>
       <c r="L93" s="2">
-        <v>-467.6</v>
+        <v>-153.7</v>
       </c>
       <c r="M93" s="2">
-        <v>-524.1</v>
+        <v>-177.6</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B94" s="2">
-        <v>1454</v>
+        <v>1610</v>
       </c>
       <c r="C94" s="2">
-        <v>1655.6</v>
+        <v>1548</v>
       </c>
       <c r="D94" s="2">
-        <v>1689.9</v>
+        <v>1629.5</v>
       </c>
       <c r="E94" s="2">
-        <v>1452</v>
+        <v>1526</v>
       </c>
       <c r="F94" s="2">
-        <v>2080</v>
+        <v>1750.1</v>
       </c>
       <c r="G94" s="2">
-        <v>2126</v>
+        <v>1708.7</v>
       </c>
       <c r="H94" s="2">
-        <v>2158</v>
+        <v>1776</v>
       </c>
       <c r="I94" s="2">
-        <v>2048</v>
+        <v>1688</v>
       </c>
       <c r="J94" s="2">
-        <v>-626</v>
+        <v>-140.1</v>
       </c>
       <c r="K94" s="2">
-        <v>-470.4</v>
+        <v>-160.7</v>
       </c>
       <c r="L94" s="2">
-        <v>-468.1</v>
+        <v>-146.5</v>
       </c>
       <c r="M94" s="2">
-        <v>-596</v>
+        <v>-162</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B95" s="2">
-        <v>2032</v>
+        <v>1660</v>
       </c>
       <c r="C95" s="2">
-        <v>2027.2</v>
+        <v>1592.7</v>
       </c>
       <c r="D95" s="2">
-        <v>2059.8</v>
+        <v>1698.2</v>
       </c>
       <c r="E95" s="2">
-        <v>1999.9</v>
+        <v>1588</v>
       </c>
       <c r="F95" s="2">
-        <v>1389</v>
+        <v>2266</v>
       </c>
       <c r="G95" s="2">
-        <v>1440.7</v>
+        <v>2291.9</v>
       </c>
       <c r="H95" s="2">
-        <v>1462.1</v>
+        <v>2338.9</v>
       </c>
       <c r="I95" s="2">
-        <v>1383</v>
+        <v>2254.4</v>
       </c>
       <c r="J95" s="2">
-        <v>643</v>
+        <v>-606</v>
       </c>
       <c r="K95" s="2">
-        <v>586.5</v>
+        <v>-699.2</v>
       </c>
       <c r="L95" s="2">
-        <v>597.7</v>
+        <v>-640.7</v>
       </c>
       <c r="M95" s="2">
-        <v>616.9</v>
+        <v>-666.4</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B96" s="2">
-        <v>2028</v>
+        <v>1602</v>
       </c>
       <c r="C96" s="2">
-        <v>2030.6</v>
+        <v>1613</v>
       </c>
       <c r="D96" s="2">
-        <v>2049.9</v>
+        <v>1670</v>
       </c>
       <c r="E96" s="2">
-        <v>1985</v>
+        <v>1585</v>
       </c>
       <c r="F96" s="2">
-        <v>1387</v>
+        <v>1770</v>
       </c>
       <c r="G96" s="2">
-        <v>1382</v>
+        <v>1791</v>
       </c>
       <c r="H96" s="2">
-        <v>1403.6</v>
+        <v>1836.7</v>
       </c>
       <c r="I96" s="2">
-        <v>1372</v>
+        <v>1770</v>
       </c>
       <c r="J96" s="2">
-        <v>641</v>
+        <v>-168</v>
       </c>
       <c r="K96" s="2">
-        <v>648.6</v>
+        <v>-178</v>
       </c>
       <c r="L96" s="2">
-        <v>646.3</v>
+        <v>-166.7</v>
       </c>
       <c r="M96" s="2">
-        <v>613</v>
+        <v>-185</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B97" s="2">
-        <v>2030</v>
+        <v>1609</v>
       </c>
       <c r="C97" s="2">
-        <v>2022.5</v>
+        <v>1581.3</v>
       </c>
       <c r="D97" s="2">
-        <v>2078</v>
+        <v>1624.8</v>
       </c>
       <c r="E97" s="2">
-        <v>2011</v>
+        <v>1550.1</v>
       </c>
       <c r="F97" s="2">
-        <v>1400</v>
+        <v>2153</v>
       </c>
       <c r="G97" s="2">
-        <v>1401.1</v>
+        <v>2164.5</v>
       </c>
       <c r="H97" s="2">
-        <v>1412.4</v>
+        <v>2164.5</v>
       </c>
       <c r="I97" s="2">
-        <v>1388.2</v>
+        <v>2125.9</v>
       </c>
       <c r="J97" s="2">
-        <v>630</v>
+        <v>-544</v>
       </c>
       <c r="K97" s="2">
-        <v>621.4</v>
+        <v>-583.2</v>
       </c>
       <c r="L97" s="2">
-        <v>665.6</v>
+        <v>-539.7</v>
       </c>
       <c r="M97" s="2">
-        <v>622.8</v>
+        <v>-575.8</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B98" s="2">
-        <v>2015.2</v>
+        <v>1660</v>
       </c>
       <c r="C98" s="2">
-        <v>2012.5</v>
+        <v>1598.1</v>
       </c>
       <c r="D98" s="2">
-        <v>2030</v>
+        <v>1719</v>
       </c>
       <c r="E98" s="2">
-        <v>1961.1</v>
+        <v>1586</v>
       </c>
       <c r="F98" s="2">
-        <v>1385</v>
+        <v>2128</v>
       </c>
       <c r="G98" s="2">
-        <v>1390</v>
+        <v>2153</v>
       </c>
       <c r="H98" s="2">
-        <v>1395.8</v>
+        <v>2186.6</v>
       </c>
       <c r="I98" s="2">
-        <v>1368.8</v>
+        <v>2110.1</v>
       </c>
       <c r="J98" s="2">
-        <v>630.2</v>
+        <v>-468</v>
       </c>
       <c r="K98" s="2">
-        <v>622.5</v>
+        <v>-554.9</v>
       </c>
       <c r="L98" s="2">
-        <v>634.2</v>
+        <v>-467.6</v>
       </c>
       <c r="M98" s="2">
-        <v>592.3</v>
+        <v>-524.1</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B99" s="2">
-        <v>1900</v>
+        <v>1454</v>
       </c>
       <c r="C99" s="2">
-        <v>2006.2</v>
+        <v>1655.6</v>
       </c>
       <c r="D99" s="2">
-        <v>2038</v>
+        <v>1689.9</v>
       </c>
       <c r="E99" s="2">
-        <v>1900</v>
+        <v>1452</v>
       </c>
       <c r="F99" s="2">
-        <v>1358</v>
+        <v>2080</v>
       </c>
       <c r="G99" s="2">
-        <v>1394.7</v>
+        <v>2126</v>
       </c>
       <c r="H99" s="2">
-        <v>1414</v>
+        <v>2158</v>
       </c>
       <c r="I99" s="2">
-        <v>1356</v>
+        <v>2048</v>
       </c>
       <c r="J99" s="2">
-        <v>542</v>
+        <v>-626</v>
       </c>
       <c r="K99" s="2">
-        <v>611.5</v>
+        <v>-470.4</v>
       </c>
       <c r="L99" s="2">
-        <v>624</v>
+        <v>-468.1</v>
       </c>
       <c r="M99" s="2">
-        <v>544</v>
+        <v>-596</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B100" s="2">
-        <v>1860</v>
+        <v>2032</v>
       </c>
       <c r="C100" s="2">
-        <v>1888.5</v>
+        <v>2027.2</v>
       </c>
       <c r="D100" s="2">
-        <v>1896</v>
+        <v>2059.8</v>
       </c>
       <c r="E100" s="2">
-        <v>1845.1</v>
+        <v>1999.9</v>
       </c>
       <c r="F100" s="2">
-        <v>1313</v>
+        <v>1389</v>
       </c>
       <c r="G100" s="2">
-        <v>1350</v>
+        <v>1440.7</v>
       </c>
       <c r="H100" s="2">
-        <v>1353</v>
+        <v>1462.1</v>
       </c>
       <c r="I100" s="2">
-        <v>1313</v>
+        <v>1383</v>
       </c>
       <c r="J100" s="2">
-        <v>547</v>
+        <v>643</v>
       </c>
       <c r="K100" s="2">
-        <v>538.5</v>
+        <v>586.5</v>
       </c>
       <c r="L100" s="2">
-        <v>543</v>
+        <v>597.7</v>
       </c>
       <c r="M100" s="2">
-        <v>532.1</v>
+        <v>616.9</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B101" s="2">
-        <v>1889</v>
+        <v>2028</v>
       </c>
       <c r="C101" s="2">
-        <v>1849.9</v>
+        <v>2030.6</v>
       </c>
       <c r="D101" s="2">
-        <v>1946</v>
+        <v>2049.9</v>
       </c>
       <c r="E101" s="2">
-        <v>1832</v>
+        <v>1985</v>
       </c>
       <c r="F101" s="2">
-        <v>1362.6</v>
+        <v>1387</v>
       </c>
       <c r="G101" s="2">
-        <v>1341.9</v>
+        <v>1382</v>
       </c>
       <c r="H101" s="2">
-        <v>1392</v>
+        <v>1403.6</v>
       </c>
       <c r="I101" s="2">
-        <v>1326</v>
+        <v>1372</v>
       </c>
       <c r="J101" s="2">
-        <v>526.4</v>
+        <v>641</v>
       </c>
       <c r="K101" s="2">
-        <v>508</v>
+        <v>648.6</v>
       </c>
       <c r="L101" s="2">
-        <v>554</v>
+        <v>646.3</v>
       </c>
       <c r="M101" s="2">
-        <v>506</v>
+        <v>613</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B102" s="2">
-        <v>1915</v>
+        <v>2030</v>
       </c>
       <c r="C102" s="2">
-        <v>1896.9</v>
+        <v>2022.5</v>
       </c>
       <c r="D102" s="2">
-        <v>1915</v>
+        <v>2078</v>
       </c>
       <c r="E102" s="2">
-        <v>1850.1</v>
+        <v>2011</v>
       </c>
       <c r="F102" s="2">
-        <v>1381.5</v>
+        <v>1400</v>
       </c>
       <c r="G102" s="2">
-        <v>1363.9</v>
+        <v>1401.1</v>
       </c>
       <c r="H102" s="2">
-        <v>1386</v>
+        <v>1412.4</v>
       </c>
       <c r="I102" s="2">
-        <v>1352.6</v>
+        <v>1388.2</v>
       </c>
       <c r="J102" s="2">
-        <v>533.5</v>
+        <v>630</v>
       </c>
       <c r="K102" s="2">
-        <v>533</v>
+        <v>621.4</v>
       </c>
       <c r="L102" s="2">
-        <v>529</v>
+        <v>665.6</v>
       </c>
       <c r="M102" s="2">
-        <v>497.5</v>
+        <v>622.8</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B103" s="2">
-        <v>1900</v>
+        <v>2015.2</v>
       </c>
       <c r="C103" s="2">
-        <v>1883.5</v>
+        <v>2012.5</v>
       </c>
       <c r="D103" s="2">
-        <v>1931.4</v>
+        <v>2030</v>
       </c>
       <c r="E103" s="2">
-        <v>1858</v>
+        <v>1961.1</v>
       </c>
       <c r="F103" s="2">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="G103" s="2">
-        <v>1367.9</v>
+        <v>1390</v>
       </c>
       <c r="H103" s="2">
-        <v>1397</v>
+        <v>1395.8</v>
       </c>
       <c r="I103" s="2">
-        <v>1355.2</v>
+        <v>1368.8</v>
       </c>
       <c r="J103" s="2">
-        <v>530</v>
+        <v>630.2</v>
       </c>
       <c r="K103" s="2">
-        <v>515.6</v>
+        <v>622.5</v>
       </c>
       <c r="L103" s="2">
-        <v>534.4</v>
+        <v>634.2</v>
       </c>
       <c r="M103" s="2">
-        <v>502.8</v>
+        <v>592.3</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B104" s="2">
-        <v>1784.2</v>
+        <v>1900</v>
       </c>
       <c r="C104" s="2">
-        <v>1904.9</v>
+        <v>2006.2</v>
       </c>
       <c r="D104" s="2">
-        <v>1923.9</v>
+        <v>2038</v>
       </c>
       <c r="E104" s="2">
-        <v>1756.2</v>
+        <v>1900</v>
       </c>
       <c r="F104" s="2">
-        <v>1352.6</v>
+        <v>1358</v>
       </c>
       <c r="G104" s="2">
-        <v>1383.8</v>
+        <v>1394.7</v>
       </c>
       <c r="H104" s="2">
-        <v>1398</v>
+        <v>1414</v>
       </c>
       <c r="I104" s="2">
-        <v>1333.7</v>
+        <v>1356</v>
       </c>
       <c r="J104" s="2">
-        <v>431.6</v>
+        <v>542</v>
       </c>
       <c r="K104" s="2">
-        <v>521.1</v>
+        <v>611.5</v>
       </c>
       <c r="L104" s="2">
-        <v>525.9</v>
+        <v>624</v>
       </c>
       <c r="M104" s="2">
-        <v>422.5</v>
+        <v>544</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B105" s="2">
-        <v>1810</v>
+        <v>1860</v>
       </c>
       <c r="C105" s="2">
-        <v>1761.4</v>
+        <v>1888.5</v>
       </c>
       <c r="D105" s="2">
-        <v>1816</v>
+        <v>1896</v>
       </c>
       <c r="E105" s="2">
-        <v>1739</v>
+        <v>1845.1</v>
       </c>
       <c r="F105" s="2">
-        <v>1328.1</v>
+        <v>1313</v>
       </c>
       <c r="G105" s="2">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="H105" s="2">
-        <v>1355</v>
+        <v>1353</v>
       </c>
       <c r="I105" s="2">
-        <v>1323</v>
+        <v>1313</v>
       </c>
       <c r="J105" s="2">
-        <v>481.9</v>
+        <v>547</v>
       </c>
       <c r="K105" s="2">
-        <v>422.4</v>
+        <v>538.5</v>
       </c>
       <c r="L105" s="2">
-        <v>461</v>
+        <v>543</v>
       </c>
       <c r="M105" s="2">
-        <v>416</v>
+        <v>532.1</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B106" s="2">
-        <v>1770</v>
+        <v>1889</v>
       </c>
       <c r="C106" s="2">
-        <v>1805</v>
+        <v>1849.9</v>
       </c>
       <c r="D106" s="2">
-        <v>1825</v>
+        <v>1946</v>
       </c>
       <c r="E106" s="2">
-        <v>1766</v>
+        <v>1832</v>
       </c>
       <c r="F106" s="2">
-        <v>1342.1</v>
+        <v>1362.6</v>
       </c>
       <c r="G106" s="2">
-        <v>1325.9</v>
+        <v>1341.9</v>
       </c>
       <c r="H106" s="2">
-        <v>1350</v>
+        <v>1392</v>
       </c>
       <c r="I106" s="2">
-        <v>1320.2</v>
+        <v>1326</v>
       </c>
       <c r="J106" s="2">
-        <v>427.9</v>
+        <v>526.4</v>
       </c>
       <c r="K106" s="2">
-        <v>479.1</v>
+        <v>508</v>
       </c>
       <c r="L106" s="2">
-        <v>475</v>
+        <v>554</v>
       </c>
       <c r="M106" s="2">
-        <v>445.8</v>
+        <v>506</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B107" s="2">
-        <v>1720</v>
+        <v>1915</v>
       </c>
       <c r="C107" s="2">
-        <v>1759.9</v>
+        <v>1896.9</v>
       </c>
       <c r="D107" s="2">
-        <v>1789.6</v>
+        <v>1915</v>
       </c>
       <c r="E107" s="2">
-        <v>1720</v>
+        <v>1850.1</v>
       </c>
       <c r="F107" s="2">
-        <v>1307.4</v>
+        <v>1381.5</v>
       </c>
       <c r="G107" s="2">
-        <v>1325.6</v>
+        <v>1363.9</v>
       </c>
       <c r="H107" s="2">
-        <v>1340.6</v>
+        <v>1386</v>
       </c>
       <c r="I107" s="2">
-        <v>1282.2</v>
+        <v>1352.6</v>
       </c>
       <c r="J107" s="2">
-        <v>412.6</v>
+        <v>533.5</v>
       </c>
       <c r="K107" s="2">
-        <v>434.3</v>
+        <v>533</v>
       </c>
       <c r="L107" s="2">
-        <v>449</v>
+        <v>529</v>
       </c>
       <c r="M107" s="2">
-        <v>437.8</v>
+        <v>497.5</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B108" s="2">
-        <v>1780</v>
+        <v>1900</v>
       </c>
       <c r="C108" s="2">
-        <v>1740.2</v>
+        <v>1883.5</v>
       </c>
       <c r="D108" s="2">
-        <v>1781</v>
+        <v>1931.4</v>
       </c>
       <c r="E108" s="2">
-        <v>1708.8</v>
+        <v>1858</v>
       </c>
       <c r="F108" s="2">
-        <v>1288</v>
+        <v>1370</v>
       </c>
       <c r="G108" s="2">
-        <v>1292.8</v>
+        <v>1367.9</v>
       </c>
       <c r="H108" s="2">
-        <v>1313.7</v>
+        <v>1397</v>
       </c>
       <c r="I108" s="2">
-        <v>1271.8</v>
+        <v>1355.2</v>
       </c>
       <c r="J108" s="2">
-        <v>492</v>
+        <v>530</v>
       </c>
       <c r="K108" s="2">
-        <v>447.4</v>
+        <v>515.6</v>
       </c>
       <c r="L108" s="2">
-        <v>467.3</v>
+        <v>534.4</v>
       </c>
       <c r="M108" s="2">
-        <v>437</v>
+        <v>502.8</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B109" s="2">
-        <v>1825</v>
+        <v>1784.2</v>
       </c>
       <c r="C109" s="2">
-        <v>1772</v>
+        <v>1904.9</v>
       </c>
       <c r="D109" s="2">
-        <v>1850</v>
+        <v>1923.9</v>
       </c>
       <c r="E109" s="2">
-        <v>1746.4</v>
+        <v>1756.2</v>
       </c>
       <c r="F109" s="2">
-        <v>1349.8</v>
+        <v>1352.6</v>
       </c>
       <c r="G109" s="2">
-        <v>1304.6</v>
+        <v>1383.8</v>
       </c>
       <c r="H109" s="2">
-        <v>1361.2</v>
+        <v>1398</v>
       </c>
       <c r="I109" s="2">
-        <v>1292.1</v>
+        <v>1333.7</v>
       </c>
       <c r="J109" s="2">
-        <v>475.2</v>
+        <v>431.6</v>
       </c>
       <c r="K109" s="2">
-        <v>467.4</v>
+        <v>521.1</v>
       </c>
       <c r="L109" s="2">
-        <v>488.8</v>
+        <v>525.9</v>
       </c>
       <c r="M109" s="2">
-        <v>454.3</v>
+        <v>422.5</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B110" s="2">
-        <v>1950</v>
+        <v>1810</v>
       </c>
       <c r="C110" s="2">
-        <v>1875</v>
+        <v>1761.4</v>
       </c>
       <c r="D110" s="2">
-        <v>1987.2</v>
+        <v>1816</v>
       </c>
       <c r="E110" s="2">
-        <v>1836.7</v>
+        <v>1739</v>
       </c>
       <c r="F110" s="2">
-        <v>1400</v>
+        <v>1328.1</v>
       </c>
       <c r="G110" s="2">
-        <v>1370</v>
+        <v>1339</v>
       </c>
       <c r="H110" s="2">
-        <v>1408.8</v>
+        <v>1355</v>
       </c>
       <c r="I110" s="2">
-        <v>1351.1</v>
+        <v>1323</v>
       </c>
       <c r="J110" s="2">
-        <v>550</v>
+        <v>481.9</v>
       </c>
       <c r="K110" s="2">
-        <v>505</v>
+        <v>422.4</v>
       </c>
       <c r="L110" s="2">
-        <v>578.4</v>
+        <v>461</v>
       </c>
       <c r="M110" s="2">
-        <v>485.6</v>
+        <v>416</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B111" s="2">
-        <v>2000</v>
+        <v>1770</v>
       </c>
       <c r="C111" s="2">
-        <v>1890</v>
+        <v>1805</v>
       </c>
       <c r="D111" s="2">
-        <v>2035</v>
+        <v>1825</v>
       </c>
       <c r="E111" s="2">
-        <v>1886</v>
+        <v>1766</v>
       </c>
       <c r="F111" s="2">
-        <v>1405</v>
+        <v>1342.1</v>
       </c>
       <c r="G111" s="2">
-        <v>1360</v>
+        <v>1325.9</v>
       </c>
       <c r="H111" s="2">
-        <v>1412.1</v>
+        <v>1350</v>
       </c>
       <c r="I111" s="2">
-        <v>1355</v>
+        <v>1320.2</v>
       </c>
       <c r="J111" s="2">
-        <v>595</v>
+        <v>427.9</v>
       </c>
       <c r="K111" s="2">
-        <v>530</v>
+        <v>479.1</v>
       </c>
       <c r="L111" s="2">
-        <v>622.9</v>
+        <v>475</v>
       </c>
       <c r="M111" s="2">
-        <v>531</v>
+        <v>445.8</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B112" s="2">
-        <v>2070</v>
+        <v>1720</v>
       </c>
       <c r="C112" s="2">
-        <v>2022.2</v>
+        <v>1759.9</v>
       </c>
       <c r="D112" s="2">
-        <v>2075</v>
+        <v>1789.6</v>
       </c>
       <c r="E112" s="2">
-        <v>2005</v>
+        <v>1720</v>
       </c>
       <c r="F112" s="2">
-        <v>1418</v>
+        <v>1307.4</v>
       </c>
       <c r="G112" s="2">
-        <v>1406.1</v>
+        <v>1325.6</v>
       </c>
       <c r="H112" s="2">
-        <v>1424.3</v>
+        <v>1340.6</v>
       </c>
       <c r="I112" s="2">
-        <v>1393.5</v>
+        <v>1282.2</v>
       </c>
       <c r="J112" s="2">
-        <v>652</v>
+        <v>412.6</v>
       </c>
       <c r="K112" s="2">
-        <v>616.1</v>
+        <v>434.3</v>
       </c>
       <c r="L112" s="2">
-        <v>650.7</v>
+        <v>449</v>
       </c>
       <c r="M112" s="2">
-        <v>611.5</v>
+        <v>437.8</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B113" s="2">
-        <v>2080</v>
+        <v>1780</v>
       </c>
       <c r="C113" s="2">
-        <v>2092</v>
+        <v>1740.2</v>
       </c>
       <c r="D113" s="2">
-        <v>2150</v>
+        <v>1781</v>
       </c>
       <c r="E113" s="2">
-        <v>2071</v>
+        <v>1708.8</v>
       </c>
       <c r="F113" s="2">
-        <v>1440.1</v>
+        <v>1288</v>
       </c>
       <c r="G113" s="2">
-        <v>1427.9</v>
+        <v>1292.8</v>
       </c>
       <c r="H113" s="2">
-        <v>1455.7</v>
+        <v>1313.7</v>
       </c>
       <c r="I113" s="2">
-        <v>1421.6</v>
+        <v>1271.8</v>
       </c>
       <c r="J113" s="2">
-        <v>639.9</v>
+        <v>492</v>
       </c>
       <c r="K113" s="2">
-        <v>664.1</v>
+        <v>447.4</v>
       </c>
       <c r="L113" s="2">
-        <v>694.3</v>
+        <v>467.3</v>
       </c>
       <c r="M113" s="2">
-        <v>649.4</v>
+        <v>437</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B114" s="2">
-        <v>2060</v>
+        <v>1825</v>
       </c>
       <c r="C114" s="2">
-        <v>2038</v>
+        <v>1772</v>
       </c>
       <c r="D114" s="2">
-        <v>2066.7</v>
+        <v>1850</v>
       </c>
       <c r="E114" s="2">
-        <v>1990</v>
+        <v>1746.4</v>
       </c>
       <c r="F114" s="2">
-        <v>1427</v>
+        <v>1349.8</v>
       </c>
       <c r="G114" s="2">
-        <v>1416.1</v>
+        <v>1304.6</v>
       </c>
       <c r="H114" s="2">
-        <v>1429.8</v>
+        <v>1361.2</v>
       </c>
       <c r="I114" s="2">
-        <v>1388.9</v>
+        <v>1292.1</v>
       </c>
       <c r="J114" s="2">
-        <v>633</v>
+        <v>475.2</v>
       </c>
       <c r="K114" s="2">
-        <v>621.9</v>
+        <v>467.4</v>
       </c>
       <c r="L114" s="2">
-        <v>636.9</v>
+        <v>488.8</v>
       </c>
       <c r="M114" s="2">
-        <v>601.1</v>
+        <v>454.3</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B115" s="2">
-        <v>2085</v>
+        <v>1950</v>
       </c>
       <c r="C115" s="2">
-        <v>2030</v>
+        <v>1875</v>
       </c>
       <c r="D115" s="2">
-        <v>2119</v>
+        <v>1987.2</v>
       </c>
       <c r="E115" s="2">
-        <v>2010</v>
+        <v>1836.7</v>
       </c>
       <c r="F115" s="2">
-        <v>1465</v>
+        <v>1400</v>
       </c>
       <c r="G115" s="2">
-        <v>1414.7</v>
+        <v>1370</v>
       </c>
       <c r="H115" s="2">
-        <v>1474.8</v>
+        <v>1408.8</v>
       </c>
       <c r="I115" s="2">
-        <v>1406</v>
+        <v>1351.1</v>
       </c>
       <c r="J115" s="2">
-        <v>620</v>
+        <v>550</v>
       </c>
       <c r="K115" s="2">
-        <v>615.3</v>
+        <v>505</v>
       </c>
       <c r="L115" s="2">
-        <v>644.2</v>
+        <v>578.4</v>
       </c>
       <c r="M115" s="2">
-        <v>604</v>
+        <v>485.6</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B116" s="2">
-        <v>2050</v>
+        <v>2000</v>
       </c>
       <c r="C116" s="2">
-        <v>2068</v>
+        <v>1890</v>
       </c>
       <c r="D116" s="2">
-        <v>2206.8</v>
+        <v>2035</v>
       </c>
       <c r="E116" s="2">
-        <v>2017.5</v>
+        <v>1886</v>
       </c>
       <c r="F116" s="2">
         <v>1405</v>
       </c>
       <c r="G116" s="2">
-        <v>1445.6</v>
+        <v>1360</v>
       </c>
       <c r="H116" s="2">
-        <v>1517.5</v>
+        <v>1412.1</v>
       </c>
       <c r="I116" s="2">
-        <v>1405</v>
+        <v>1355</v>
       </c>
       <c r="J116" s="2">
-        <v>645</v>
+        <v>595</v>
       </c>
       <c r="K116" s="2">
-        <v>622.4</v>
+        <v>530</v>
       </c>
       <c r="L116" s="2">
-        <v>689.3</v>
+        <v>622.9</v>
       </c>
       <c r="M116" s="2">
-        <v>612.5</v>
+        <v>531</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B117" s="2">
-        <v>1998</v>
+        <v>2070</v>
       </c>
       <c r="C117" s="2">
-        <v>1984.7</v>
+        <v>2022.2</v>
       </c>
       <c r="D117" s="2">
-        <v>2050</v>
+        <v>2075</v>
       </c>
       <c r="E117" s="2">
-        <v>1970</v>
+        <v>2005</v>
       </c>
       <c r="F117" s="2">
-        <v>1370</v>
+        <v>1418</v>
       </c>
       <c r="G117" s="2">
-        <v>1380.5</v>
+        <v>1406.1</v>
       </c>
       <c r="H117" s="2">
-        <v>1435.9</v>
+        <v>1424.3</v>
       </c>
       <c r="I117" s="2">
-        <v>1361</v>
+        <v>1393.5</v>
       </c>
       <c r="J117" s="2">
-        <v>628</v>
+        <v>652</v>
       </c>
       <c r="K117" s="2">
-        <v>604.2</v>
+        <v>616.1</v>
       </c>
       <c r="L117" s="2">
-        <v>614.1</v>
+        <v>650.7</v>
       </c>
       <c r="M117" s="2">
-        <v>609</v>
+        <v>611.5</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B118" s="2">
-        <v>2031</v>
+        <v>2080</v>
       </c>
       <c r="C118" s="2">
-        <v>2001.5</v>
+        <v>2092</v>
       </c>
       <c r="D118" s="2">
-        <v>2057.2</v>
+        <v>2150</v>
       </c>
       <c r="E118" s="2">
-        <v>1980</v>
+        <v>2071</v>
       </c>
       <c r="F118" s="2">
-        <v>1362</v>
+        <v>1440.1</v>
       </c>
       <c r="G118" s="2">
-        <v>1371.1</v>
+        <v>1427.9</v>
       </c>
       <c r="H118" s="2">
-        <v>1393.6</v>
+        <v>1455.7</v>
       </c>
       <c r="I118" s="2">
-        <v>1352.2</v>
+        <v>1421.6</v>
       </c>
       <c r="J118" s="2">
-        <v>669</v>
+        <v>639.9</v>
       </c>
       <c r="K118" s="2">
-        <v>630.4</v>
+        <v>664.1</v>
       </c>
       <c r="L118" s="2">
-        <v>663.6</v>
+        <v>694.3</v>
       </c>
       <c r="M118" s="2">
-        <v>627.8</v>
+        <v>649.4</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B119" s="2">
-        <v>2010</v>
+        <v>2060</v>
       </c>
       <c r="C119" s="2">
-        <v>2042.1</v>
+        <v>2038</v>
       </c>
       <c r="D119" s="2">
-        <v>2089</v>
+        <v>2066.7</v>
       </c>
       <c r="E119" s="2">
-        <v>1999.1</v>
+        <v>1990</v>
       </c>
       <c r="F119" s="2">
-        <v>1340</v>
+        <v>1427</v>
       </c>
       <c r="G119" s="2">
-        <v>1351.9</v>
+        <v>1416.1</v>
       </c>
       <c r="H119" s="2">
-        <v>1375</v>
+        <v>1429.8</v>
       </c>
       <c r="I119" s="2">
-        <v>1325</v>
+        <v>1388.9</v>
       </c>
       <c r="J119" s="2">
-        <v>670</v>
+        <v>633</v>
       </c>
       <c r="K119" s="2">
-        <v>690.2</v>
+        <v>621.9</v>
       </c>
       <c r="L119" s="2">
-        <v>714</v>
+        <v>636.9</v>
       </c>
       <c r="M119" s="2">
-        <v>674.1</v>
+        <v>601.1</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B120" s="2">
-        <v>2055</v>
+        <v>2085</v>
       </c>
       <c r="C120" s="2">
-        <v>2065.6</v>
+        <v>2030</v>
       </c>
       <c r="D120" s="2">
-        <v>2110</v>
+        <v>2119</v>
       </c>
       <c r="E120" s="2">
-        <v>2018.2</v>
+        <v>2010</v>
       </c>
       <c r="F120" s="2">
-        <v>1330</v>
+        <v>1465</v>
       </c>
       <c r="G120" s="2">
-        <v>1343.7</v>
+        <v>1414.7</v>
       </c>
       <c r="H120" s="2">
-        <v>1362.8</v>
+        <v>1474.8</v>
       </c>
       <c r="I120" s="2">
-        <v>1322</v>
+        <v>1406</v>
       </c>
       <c r="J120" s="2">
-        <v>725</v>
+        <v>620</v>
       </c>
       <c r="K120" s="2">
-        <v>721.9</v>
+        <v>615.3</v>
       </c>
       <c r="L120" s="2">
-        <v>747.2</v>
+        <v>644.2</v>
       </c>
       <c r="M120" s="2">
-        <v>696.2</v>
+        <v>604</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B121" s="2">
-        <v>2194</v>
+        <v>2050</v>
       </c>
       <c r="C121" s="2">
-        <v>2062.5</v>
+        <v>2068</v>
       </c>
       <c r="D121" s="2">
-        <v>2195</v>
+        <v>2206.8</v>
       </c>
       <c r="E121" s="2">
-        <v>2051</v>
+        <v>2017.5</v>
       </c>
       <c r="F121" s="2">
-        <v>1377.7</v>
+        <v>1405</v>
       </c>
       <c r="G121" s="2">
-        <v>1330</v>
+        <v>1445.6</v>
       </c>
       <c r="H121" s="2">
-        <v>1385</v>
+        <v>1517.5</v>
       </c>
       <c r="I121" s="2">
-        <v>1327</v>
+        <v>1405</v>
       </c>
       <c r="J121" s="2">
-        <v>816.3</v>
+        <v>645</v>
       </c>
       <c r="K121" s="2">
-        <v>732.5</v>
+        <v>622.4</v>
       </c>
       <c r="L121" s="2">
-        <v>810</v>
+        <v>689.3</v>
       </c>
       <c r="M121" s="2">
-        <v>724</v>
+        <v>612.5</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B122" s="2">
-        <v>2189</v>
+        <v>1998</v>
       </c>
       <c r="C122" s="2">
-        <v>2146.3</v>
+        <v>1984.7</v>
       </c>
       <c r="D122" s="2">
-        <v>2201.9</v>
+        <v>2050</v>
       </c>
       <c r="E122" s="2">
-        <v>2116</v>
+        <v>1970</v>
       </c>
       <c r="F122" s="2">
-        <v>1375</v>
+        <v>1370</v>
       </c>
       <c r="G122" s="2">
-        <v>1356</v>
+        <v>1380.5</v>
       </c>
       <c r="H122" s="2">
-        <v>1393.1</v>
+        <v>1435.9</v>
       </c>
       <c r="I122" s="2">
-        <v>1331</v>
+        <v>1361</v>
       </c>
       <c r="J122" s="2">
-        <v>814</v>
+        <v>628</v>
       </c>
       <c r="K122" s="2">
-        <v>790.3</v>
+        <v>604.2</v>
       </c>
       <c r="L122" s="2">
-        <v>808.8</v>
+        <v>614.1</v>
       </c>
       <c r="M122" s="2">
-        <v>785</v>
+        <v>609</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B123" s="2">
-        <v>2100.2</v>
+        <v>2031</v>
       </c>
       <c r="C123" s="2">
-        <v>2199.1</v>
+        <v>2001.5</v>
       </c>
       <c r="D123" s="2">
-        <v>2228</v>
+        <v>2057.2</v>
       </c>
       <c r="E123" s="2">
-        <v>2073.8</v>
+        <v>1980</v>
       </c>
       <c r="F123" s="2">
-        <v>1327</v>
+        <v>1362</v>
       </c>
       <c r="G123" s="2">
-        <v>1383</v>
+        <v>1371.1</v>
       </c>
       <c r="H123" s="2">
-        <v>1396.9</v>
+        <v>1393.6</v>
       </c>
       <c r="I123" s="2">
-        <v>1327</v>
+        <v>1352.2</v>
       </c>
       <c r="J123" s="2">
-        <v>773.2</v>
+        <v>669</v>
       </c>
       <c r="K123" s="2">
-        <v>816.1</v>
+        <v>630.4</v>
       </c>
       <c r="L123" s="2">
-        <v>831.1</v>
+        <v>663.6</v>
       </c>
       <c r="M123" s="2">
-        <v>746.8</v>
+        <v>627.8</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B124" s="2">
-        <v>2104</v>
+        <v>2010</v>
       </c>
       <c r="C124" s="2">
-        <v>2100.2</v>
+        <v>2042.1</v>
       </c>
       <c r="D124" s="2">
-        <v>2129</v>
+        <v>2089</v>
       </c>
       <c r="E124" s="2">
-        <v>1988</v>
+        <v>1999.1</v>
       </c>
       <c r="F124" s="2">
-        <v>1368</v>
+        <v>1340</v>
       </c>
       <c r="G124" s="2">
-        <v>1339</v>
+        <v>1351.9</v>
       </c>
       <c r="H124" s="2">
-        <v>1369.3</v>
+        <v>1375</v>
       </c>
       <c r="I124" s="2">
-        <v>1301</v>
+        <v>1325</v>
       </c>
       <c r="J124" s="2">
-        <v>736</v>
+        <v>670</v>
       </c>
       <c r="K124" s="2">
-        <v>761.2</v>
+        <v>690.2</v>
       </c>
       <c r="L124" s="2">
-        <v>759.7</v>
+        <v>714</v>
       </c>
       <c r="M124" s="2">
-        <v>687</v>
+        <v>674.1</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B125" s="2">
-        <v>2130</v>
+        <v>2055</v>
       </c>
       <c r="C125" s="2">
-        <v>2075.3</v>
+        <v>2065.6</v>
       </c>
       <c r="D125" s="2">
-        <v>2145</v>
+        <v>2110</v>
       </c>
       <c r="E125" s="2">
-        <v>2022</v>
+        <v>2018.2</v>
       </c>
       <c r="F125" s="2">
-        <v>1381</v>
+        <v>1330</v>
       </c>
       <c r="G125" s="2">
-        <v>1346.4</v>
+        <v>1343.7</v>
       </c>
       <c r="H125" s="2">
-        <v>1404.7</v>
+        <v>1362.8</v>
       </c>
       <c r="I125" s="2">
-        <v>1343.1</v>
+        <v>1322</v>
       </c>
       <c r="J125" s="2">
-        <v>749</v>
+        <v>725</v>
       </c>
       <c r="K125" s="2">
-        <v>728.9</v>
+        <v>721.9</v>
       </c>
       <c r="L125" s="2">
-        <v>740.3</v>
+        <v>747.2</v>
       </c>
       <c r="M125" s="2">
-        <v>678.9</v>
+        <v>696.2</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B126" s="2">
-        <v>2000</v>
+        <v>2194</v>
       </c>
       <c r="C126" s="2">
-        <v>2131</v>
+        <v>2062.5</v>
       </c>
       <c r="D126" s="2">
-        <v>2189</v>
+        <v>2195</v>
       </c>
       <c r="E126" s="2">
-        <v>1970.5</v>
+        <v>2051</v>
       </c>
       <c r="F126" s="2">
+        <v>1377.7</v>
+      </c>
+      <c r="G126" s="2">
+        <v>1330</v>
+      </c>
+      <c r="H126" s="2">
         <v>1385</v>
       </c>
-      <c r="G126" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="I126" s="2">
-        <v>1362</v>
+        <v>1327</v>
       </c>
       <c r="J126" s="2">
-        <v>615</v>
+        <v>816.3</v>
       </c>
       <c r="K126" s="2">
-        <v>738.6</v>
+        <v>732.5</v>
       </c>
       <c r="L126" s="2">
-        <v>755.5</v>
+        <v>810</v>
       </c>
       <c r="M126" s="2">
-        <v>608.5</v>
+        <v>724</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B127" s="2">
-        <v>2065</v>
+        <v>2189</v>
       </c>
       <c r="C127" s="2">
-        <v>1949.5</v>
+        <v>2146.3</v>
       </c>
       <c r="D127" s="2">
-        <v>2082</v>
+        <v>2201.9</v>
       </c>
       <c r="E127" s="2">
-        <v>1926.3</v>
+        <v>2116</v>
       </c>
       <c r="F127" s="2">
-        <v>1800</v>
+        <v>1375</v>
       </c>
       <c r="G127" s="2">
-        <v>1773</v>
+        <v>1356</v>
       </c>
       <c r="H127" s="2">
-        <v>1832</v>
+        <v>1393.1</v>
       </c>
       <c r="I127" s="2">
-        <v>1751</v>
+        <v>1331</v>
       </c>
       <c r="J127" s="2">
-        <v>265</v>
+        <v>814</v>
       </c>
       <c r="K127" s="2">
-        <v>176.5</v>
+        <v>790.3</v>
       </c>
       <c r="L127" s="2">
-        <v>250</v>
+        <v>808.8</v>
       </c>
       <c r="M127" s="2">
-        <v>175.3</v>
+        <v>785</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B128" s="2">
-        <v>2085</v>
+        <v>2100.2</v>
       </c>
       <c r="C128" s="2">
-        <v>2048.4</v>
+        <v>2199.1</v>
       </c>
       <c r="D128" s="2">
-        <v>2091.1</v>
+        <v>2228</v>
       </c>
       <c r="E128" s="2">
-        <v>1987</v>
+        <v>2073.8</v>
       </c>
       <c r="F128" s="2">
-        <v>1815</v>
+        <v>1327</v>
       </c>
       <c r="G128" s="2">
-        <v>1782</v>
+        <v>1383</v>
       </c>
       <c r="H128" s="2">
-        <v>1830</v>
+        <v>1396.9</v>
       </c>
       <c r="I128" s="2">
-        <v>1756.2</v>
+        <v>1327</v>
       </c>
       <c r="J128" s="2">
-        <v>270</v>
+        <v>773.2</v>
       </c>
       <c r="K128" s="2">
-        <v>266.4</v>
+        <v>816.1</v>
       </c>
       <c r="L128" s="2">
-        <v>261.1</v>
+        <v>831.1</v>
       </c>
       <c r="M128" s="2">
-        <v>230.8</v>
+        <v>746.8</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B129" s="2">
-        <v>2208</v>
+        <v>2104</v>
       </c>
       <c r="C129" s="2">
-        <v>2085</v>
+        <v>2100.2</v>
       </c>
       <c r="D129" s="2">
-        <v>2224.2</v>
+        <v>2129</v>
       </c>
       <c r="E129" s="2">
-        <v>2050.1</v>
+        <v>1988</v>
       </c>
       <c r="F129" s="2">
-        <v>1870</v>
+        <v>1368</v>
       </c>
       <c r="G129" s="2">
-        <v>1841.5</v>
+        <v>1339</v>
       </c>
       <c r="H129" s="2">
-        <v>1930</v>
+        <v>1369.3</v>
       </c>
       <c r="I129" s="2">
-        <v>1795</v>
+        <v>1301</v>
       </c>
       <c r="J129" s="2">
-        <v>338</v>
+        <v>736</v>
       </c>
       <c r="K129" s="2">
-        <v>243.5</v>
+        <v>761.2</v>
       </c>
       <c r="L129" s="2">
-        <v>294.2</v>
+        <v>759.7</v>
       </c>
       <c r="M129" s="2">
-        <v>255.1</v>
+        <v>687</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B130" s="2">
-        <v>2251</v>
+        <v>2130</v>
       </c>
       <c r="C130" s="2">
-        <v>2224.9</v>
+        <v>2075.3</v>
       </c>
       <c r="D130" s="2">
-        <v>2256</v>
+        <v>2145</v>
       </c>
       <c r="E130" s="2">
-        <v>2171.2</v>
+        <v>2022</v>
       </c>
       <c r="F130" s="2">
-        <v>1800</v>
+        <v>1381</v>
       </c>
       <c r="G130" s="2">
-        <v>1851</v>
+        <v>1346.4</v>
       </c>
       <c r="H130" s="2">
-        <v>1878.9</v>
+        <v>1404.7</v>
       </c>
       <c r="I130" s="2">
-        <v>1783.3</v>
+        <v>1343.1</v>
       </c>
       <c r="J130" s="2">
-        <v>451</v>
+        <v>749</v>
       </c>
       <c r="K130" s="2">
-        <v>373.9</v>
+        <v>728.9</v>
       </c>
       <c r="L130" s="2">
-        <v>377.1</v>
+        <v>740.3</v>
       </c>
       <c r="M130" s="2">
-        <v>387.9</v>
+        <v>678.9</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B131" s="2">
-        <v>2121</v>
+        <v>2000</v>
       </c>
       <c r="C131" s="2">
-        <v>2206</v>
+        <v>2131</v>
       </c>
       <c r="D131" s="2">
-        <v>2248</v>
+        <v>2189</v>
       </c>
       <c r="E131" s="2">
-        <v>2080.1</v>
+        <v>1970.5</v>
       </c>
       <c r="F131" s="2">
-        <v>1680</v>
+        <v>1385</v>
       </c>
       <c r="G131" s="2">
-        <v>1768</v>
+        <v>1392.4</v>
       </c>
       <c r="H131" s="2">
-        <v>1800</v>
+        <v>1433.5</v>
       </c>
       <c r="I131" s="2">
-        <v>1680</v>
+        <v>1362</v>
       </c>
       <c r="J131" s="2">
-        <v>441</v>
+        <v>615</v>
       </c>
       <c r="K131" s="2">
-        <v>438</v>
+        <v>738.6</v>
       </c>
       <c r="L131" s="2">
-        <v>448</v>
+        <v>755.5</v>
       </c>
       <c r="M131" s="2">
-        <v>400.1</v>
+        <v>608.5</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B132" s="2">
-        <v>2269.8</v>
+        <v>2065</v>
       </c>
       <c r="C132" s="2">
-        <v>2121.1</v>
+        <v>1949.5</v>
       </c>
       <c r="D132" s="2">
-        <v>2329.4</v>
+        <v>2082</v>
       </c>
       <c r="E132" s="2">
-        <v>2107.1</v>
+        <v>1926.3</v>
       </c>
       <c r="F132" s="2">
-        <v>1730</v>
+        <v>1800</v>
       </c>
       <c r="G132" s="2">
-        <v>1677.2</v>
+        <v>1773</v>
       </c>
       <c r="H132" s="2">
-        <v>1799</v>
+        <v>1832</v>
       </c>
       <c r="I132" s="2">
-        <v>1670.2</v>
+        <v>1751</v>
       </c>
       <c r="J132" s="2">
-        <v>539.8</v>
+        <v>265</v>
       </c>
       <c r="K132" s="2">
-        <v>443.9</v>
+        <v>176.5</v>
       </c>
       <c r="L132" s="2">
-        <v>530.4</v>
+        <v>250</v>
       </c>
       <c r="M132" s="2">
-        <v>436.9</v>
+        <v>175.3</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B133" s="2">
-        <v>2340</v>
+        <v>2085</v>
       </c>
       <c r="C133" s="2">
-        <v>2263.1</v>
+        <v>2048.4</v>
       </c>
       <c r="D133" s="2">
-        <v>2378</v>
+        <v>2091.1</v>
       </c>
       <c r="E133" s="2">
-        <v>2230.6</v>
+        <v>1987</v>
       </c>
       <c r="F133" s="2">
-        <v>1720</v>
+        <v>1815</v>
       </c>
       <c r="G133" s="2">
-        <v>1725.9</v>
+        <v>1782</v>
       </c>
       <c r="H133" s="2">
-        <v>1758</v>
+        <v>1830</v>
       </c>
       <c r="I133" s="2">
-        <v>1690</v>
+        <v>1756.2</v>
       </c>
       <c r="J133" s="2">
-        <v>620</v>
+        <v>270</v>
       </c>
       <c r="K133" s="2">
-        <v>537.2</v>
+        <v>266.4</v>
       </c>
       <c r="L133" s="2">
-        <v>620</v>
+        <v>261.1</v>
       </c>
       <c r="M133" s="2">
-        <v>540.6</v>
+        <v>230.8</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B134" s="2">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="C134" s="2">
-        <v>2387.9</v>
+        <v>2085</v>
       </c>
       <c r="D134" s="2">
-        <v>2419.7</v>
+        <v>2224.2</v>
       </c>
       <c r="E134" s="2">
-        <v>2190</v>
+        <v>2050.1</v>
       </c>
       <c r="F134" s="2">
-        <v>1610</v>
+        <v>1870</v>
       </c>
       <c r="G134" s="2">
-        <v>1772.2</v>
+        <v>1841.5</v>
       </c>
       <c r="H134" s="2">
-        <v>1779</v>
+        <v>1930</v>
       </c>
       <c r="I134" s="2">
-        <v>1588</v>
+        <v>1795</v>
       </c>
       <c r="J134" s="2">
-        <v>585</v>
+        <v>338</v>
       </c>
       <c r="K134" s="2">
-        <v>615.7</v>
+        <v>243.5</v>
       </c>
       <c r="L134" s="2">
-        <v>640.7</v>
+        <v>294.2</v>
       </c>
       <c r="M134" s="2">
-        <v>602</v>
+        <v>255.1</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B135" s="2">
+        <v>2251</v>
+      </c>
+      <c r="C135" s="2">
+        <v>2224.9</v>
+      </c>
+      <c r="D135" s="2">
+        <v>2256</v>
+      </c>
+      <c r="E135" s="2">
+        <v>2171.2</v>
+      </c>
+      <c r="F135" s="2">
         <v>1800</v>
       </c>
-      <c r="C135" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="G135" s="2">
-        <v>2280</v>
+        <v>1851</v>
       </c>
       <c r="H135" s="2">
-        <v>2374</v>
+        <v>1878.9</v>
       </c>
       <c r="I135" s="2">
-        <v>2190</v>
+        <v>1783.3</v>
       </c>
       <c r="J135" s="2">
-        <v>-566</v>
+        <v>451</v>
       </c>
       <c r="K135" s="2">
-        <v>-595</v>
+        <v>373.9</v>
       </c>
       <c r="L135" s="2">
-        <v>-564</v>
+        <v>377.1</v>
       </c>
       <c r="M135" s="2">
-        <v>-550</v>
+        <v>387.9</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B136" s="2">
-        <v>1900</v>
+        <v>2121</v>
       </c>
       <c r="C136" s="2">
-        <v>1787.3</v>
+        <v>2206</v>
       </c>
       <c r="D136" s="2">
-        <v>1900</v>
+        <v>2248</v>
       </c>
       <c r="E136" s="2">
-        <v>1710.2</v>
+        <v>2080.1</v>
       </c>
       <c r="F136" s="2">
-        <v>2283</v>
+        <v>1680</v>
       </c>
       <c r="G136" s="2">
-        <v>2359.3</v>
+        <v>1768</v>
       </c>
       <c r="H136" s="2">
-        <v>2390</v>
+        <v>1800</v>
       </c>
       <c r="I136" s="2">
-        <v>2222</v>
+        <v>1680</v>
       </c>
       <c r="J136" s="2">
-        <v>-383</v>
+        <v>441</v>
       </c>
       <c r="K136" s="2">
-        <v>-572</v>
+        <v>438</v>
       </c>
       <c r="L136" s="2">
-        <v>-490</v>
+        <v>448</v>
       </c>
       <c r="M136" s="2">
-        <v>-511.8</v>
+        <v>400.1</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B137" s="2">
-        <v>1502</v>
+        <v>2269.8</v>
       </c>
       <c r="C137" s="2">
-        <v>1726</v>
+        <v>2121.1</v>
       </c>
       <c r="D137" s="2">
-        <v>1726</v>
+        <v>2329.4</v>
       </c>
       <c r="E137" s="2">
-        <v>1502</v>
+        <v>2107.1</v>
       </c>
       <c r="F137" s="2">
-        <v>2000</v>
+        <v>1730</v>
       </c>
       <c r="G137" s="2">
-        <v>2186.1</v>
+        <v>1677.2</v>
       </c>
       <c r="H137" s="2">
-        <v>2186.1</v>
+        <v>1799</v>
       </c>
       <c r="I137" s="2">
-        <v>1950.2</v>
+        <v>1670.2</v>
       </c>
       <c r="J137" s="2">
-        <v>-498</v>
+        <v>539.8</v>
       </c>
       <c r="K137" s="2">
-        <v>-460.1</v>
+        <v>443.9</v>
       </c>
       <c r="L137" s="2">
-        <v>-460.1</v>
+        <v>530.4</v>
       </c>
       <c r="M137" s="2">
-        <v>-448.2</v>
+        <v>436.9</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B138" s="2">
-        <v>1497</v>
+        <v>2340</v>
       </c>
       <c r="C138" s="2">
-        <v>1465.2</v>
+        <v>2263.1</v>
       </c>
       <c r="D138" s="2">
-        <v>1548</v>
+        <v>2378</v>
       </c>
       <c r="E138" s="2">
-        <v>1430</v>
+        <v>2230.6</v>
       </c>
       <c r="F138" s="2">
-        <v>1876</v>
+        <v>1720</v>
       </c>
       <c r="G138" s="2">
-        <v>1896</v>
+        <v>1725.9</v>
       </c>
       <c r="H138" s="2">
-        <v>1937.3</v>
+        <v>1758</v>
       </c>
       <c r="I138" s="2">
-        <v>1832</v>
+        <v>1690</v>
       </c>
       <c r="J138" s="2">
-        <v>-379</v>
+        <v>620</v>
       </c>
       <c r="K138" s="2">
-        <v>-430.8</v>
+        <v>537.2</v>
       </c>
       <c r="L138" s="2">
-        <v>-389.3</v>
+        <v>620</v>
       </c>
       <c r="M138" s="2">
-        <v>-402</v>
+        <v>540.6</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B139" s="2">
-        <v>1333.3</v>
+        <v>2195</v>
       </c>
       <c r="C139" s="2">
-        <v>1466.2</v>
+        <v>2387.9</v>
       </c>
       <c r="D139" s="2">
-        <v>1466.2</v>
+        <v>2419.7</v>
       </c>
       <c r="E139" s="2">
-        <v>1301</v>
+        <v>2190</v>
       </c>
       <c r="F139" s="2">
-        <v>1648</v>
+        <v>1610</v>
       </c>
       <c r="G139" s="2">
-        <v>1794</v>
+        <v>1772.2</v>
       </c>
       <c r="H139" s="2">
-        <v>1794</v>
+        <v>1779</v>
       </c>
       <c r="I139" s="2">
-        <v>1591.9</v>
+        <v>1588</v>
       </c>
       <c r="J139" s="2">
-        <v>-314.7</v>
+        <v>585</v>
       </c>
       <c r="K139" s="2">
-        <v>-327.8</v>
+        <v>615.7</v>
       </c>
       <c r="L139" s="2">
-        <v>-327.8</v>
+        <v>640.7</v>
       </c>
       <c r="M139" s="2">
-        <v>-290.9</v>
+        <v>602</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B140" s="2">
-        <v>1305</v>
+        <v>1800</v>
       </c>
       <c r="C140" s="2">
-        <v>1249.8</v>
+        <v>1685</v>
       </c>
       <c r="D140" s="2">
-        <v>1310</v>
+        <v>1810</v>
       </c>
       <c r="E140" s="2">
-        <v>1233.1</v>
+        <v>1640</v>
       </c>
       <c r="F140" s="2">
-        <v>1588</v>
+        <v>2366</v>
       </c>
       <c r="G140" s="2">
-        <v>1528.8</v>
+        <v>2280</v>
       </c>
       <c r="H140" s="2">
-        <v>1597</v>
+        <v>2374</v>
       </c>
       <c r="I140" s="2">
-        <v>1506.7</v>
+        <v>2190</v>
       </c>
       <c r="J140" s="2">
-        <v>-283</v>
+        <v>-566</v>
       </c>
       <c r="K140" s="2">
-        <v>-279</v>
+        <v>-595</v>
       </c>
       <c r="L140" s="2">
-        <v>-287</v>
+        <v>-564</v>
       </c>
       <c r="M140" s="2">
-        <v>-273.6</v>
+        <v>-550</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B141" s="2">
-        <v>1260</v>
+        <v>1900</v>
       </c>
       <c r="C141" s="2">
-        <v>1283</v>
+        <v>1787.3</v>
       </c>
       <c r="D141" s="2">
-        <v>1299</v>
+        <v>1900</v>
       </c>
       <c r="E141" s="2">
-        <v>1220</v>
+        <v>1710.2</v>
       </c>
       <c r="F141" s="2">
-        <v>1536</v>
+        <v>2283</v>
       </c>
       <c r="G141" s="2">
-        <v>1556.4</v>
+        <v>2359.3</v>
       </c>
       <c r="H141" s="2">
-        <v>1560</v>
+        <v>2390</v>
       </c>
       <c r="I141" s="2">
-        <v>1482</v>
+        <v>2222</v>
       </c>
       <c r="J141" s="2">
-        <v>-276</v>
+        <v>-383</v>
       </c>
       <c r="K141" s="2">
-        <v>-273.4</v>
+        <v>-572</v>
       </c>
       <c r="L141" s="2">
-        <v>-261</v>
+        <v>-490</v>
       </c>
       <c r="M141" s="2">
-        <v>-262</v>
+        <v>-511.8</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B142" s="2">
-        <v>1325</v>
+        <v>1502</v>
       </c>
       <c r="C142" s="2">
-        <v>1288.2</v>
+        <v>1726</v>
       </c>
       <c r="D142" s="2">
-        <v>1382.5</v>
+        <v>1726</v>
       </c>
       <c r="E142" s="2">
-        <v>1282</v>
+        <v>1502</v>
       </c>
       <c r="F142" s="2">
-        <v>1560</v>
+        <v>2000</v>
       </c>
       <c r="G142" s="2">
-        <v>1559.6</v>
+        <v>2186.1</v>
       </c>
       <c r="H142" s="2">
-        <v>1700</v>
+        <v>2186.1</v>
       </c>
       <c r="I142" s="2">
-        <v>1531.9</v>
+        <v>1950.2</v>
       </c>
       <c r="J142" s="2">
-        <v>-235</v>
+        <v>-498</v>
       </c>
       <c r="K142" s="2">
-        <v>-271.4</v>
+        <v>-460.1</v>
       </c>
       <c r="L142" s="2">
-        <v>-317.5</v>
+        <v>-460.1</v>
       </c>
       <c r="M142" s="2">
-        <v>-249.9</v>
+        <v>-448.2</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B143" s="2">
-        <v>1311</v>
+        <v>1497</v>
       </c>
       <c r="C143" s="2">
-        <v>1299.5</v>
+        <v>1465.2</v>
       </c>
       <c r="D143" s="2">
-        <v>1342.4</v>
+        <v>1548</v>
       </c>
       <c r="E143" s="2">
-        <v>1280</v>
+        <v>1430</v>
       </c>
       <c r="F143" s="2">
-        <v>1505</v>
+        <v>1876</v>
       </c>
       <c r="G143" s="2">
-        <v>1509.9</v>
+        <v>1896</v>
       </c>
       <c r="H143" s="2">
-        <v>1537</v>
+        <v>1937.3</v>
       </c>
       <c r="I143" s="2">
-        <v>1475</v>
+        <v>1832</v>
       </c>
       <c r="J143" s="2">
-        <v>-194</v>
+        <v>-379</v>
       </c>
       <c r="K143" s="2">
-        <v>-210.4</v>
+        <v>-430.8</v>
       </c>
       <c r="L143" s="2">
-        <v>-194.6</v>
+        <v>-389.3</v>
       </c>
       <c r="M143" s="2">
-        <v>-195</v>
+        <v>-402</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B144" s="2">
-        <v>1290</v>
+        <v>1333.3</v>
       </c>
       <c r="C144" s="2">
-        <v>1324.3</v>
+        <v>1466.2</v>
       </c>
       <c r="D144" s="2">
-        <v>1332.4</v>
+        <v>1466.2</v>
       </c>
       <c r="E144" s="2">
-        <v>1270.1</v>
+        <v>1301</v>
       </c>
       <c r="F144" s="2">
-        <v>1475</v>
+        <v>1648</v>
       </c>
       <c r="G144" s="2">
-        <v>1505.7</v>
+        <v>1794</v>
       </c>
       <c r="H144" s="2">
-        <v>1512</v>
+        <v>1794</v>
       </c>
       <c r="I144" s="2">
-        <v>1450</v>
+        <v>1591.9</v>
       </c>
       <c r="J144" s="2">
-        <v>-185</v>
+        <v>-314.7</v>
       </c>
       <c r="K144" s="2">
-        <v>-181.4</v>
+        <v>-327.8</v>
       </c>
       <c r="L144" s="2">
-        <v>-179.6</v>
+        <v>-327.8</v>
       </c>
       <c r="M144" s="2">
-        <v>-179.9</v>
+        <v>-290.9</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B145" s="2">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="C145" s="2">
-        <v>1275.6</v>
+        <v>1249.8</v>
       </c>
       <c r="D145" s="2">
-        <v>1323.9</v>
+        <v>1310</v>
       </c>
       <c r="E145" s="2">
-        <v>1247.8</v>
+        <v>1233.1</v>
       </c>
       <c r="F145" s="2">
-        <v>1480</v>
+        <v>1588</v>
       </c>
       <c r="G145" s="2">
-        <v>1470.5</v>
+        <v>1528.8</v>
       </c>
       <c r="H145" s="2">
-        <v>1526.8</v>
+        <v>1597</v>
       </c>
       <c r="I145" s="2">
-        <v>1438</v>
+        <v>1506.7</v>
       </c>
       <c r="J145" s="2">
-        <v>-180</v>
+        <v>-283</v>
       </c>
       <c r="K145" s="2">
-        <v>-194.9</v>
+        <v>-279</v>
       </c>
       <c r="L145" s="2">
-        <v>-202.9</v>
+        <v>-287</v>
       </c>
       <c r="M145" s="2">
-        <v>-190.2</v>
+        <v>-273.6</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B146" s="2">
-        <v>1377.4</v>
+        <v>1260</v>
       </c>
       <c r="C146" s="2">
-        <v>1385</v>
+        <v>1283</v>
       </c>
       <c r="D146" s="2">
-        <v>1410</v>
+        <v>1299</v>
       </c>
       <c r="E146" s="2">
-        <v>1363</v>
+        <v>1220</v>
       </c>
       <c r="F146" s="2">
-        <v>1613</v>
+        <v>1536</v>
       </c>
       <c r="G146" s="2">
-        <v>1570.8</v>
+        <v>1556.4</v>
       </c>
       <c r="H146" s="2">
-        <v>1644</v>
+        <v>1560</v>
       </c>
       <c r="I146" s="2">
-        <v>1554</v>
+        <v>1482</v>
       </c>
       <c r="J146" s="2">
-        <v>-235.6</v>
+        <v>-276</v>
       </c>
       <c r="K146" s="2">
-        <v>-185.8</v>
+        <v>-273.4</v>
       </c>
       <c r="L146" s="2">
-        <v>-234</v>
+        <v>-261</v>
       </c>
       <c r="M146" s="2">
-        <v>-191</v>
+        <v>-262</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B147" s="2">
-        <v>1351</v>
+        <v>1325</v>
       </c>
       <c r="C147" s="2">
-        <v>1365.1</v>
+        <v>1288.2</v>
       </c>
       <c r="D147" s="2">
-        <v>1418</v>
+        <v>1382.5</v>
       </c>
       <c r="E147" s="2">
-        <v>1343</v>
+        <v>1282</v>
       </c>
       <c r="F147" s="2">
-        <v>1577</v>
+        <v>1560</v>
       </c>
       <c r="G147" s="2">
-        <v>1613</v>
+        <v>1559.6</v>
       </c>
       <c r="H147" s="2">
-        <v>1640</v>
+        <v>1700</v>
       </c>
       <c r="I147" s="2">
-        <v>1563</v>
+        <v>1531.9</v>
       </c>
       <c r="J147" s="2">
-        <v>-226</v>
+        <v>-235</v>
       </c>
       <c r="K147" s="2">
-        <v>-247.9</v>
+        <v>-271.4</v>
       </c>
       <c r="L147" s="2">
-        <v>-222</v>
+        <v>-317.5</v>
       </c>
       <c r="M147" s="2">
-        <v>-220</v>
+        <v>-249.9</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B148" s="2">
-        <v>1494.9</v>
+        <v>1311</v>
       </c>
       <c r="C148" s="2">
-        <v>1358.4</v>
+        <v>1299.5</v>
       </c>
       <c r="D148" s="2">
-        <v>1498.9</v>
+        <v>1342.4</v>
       </c>
       <c r="E148" s="2">
-        <v>1333.5</v>
+        <v>1280</v>
       </c>
       <c r="F148" s="2">
-        <v>1700</v>
+        <v>1505</v>
       </c>
       <c r="G148" s="2">
-        <v>1577</v>
+        <v>1509.9</v>
       </c>
       <c r="H148" s="2">
-        <v>1700</v>
+        <v>1537</v>
       </c>
       <c r="I148" s="2">
-        <v>1522</v>
+        <v>1475</v>
       </c>
       <c r="J148" s="2">
-        <v>-205.1</v>
+        <v>-194</v>
       </c>
       <c r="K148" s="2">
-        <v>-218.6</v>
+        <v>-210.4</v>
       </c>
       <c r="L148" s="2">
-        <v>-201.1</v>
+        <v>-194.6</v>
       </c>
       <c r="M148" s="2">
-        <v>-188.5</v>
+        <v>-195</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B149" s="2">
-        <v>1493.5</v>
+        <v>1290</v>
       </c>
       <c r="C149" s="2">
-        <v>1509.1</v>
+        <v>1324.3</v>
       </c>
       <c r="D149" s="2">
-        <v>1530</v>
+        <v>1332.4</v>
       </c>
       <c r="E149" s="2">
-        <v>1470.7</v>
+        <v>1270.1</v>
       </c>
       <c r="F149" s="2">
-        <v>1666</v>
+        <v>1475</v>
       </c>
       <c r="G149" s="2">
-        <v>1706</v>
+        <v>1505.7</v>
       </c>
       <c r="H149" s="2">
-        <v>1730</v>
+        <v>1512</v>
       </c>
       <c r="I149" s="2">
-        <v>1662.8</v>
+        <v>1450</v>
       </c>
       <c r="J149" s="2">
-        <v>-172.5</v>
+        <v>-185</v>
       </c>
       <c r="K149" s="2">
-        <v>-196.9</v>
+        <v>-181.4</v>
       </c>
       <c r="L149" s="2">
-        <v>-200</v>
+        <v>-179.6</v>
       </c>
       <c r="M149" s="2">
-        <v>-192.1</v>
+        <v>-179.9</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B150" s="2">
-        <v>1545</v>
+        <v>1300</v>
       </c>
       <c r="C150" s="2">
-        <v>1456.8</v>
+        <v>1275.6</v>
       </c>
       <c r="D150" s="2">
-        <v>1551</v>
+        <v>1323.9</v>
       </c>
       <c r="E150" s="2">
-        <v>1449</v>
+        <v>1247.8</v>
       </c>
       <c r="F150" s="2">
-        <v>1701.1</v>
+        <v>1480</v>
       </c>
       <c r="G150" s="2">
-        <v>1625</v>
+        <v>1470.5</v>
       </c>
       <c r="H150" s="2">
-        <v>1735</v>
+        <v>1526.8</v>
       </c>
       <c r="I150" s="2">
-        <v>1620</v>
+        <v>1438</v>
       </c>
       <c r="J150" s="2">
-        <v>-156.1</v>
+        <v>-180</v>
       </c>
       <c r="K150" s="2">
-        <v>-168.2</v>
+        <v>-194.9</v>
       </c>
       <c r="L150" s="2">
-        <v>-184</v>
+        <v>-202.9</v>
       </c>
       <c r="M150" s="2">
-        <v>-171</v>
+        <v>-190.2</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B151" s="2">
-        <v>1545</v>
+        <v>1377.4</v>
       </c>
       <c r="C151" s="2">
-        <v>1522</v>
+        <v>1385</v>
       </c>
       <c r="D151" s="2">
-        <v>1580.5</v>
+        <v>1410</v>
       </c>
       <c r="E151" s="2">
-        <v>1467.6</v>
+        <v>1363</v>
       </c>
       <c r="F151" s="2">
-        <v>1671.5</v>
+        <v>1613</v>
       </c>
       <c r="G151" s="2">
-        <v>1712.8</v>
+        <v>1570.8</v>
       </c>
       <c r="H151" s="2">
-        <v>1750</v>
+        <v>1644</v>
       </c>
       <c r="I151" s="2">
-        <v>1667.9</v>
+        <v>1554</v>
       </c>
       <c r="J151" s="2">
-        <v>-126.5</v>
+        <v>-235.6</v>
       </c>
       <c r="K151" s="2">
-        <v>-190.8</v>
+        <v>-185.8</v>
       </c>
       <c r="L151" s="2">
-        <v>-169.5</v>
+        <v>-234</v>
       </c>
       <c r="M151" s="2">
-        <v>-200.3</v>
+        <v>-191</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="2" t="s">
         <v>163</v>
       </c>
       <c r="B152" s="2">
+        <v>1351</v>
+      </c>
+      <c r="C152" s="2">
+        <v>1365.1</v>
+      </c>
+      <c r="D152" s="2">
+        <v>1418</v>
+      </c>
+      <c r="E152" s="2">
+        <v>1343</v>
+      </c>
+      <c r="F152" s="2">
         <v>1577</v>
       </c>
-      <c r="C152" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="G152" s="2">
-        <v>1653.8</v>
+        <v>1613</v>
       </c>
       <c r="H152" s="2">
-        <v>1707.2</v>
+        <v>1640</v>
       </c>
       <c r="I152" s="2">
-        <v>1639.6</v>
+        <v>1563</v>
       </c>
       <c r="J152" s="2">
-        <v>-73</v>
+        <v>-226</v>
       </c>
       <c r="K152" s="2">
-        <v>-120.8</v>
+        <v>-247.9</v>
       </c>
       <c r="L152" s="2">
-        <v>-112.2</v>
+        <v>-222</v>
       </c>
       <c r="M152" s="2">
-        <v>-119.6</v>
+        <v>-220</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B153" s="2">
-        <v>1526</v>
+        <v>1494.9</v>
       </c>
       <c r="C153" s="2">
-        <v>1555.2</v>
+        <v>1358.4</v>
       </c>
       <c r="D153" s="2">
-        <v>1596</v>
+        <v>1498.9</v>
       </c>
       <c r="E153" s="2">
-        <v>1501</v>
+        <v>1333.5</v>
       </c>
       <c r="F153" s="2">
-        <v>1640</v>
+        <v>1700</v>
       </c>
       <c r="G153" s="2">
-        <v>1646</v>
+        <v>1577</v>
       </c>
       <c r="H153" s="2">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="I153" s="2">
-        <v>1604</v>
+        <v>1522</v>
       </c>
       <c r="J153" s="2">
-        <v>-114</v>
+        <v>-205.1</v>
       </c>
       <c r="K153" s="2">
-        <v>-90.8</v>
+        <v>-218.6</v>
       </c>
       <c r="L153" s="2">
-        <v>-100</v>
+        <v>-201.1</v>
       </c>
       <c r="M153" s="2">
-        <v>-103</v>
+        <v>-188.5</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B154" s="2">
-        <v>1600.1</v>
+        <v>1493.5</v>
       </c>
       <c r="C154" s="2">
-        <v>1540.6</v>
+        <v>1509.1</v>
       </c>
       <c r="D154" s="2">
-        <v>1635</v>
+        <v>1530</v>
       </c>
       <c r="E154" s="2">
-        <v>1520</v>
+        <v>1470.7</v>
       </c>
       <c r="F154" s="2">
-        <v>1680</v>
+        <v>1666</v>
       </c>
       <c r="G154" s="2">
-        <v>1626.5</v>
+        <v>1706</v>
       </c>
       <c r="H154" s="2">
-        <v>1718.9</v>
+        <v>1730</v>
       </c>
       <c r="I154" s="2">
-        <v>1602</v>
+        <v>1662.8</v>
       </c>
       <c r="J154" s="2">
-        <v>-79.9</v>
+        <v>-172.5</v>
       </c>
       <c r="K154" s="2">
-        <v>-85.9</v>
+        <v>-196.9</v>
       </c>
       <c r="L154" s="2">
-        <v>-83.9</v>
+        <v>-200</v>
       </c>
       <c r="M154" s="2">
-        <v>-82</v>
+        <v>-192.1</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B155" s="2">
-        <v>1680</v>
+        <v>1545</v>
       </c>
       <c r="C155" s="2">
-        <v>1600.1</v>
+        <v>1456.8</v>
       </c>
       <c r="D155" s="2">
-        <v>1697</v>
+        <v>1551</v>
       </c>
       <c r="E155" s="2">
-        <v>1600</v>
+        <v>1449</v>
       </c>
       <c r="F155" s="2">
-        <v>1702</v>
+        <v>1701.1</v>
       </c>
       <c r="G155" s="2">
-        <v>1695</v>
+        <v>1625</v>
       </c>
       <c r="H155" s="2">
-        <v>1744</v>
+        <v>1735</v>
       </c>
       <c r="I155" s="2">
-        <v>1676</v>
+        <v>1620</v>
       </c>
       <c r="J155" s="2">
-        <v>-22</v>
+        <v>-156.1</v>
       </c>
       <c r="K155" s="2">
-        <v>-94.9</v>
+        <v>-168.2</v>
       </c>
       <c r="L155" s="2">
-        <v>-47</v>
+        <v>-184</v>
       </c>
       <c r="M155" s="2">
-        <v>-76</v>
+        <v>-171</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B156" s="2">
-        <v>1742</v>
+        <v>1545</v>
       </c>
       <c r="C156" s="2">
-        <v>1697</v>
+        <v>1522</v>
       </c>
       <c r="D156" s="2">
-        <v>1787.9</v>
+        <v>1580.5</v>
       </c>
       <c r="E156" s="2">
-        <v>1680</v>
+        <v>1467.6</v>
       </c>
       <c r="F156" s="2">
-        <v>1780</v>
+        <v>1671.5</v>
       </c>
       <c r="G156" s="2">
-        <v>1708</v>
+        <v>1712.8</v>
       </c>
       <c r="H156" s="2">
-        <v>1780</v>
+        <v>1750</v>
       </c>
       <c r="I156" s="2">
-        <v>1703.4</v>
+        <v>1667.9</v>
       </c>
       <c r="J156" s="2">
-        <v>-38</v>
+        <v>-126.5</v>
       </c>
       <c r="K156" s="2">
-        <v>-11</v>
+        <v>-190.8</v>
       </c>
       <c r="L156" s="2">
-        <v>7.9</v>
+        <v>-169.5</v>
       </c>
       <c r="M156" s="2">
-        <v>-23.4</v>
+        <v>-200.3</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B157" s="2">
-        <v>1850</v>
+        <v>1577</v>
       </c>
       <c r="C157" s="2">
-        <v>1810.3</v>
+        <v>1533</v>
       </c>
       <c r="D157" s="2">
-        <v>1850</v>
+        <v>1595</v>
       </c>
       <c r="E157" s="2">
-        <v>1722</v>
+        <v>1520</v>
       </c>
       <c r="F157" s="2">
-        <v>1790</v>
+        <v>1650</v>
       </c>
       <c r="G157" s="2">
-        <v>1796.9</v>
+        <v>1653.8</v>
       </c>
       <c r="H157" s="2">
-        <v>1828</v>
+        <v>1707.2</v>
       </c>
       <c r="I157" s="2">
-        <v>1644.9</v>
+        <v>1639.6</v>
       </c>
       <c r="J157" s="2">
-        <v>60</v>
+        <v>-73</v>
       </c>
       <c r="K157" s="2">
-        <v>13.4</v>
+        <v>-120.8</v>
       </c>
       <c r="L157" s="2">
-        <v>22</v>
+        <v>-112.2</v>
       </c>
       <c r="M157" s="2">
-        <v>77.1</v>
+        <v>-119.6</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B158" s="2">
-        <v>1911.2</v>
+        <v>1526</v>
       </c>
       <c r="C158" s="2">
-        <v>1886</v>
+        <v>1555.2</v>
       </c>
       <c r="D158" s="2">
-        <v>1911.2</v>
+        <v>1596</v>
       </c>
       <c r="E158" s="2">
-        <v>1780</v>
+        <v>1501</v>
       </c>
       <c r="F158" s="2">
-        <v>1907</v>
+        <v>1640</v>
       </c>
       <c r="G158" s="2">
-        <v>1825</v>
+        <v>1646</v>
       </c>
       <c r="H158" s="2">
-        <v>1907.2</v>
+        <v>1696</v>
       </c>
       <c r="I158" s="2">
-        <v>1755</v>
+        <v>1604</v>
       </c>
       <c r="J158" s="2">
-        <v>4.2</v>
+        <v>-114</v>
       </c>
       <c r="K158" s="2">
-        <v>61</v>
+        <v>-90.8</v>
       </c>
       <c r="L158" s="2">
-        <v>4</v>
+        <v>-100</v>
       </c>
       <c r="M158" s="2">
-        <v>25</v>
+        <v>-103</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="2" t="s">
         <v>170</v>
       </c>
       <c r="B159" s="2">
-        <v>1700</v>
+        <v>1600.1</v>
       </c>
       <c r="C159" s="2">
-        <v>1704.7</v>
+        <v>1540.6</v>
       </c>
       <c r="D159" s="2">
-        <v>1745</v>
+        <v>1635</v>
       </c>
       <c r="E159" s="2">
-        <v>1535</v>
+        <v>1520</v>
       </c>
       <c r="F159" s="2">
-        <v>1640</v>
+        <v>1680</v>
       </c>
       <c r="G159" s="2">
-        <v>1703.2</v>
+        <v>1626.5</v>
       </c>
       <c r="H159" s="2">
-        <v>1747</v>
+        <v>1718.9</v>
       </c>
       <c r="I159" s="2">
-        <v>1558.2</v>
+        <v>1602</v>
       </c>
       <c r="J159" s="2">
-        <v>60</v>
+        <v>-79.9</v>
       </c>
       <c r="K159" s="2">
-        <v>1.5</v>
+        <v>-85.9</v>
       </c>
       <c r="L159" s="2">
-        <v>-2</v>
+        <v>-83.9</v>
       </c>
       <c r="M159" s="2">
-        <v>-23.2</v>
+        <v>-82</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B160" s="2">
-        <v>1899</v>
+        <v>1680</v>
       </c>
       <c r="C160" s="2">
-        <v>1767</v>
+        <v>1600.1</v>
       </c>
       <c r="D160" s="2">
-        <v>1943.7</v>
+        <v>1697</v>
       </c>
       <c r="E160" s="2">
-        <v>1705</v>
+        <v>1600</v>
       </c>
       <c r="F160" s="2">
-        <v>1940</v>
+        <v>1702</v>
       </c>
       <c r="G160" s="2">
-        <v>1768</v>
+        <v>1695</v>
       </c>
       <c r="H160" s="2">
-        <v>2012</v>
+        <v>1744</v>
       </c>
       <c r="I160" s="2">
-        <v>1716</v>
+        <v>1676</v>
       </c>
       <c r="J160" s="2">
-        <v>-41</v>
+        <v>-22</v>
       </c>
       <c r="K160" s="2">
-        <v>-1</v>
+        <v>-94.9</v>
       </c>
       <c r="L160" s="2">
-        <v>-68.3</v>
+        <v>-47</v>
       </c>
       <c r="M160" s="2">
-        <v>-11</v>
+        <v>-76</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B161" s="2">
-        <v>1968.9</v>
+        <v>1742</v>
       </c>
       <c r="C161" s="2">
-        <v>1885</v>
+        <v>1697</v>
       </c>
       <c r="D161" s="2">
-        <v>2032.9</v>
+        <v>1787.9</v>
       </c>
       <c r="E161" s="2">
-        <v>1851</v>
+        <v>1680</v>
       </c>
       <c r="F161" s="2">
-        <v>2000</v>
+        <v>1780</v>
       </c>
       <c r="G161" s="2">
-        <v>1980.1</v>
+        <v>1708</v>
       </c>
       <c r="H161" s="2">
-        <v>2100</v>
+        <v>1780</v>
       </c>
       <c r="I161" s="2">
-        <v>1950</v>
+        <v>1703.4</v>
       </c>
       <c r="J161" s="2">
-        <v>-31.1</v>
+        <v>-38</v>
       </c>
       <c r="K161" s="2">
-        <v>-95.1</v>
+        <v>-11</v>
       </c>
       <c r="L161" s="2">
-        <v>-67.1</v>
+        <v>7.9</v>
       </c>
       <c r="M161" s="2">
-        <v>-99</v>
+        <v>-23.4</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B162" s="2">
-        <v>2030</v>
+        <v>1850</v>
       </c>
       <c r="C162" s="2">
-        <v>2176.2</v>
+        <v>1810.3</v>
       </c>
       <c r="D162" s="2">
-        <v>2188</v>
+        <v>1850</v>
       </c>
       <c r="E162" s="2">
-        <v>2001</v>
+        <v>1722</v>
       </c>
       <c r="F162" s="2">
-        <v>2203</v>
+        <v>1790</v>
       </c>
       <c r="G162" s="2">
-        <v>2329.7</v>
+        <v>1796.9</v>
       </c>
       <c r="H162" s="2">
-        <v>2330.6</v>
+        <v>1828</v>
       </c>
       <c r="I162" s="2">
-        <v>2146</v>
+        <v>1644.9</v>
       </c>
       <c r="J162" s="2">
-        <v>-173</v>
+        <v>60</v>
       </c>
       <c r="K162" s="2">
-        <v>-153.5</v>
+        <v>13.4</v>
       </c>
       <c r="L162" s="2">
-        <v>-142.6</v>
+        <v>22</v>
       </c>
       <c r="M162" s="2">
-        <v>-145</v>
+        <v>77.1</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B163" s="2">
-        <v>2190</v>
+        <v>1911.2</v>
       </c>
       <c r="C163" s="2">
-        <v>2148</v>
+        <v>1886</v>
       </c>
       <c r="D163" s="2">
-        <v>2191.5</v>
+        <v>1911.2</v>
       </c>
       <c r="E163" s="2">
-        <v>2103.7</v>
+        <v>1780</v>
       </c>
       <c r="F163" s="2">
-        <v>2305.4</v>
+        <v>1907</v>
       </c>
       <c r="G163" s="2">
-        <v>2327</v>
+        <v>1825</v>
       </c>
       <c r="H163" s="2">
-        <v>2349.9</v>
+        <v>1907.2</v>
       </c>
       <c r="I163" s="2">
-        <v>2290.2</v>
+        <v>1755</v>
       </c>
       <c r="J163" s="2">
-        <v>-115.4</v>
+        <v>4.2</v>
       </c>
       <c r="K163" s="2">
-        <v>-179</v>
+        <v>61</v>
       </c>
       <c r="L163" s="2">
-        <v>-158.4</v>
+        <v>4</v>
       </c>
       <c r="M163" s="2">
-        <v>-186.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B164" s="2">
-        <v>2190</v>
+        <v>1700</v>
       </c>
       <c r="C164" s="2">
-        <v>2230</v>
+        <v>1704.7</v>
       </c>
       <c r="D164" s="2">
-        <v>2280</v>
+        <v>1745</v>
       </c>
       <c r="E164" s="2">
-        <v>2179</v>
+        <v>1535</v>
       </c>
       <c r="F164" s="2">
-        <v>2341</v>
+        <v>1640</v>
       </c>
       <c r="G164" s="2">
-        <v>2382</v>
+        <v>1703.2</v>
       </c>
       <c r="H164" s="2">
-        <v>2402.8</v>
+        <v>1747</v>
       </c>
       <c r="I164" s="2">
-        <v>2320</v>
+        <v>1558.2</v>
       </c>
       <c r="J164" s="2">
-        <v>-151</v>
+        <v>60</v>
       </c>
       <c r="K164" s="2">
-        <v>-152</v>
+        <v>1.5</v>
       </c>
       <c r="L164" s="2">
-        <v>-122.8</v>
+        <v>-2</v>
       </c>
       <c r="M164" s="2">
-        <v>-141</v>
+        <v>-23.2</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B165" s="2">
-        <v>2300</v>
+        <v>1899</v>
       </c>
       <c r="C165" s="2">
-        <v>2183.7</v>
+        <v>1767</v>
       </c>
       <c r="D165" s="2">
-        <v>2318</v>
+        <v>1943.7</v>
       </c>
       <c r="E165" s="2">
-        <v>2170</v>
+        <v>1705</v>
       </c>
       <c r="F165" s="2">
-        <v>2420</v>
+        <v>1940</v>
       </c>
       <c r="G165" s="2">
-        <v>2318</v>
+        <v>1768</v>
       </c>
       <c r="H165" s="2">
-        <v>2420.1</v>
+        <v>2012</v>
       </c>
       <c r="I165" s="2">
-        <v>2314.7</v>
+        <v>1716</v>
       </c>
       <c r="J165" s="2">
-        <v>-120</v>
+        <v>-41</v>
       </c>
       <c r="K165" s="2">
-        <v>-134.3</v>
+        <v>-1</v>
       </c>
       <c r="L165" s="2">
-        <v>-102.1</v>
+        <v>-68.3</v>
       </c>
       <c r="M165" s="2">
-        <v>-144.7</v>
+        <v>-11</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B166" s="2">
-        <v>2200</v>
+        <v>1968.9</v>
       </c>
       <c r="C166" s="2">
-        <v>2288</v>
+        <v>1885</v>
       </c>
       <c r="D166" s="2">
-        <v>2295</v>
+        <v>2032.9</v>
       </c>
       <c r="E166" s="2">
-        <v>2180</v>
+        <v>1851</v>
       </c>
       <c r="F166" s="2">
-        <v>2347.1</v>
+        <v>2000</v>
       </c>
       <c r="G166" s="2">
-        <v>2392.1</v>
+        <v>1980.1</v>
       </c>
       <c r="H166" s="2">
-        <v>2428</v>
+        <v>2100</v>
       </c>
       <c r="I166" s="2">
-        <v>2336.3</v>
+        <v>1950</v>
       </c>
       <c r="J166" s="2">
-        <v>-147.1</v>
+        <v>-31.1</v>
       </c>
       <c r="K166" s="2">
-        <v>-104.1</v>
+        <v>-95.1</v>
       </c>
       <c r="L166" s="2">
-        <v>-133</v>
+        <v>-67.1</v>
       </c>
       <c r="M166" s="2">
-        <v>-156.3</v>
+        <v>-99</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B167" s="2">
-        <v>2178.8</v>
+        <v>2030</v>
       </c>
       <c r="C167" s="2">
-        <v>2160.2</v>
+        <v>2176.2</v>
       </c>
       <c r="D167" s="2">
-        <v>2195</v>
+        <v>2188</v>
       </c>
       <c r="E167" s="2">
-        <v>2124</v>
+        <v>2001</v>
       </c>
       <c r="F167" s="2">
-        <v>2329.9</v>
+        <v>2203</v>
       </c>
       <c r="G167" s="2">
-        <v>2324.6</v>
+        <v>2329.7</v>
       </c>
       <c r="H167" s="2">
-        <v>2355.2</v>
+        <v>2330.6</v>
       </c>
       <c r="I167" s="2">
-        <v>2302</v>
+        <v>2146</v>
       </c>
       <c r="J167" s="2">
-        <v>-151.1</v>
+        <v>-173</v>
       </c>
       <c r="K167" s="2">
-        <v>-164.4</v>
+        <v>-153.5</v>
       </c>
       <c r="L167" s="2">
-        <v>-160.2</v>
+        <v>-142.6</v>
       </c>
       <c r="M167" s="2">
-        <v>-178</v>
+        <v>-145</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="2" t="s">
         <v>179</v>
       </c>
       <c r="B168" s="2">
-        <v>2166</v>
+        <v>2190</v>
       </c>
       <c r="C168" s="2">
-        <v>2144.9</v>
+        <v>2148</v>
       </c>
       <c r="D168" s="2">
-        <v>2199</v>
+        <v>2191.5</v>
       </c>
       <c r="E168" s="2">
-        <v>2093.1</v>
+        <v>2103.7</v>
       </c>
       <c r="F168" s="2">
-        <v>2290.5</v>
+        <v>2305.4</v>
       </c>
       <c r="G168" s="2">
-        <v>2329.9</v>
+        <v>2327</v>
       </c>
       <c r="H168" s="2">
-        <v>2376</v>
+        <v>2349.9</v>
       </c>
       <c r="I168" s="2">
-        <v>2290.5</v>
+        <v>2290.2</v>
       </c>
       <c r="J168" s="2">
-        <v>-124.5</v>
+        <v>-115.4</v>
       </c>
       <c r="K168" s="2">
-        <v>-185</v>
+        <v>-179</v>
       </c>
       <c r="L168" s="2">
-        <v>-177</v>
+        <v>-158.4</v>
       </c>
       <c r="M168" s="2">
-        <v>-197.4</v>
+        <v>-186.5</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B169" s="2">
-        <v>2060</v>
+        <v>2190</v>
       </c>
       <c r="C169" s="2">
-        <v>2146.8</v>
+        <v>2230</v>
       </c>
       <c r="D169" s="2">
-        <v>2213</v>
+        <v>2280</v>
       </c>
       <c r="E169" s="2">
-        <v>2013</v>
+        <v>2179</v>
       </c>
       <c r="F169" s="2">
-        <v>2228</v>
+        <v>2341</v>
       </c>
       <c r="G169" s="2">
-        <v>2301.3</v>
+        <v>2382</v>
       </c>
       <c r="H169" s="2">
-        <v>2336.8</v>
+        <v>2402.8</v>
       </c>
       <c r="I169" s="2">
-        <v>2206</v>
+        <v>2320</v>
       </c>
       <c r="J169" s="2">
-        <v>-168</v>
+        <v>-151</v>
       </c>
       <c r="K169" s="2">
-        <v>-154.5</v>
+        <v>-152</v>
       </c>
       <c r="L169" s="2">
-        <v>-123.8</v>
+        <v>-122.8</v>
       </c>
       <c r="M169" s="2">
-        <v>-193</v>
+        <v>-141</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B170" s="2">
-        <v>2100</v>
+        <v>2300</v>
       </c>
       <c r="C170" s="2">
-        <v>2072</v>
+        <v>2183.7</v>
       </c>
       <c r="D170" s="2">
-        <v>2108</v>
+        <v>2318</v>
       </c>
       <c r="E170" s="2">
-        <v>2038</v>
+        <v>2170</v>
       </c>
       <c r="F170" s="2">
-        <v>2208.1</v>
+        <v>2420</v>
       </c>
       <c r="G170" s="2">
-        <v>2236</v>
+        <v>2318</v>
       </c>
       <c r="H170" s="2">
-        <v>2260</v>
+        <v>2420.1</v>
       </c>
       <c r="I170" s="2">
-        <v>2158</v>
+        <v>2314.7</v>
       </c>
       <c r="J170" s="2">
-        <v>-108.1</v>
+        <v>-120</v>
       </c>
       <c r="K170" s="2">
-        <v>-164</v>
+        <v>-134.3</v>
       </c>
       <c r="L170" s="2">
-        <v>-152</v>
+        <v>-102.1</v>
       </c>
       <c r="M170" s="2">
-        <v>-120</v>
+        <v>-144.7</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="2" t="s">
         <v>182</v>
       </c>
       <c r="B171" s="2">
-        <v>2085</v>
+        <v>2200</v>
       </c>
       <c r="C171" s="2">
-        <v>2078.9</v>
+        <v>2288</v>
       </c>
       <c r="D171" s="2">
-        <v>2140</v>
+        <v>2295</v>
       </c>
       <c r="E171" s="2">
-        <v>2010</v>
+        <v>2180</v>
       </c>
       <c r="F171" s="2">
-        <v>2180</v>
+        <v>2347.1</v>
       </c>
       <c r="G171" s="2">
-        <v>2207.9</v>
+        <v>2392.1</v>
       </c>
       <c r="H171" s="2">
-        <v>2227</v>
+        <v>2428</v>
       </c>
       <c r="I171" s="2">
-        <v>2160</v>
+        <v>2336.3</v>
       </c>
       <c r="J171" s="2">
-        <v>-95</v>
+        <v>-147.1</v>
       </c>
       <c r="K171" s="2">
-        <v>-129</v>
+        <v>-104.1</v>
       </c>
       <c r="L171" s="2">
-        <v>-87</v>
+        <v>-133</v>
       </c>
       <c r="M171" s="2">
-        <v>-150</v>
+        <v>-156.3</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B172" s="2">
-        <v>2030</v>
+        <v>2178.8</v>
       </c>
       <c r="C172" s="2">
-        <v>2038</v>
+        <v>2160.2</v>
       </c>
       <c r="D172" s="2">
-        <v>2079</v>
+        <v>2195</v>
       </c>
       <c r="E172" s="2">
-        <v>1976</v>
+        <v>2124</v>
       </c>
       <c r="F172" s="2">
-        <v>2200.2</v>
+        <v>2329.9</v>
       </c>
       <c r="G172" s="2">
-        <v>2157</v>
+        <v>2324.6</v>
       </c>
       <c r="H172" s="2">
-        <v>2233.3</v>
+        <v>2355.2</v>
       </c>
       <c r="I172" s="2">
-        <v>2128</v>
+        <v>2302</v>
       </c>
       <c r="J172" s="2">
-        <v>-170.2</v>
+        <v>-151.1</v>
       </c>
       <c r="K172" s="2">
-        <v>-119</v>
+        <v>-164.4</v>
       </c>
       <c r="L172" s="2">
-        <v>-154.3</v>
+        <v>-160.2</v>
       </c>
       <c r="M172" s="2">
-        <v>-152</v>
+        <v>-178</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B173" s="2">
-        <v>2234.1</v>
+        <v>2166</v>
       </c>
       <c r="C173" s="2">
-        <v>2056</v>
+        <v>2144.9</v>
       </c>
       <c r="D173" s="2">
-        <v>2297.8</v>
+        <v>2199</v>
       </c>
       <c r="E173" s="2">
-        <v>2032</v>
+        <v>2093.1</v>
       </c>
       <c r="F173" s="2">
-        <v>2300</v>
+        <v>2290.5</v>
       </c>
       <c r="G173" s="2">
-        <v>2199</v>
+        <v>2329.9</v>
       </c>
       <c r="H173" s="2">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="I173" s="2">
-        <v>2130</v>
+        <v>2290.5</v>
       </c>
       <c r="J173" s="2">
-        <v>-65.9</v>
+        <v>-124.5</v>
       </c>
       <c r="K173" s="2">
-        <v>-143</v>
+        <v>-185</v>
       </c>
       <c r="L173" s="2">
-        <v>-76.2</v>
+        <v>-177</v>
       </c>
       <c r="M173" s="2">
-        <v>-98</v>
+        <v>-197.4</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="2" t="s">
         <v>185</v>
       </c>
       <c r="B174" s="2">
-        <v>2210</v>
+        <v>2060</v>
       </c>
       <c r="C174" s="2">
+        <v>2146.8</v>
+      </c>
+      <c r="D174" s="2">
+        <v>2213</v>
+      </c>
+      <c r="E174" s="2">
+        <v>2013</v>
+      </c>
+      <c r="F174" s="2">
         <v>2228</v>
       </c>
-      <c r="D174" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="G174" s="2">
-        <v>2293.5</v>
+        <v>2301.3</v>
       </c>
       <c r="H174" s="2">
-        <v>2339</v>
+        <v>2336.8</v>
       </c>
       <c r="I174" s="2">
-        <v>2246</v>
+        <v>2206</v>
       </c>
       <c r="J174" s="2">
-        <v>-50.1</v>
+        <v>-168</v>
       </c>
       <c r="K174" s="2">
-        <v>-65.5</v>
+        <v>-154.5</v>
       </c>
       <c r="L174" s="2">
-        <v>-50</v>
+        <v>-123.8</v>
       </c>
       <c r="M174" s="2">
-        <v>-73.8</v>
+        <v>-193</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B175" s="2">
-        <v>2280</v>
+        <v>2100</v>
       </c>
       <c r="C175" s="2">
-        <v>2204.1</v>
+        <v>2072</v>
       </c>
       <c r="D175" s="2">
-        <v>2333.2</v>
+        <v>2108</v>
       </c>
       <c r="E175" s="2">
-        <v>2156</v>
+        <v>2038</v>
       </c>
       <c r="F175" s="2">
-        <v>2280</v>
+        <v>2208.1</v>
       </c>
       <c r="G175" s="2">
-        <v>2253.5</v>
+        <v>2236</v>
       </c>
       <c r="H175" s="2">
-        <v>2333.4</v>
+        <v>2260</v>
       </c>
       <c r="I175" s="2">
-        <v>2200.4</v>
+        <v>2158</v>
       </c>
       <c r="J175" s="2">
-        <v>0</v>
+        <v>-108.1</v>
       </c>
       <c r="K175" s="2">
-        <v>-49.4</v>
+        <v>-164</v>
       </c>
       <c r="L175" s="2">
-        <v>-0.2</v>
+        <v>-152</v>
       </c>
       <c r="M175" s="2">
-        <v>-44.4</v>
+        <v>-120</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B176" s="2">
-        <v>2120</v>
+        <v>2085</v>
       </c>
       <c r="C176" s="2">
-        <v>2154.1</v>
+        <v>2078.9</v>
       </c>
       <c r="D176" s="2">
-        <v>2194.7</v>
+        <v>2140</v>
       </c>
       <c r="E176" s="2">
-        <v>2080</v>
+        <v>2010</v>
       </c>
       <c r="F176" s="2">
-        <v>2151.9</v>
+        <v>2180</v>
       </c>
       <c r="G176" s="2">
-        <v>2191</v>
+        <v>2207.9</v>
       </c>
       <c r="H176" s="2">
-        <v>2249.4</v>
+        <v>2227</v>
       </c>
       <c r="I176" s="2">
-        <v>2130</v>
+        <v>2160</v>
       </c>
       <c r="J176" s="2">
-        <v>-31.9</v>
+        <v>-95</v>
       </c>
       <c r="K176" s="2">
-        <v>-36.9</v>
+        <v>-129</v>
       </c>
       <c r="L176" s="2">
-        <v>-54.7</v>
+        <v>-87</v>
       </c>
       <c r="M176" s="2">
-        <v>-50</v>
+        <v>-150</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B177" s="2">
-        <v>2276</v>
+        <v>2030</v>
       </c>
       <c r="C177" s="2">
-        <v>2122.1</v>
+        <v>2038</v>
       </c>
       <c r="D177" s="2">
-        <v>2298</v>
+        <v>2079</v>
       </c>
       <c r="E177" s="2">
-        <v>2088</v>
+        <v>1976</v>
       </c>
       <c r="F177" s="2">
-        <v>2272</v>
+        <v>2200.2</v>
       </c>
       <c r="G177" s="2">
-        <v>2167.8</v>
+        <v>2157</v>
       </c>
       <c r="H177" s="2">
-        <v>2310</v>
+        <v>2233.3</v>
       </c>
       <c r="I177" s="2">
-        <v>2101.3</v>
+        <v>2128</v>
       </c>
       <c r="J177" s="2">
-        <v>4</v>
+        <v>-170.2</v>
       </c>
       <c r="K177" s="2">
-        <v>-45.7</v>
+        <v>-119</v>
       </c>
       <c r="L177" s="2">
-        <v>-12</v>
+        <v>-154.3</v>
       </c>
       <c r="M177" s="2">
-        <v>-13.3</v>
+        <v>-152</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B178" s="2">
-        <v>2385</v>
+        <v>2234.1</v>
       </c>
       <c r="C178" s="2">
-        <v>2272</v>
+        <v>2056</v>
       </c>
       <c r="D178" s="2">
-        <v>2438.8</v>
+        <v>2297.8</v>
       </c>
       <c r="E178" s="2">
-        <v>2245.4</v>
+        <v>2032</v>
       </c>
       <c r="F178" s="2">
-        <v>2429</v>
+        <v>2300</v>
       </c>
       <c r="G178" s="2">
-        <v>2276.7</v>
+        <v>2199</v>
       </c>
       <c r="H178" s="2">
-        <v>2429</v>
+        <v>2374</v>
       </c>
       <c r="I178" s="2">
-        <v>2254.9</v>
+        <v>2130</v>
       </c>
       <c r="J178" s="2">
-        <v>-44</v>
+        <v>-65.9</v>
       </c>
       <c r="K178" s="2">
-        <v>-4.7</v>
+        <v>-143</v>
       </c>
       <c r="L178" s="2">
-        <v>9.8</v>
+        <v>-76.2</v>
       </c>
       <c r="M178" s="2">
-        <v>-9.5</v>
+        <v>-98</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B179" s="2">
-        <v>2250</v>
+        <v>2210</v>
       </c>
       <c r="C179" s="2">
-        <v>2335.8</v>
+        <v>2228</v>
       </c>
       <c r="D179" s="2">
-        <v>2386</v>
+        <v>2289</v>
       </c>
       <c r="E179" s="2">
-        <v>2204</v>
+        <v>2172.2</v>
       </c>
       <c r="F179" s="2">
-        <v>2263.7</v>
+        <v>2260.1</v>
       </c>
       <c r="G179" s="2">
-        <v>2336</v>
+        <v>2293.5</v>
       </c>
       <c r="H179" s="2">
-        <v>2380</v>
+        <v>2339</v>
       </c>
       <c r="I179" s="2">
-        <v>2230.1</v>
+        <v>2246</v>
       </c>
       <c r="J179" s="2">
-        <v>-13.7</v>
+        <v>-50.1</v>
       </c>
       <c r="K179" s="2">
-        <v>-0.2</v>
+        <v>-65.5</v>
       </c>
       <c r="L179" s="2">
-        <v>6</v>
+        <v>-50</v>
       </c>
       <c r="M179" s="2">
-        <v>-26.1</v>
+        <v>-73.8</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B180" s="2">
-        <v>2320</v>
+        <v>2280</v>
       </c>
       <c r="C180" s="2">
-        <v>2265.5</v>
+        <v>2204.1</v>
       </c>
       <c r="D180" s="2">
-        <v>2335</v>
+        <v>2333.2</v>
       </c>
       <c r="E180" s="2">
-        <v>2200</v>
+        <v>2156</v>
       </c>
       <c r="F180" s="2">
-        <v>2270</v>
+        <v>2280</v>
       </c>
       <c r="G180" s="2">
-        <v>2257.7</v>
+        <v>2253.5</v>
       </c>
       <c r="H180" s="2">
-        <v>2345.6</v>
+        <v>2333.4</v>
       </c>
       <c r="I180" s="2">
-        <v>2205.6</v>
+        <v>2200.4</v>
       </c>
       <c r="J180" s="2">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K180" s="2">
-        <v>7.8</v>
+        <v>-49.4</v>
       </c>
       <c r="L180" s="2">
-        <v>-10.6</v>
+        <v>-0.2</v>
       </c>
       <c r="M180" s="2">
-        <v>-5.6</v>
+        <v>-44.4</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="2" t="s">
         <v>192</v>
       </c>
       <c r="B181" s="2">
-        <v>2338</v>
+        <v>2120</v>
       </c>
       <c r="C181" s="2">
-        <v>2330</v>
+        <v>2154.1</v>
       </c>
       <c r="D181" s="2">
-        <v>2395</v>
+        <v>2194.7</v>
       </c>
       <c r="E181" s="2">
-        <v>2263</v>
+        <v>2080</v>
       </c>
       <c r="F181" s="2">
-        <v>2350</v>
+        <v>2151.9</v>
       </c>
       <c r="G181" s="2">
-        <v>2339.9</v>
+        <v>2191</v>
       </c>
       <c r="H181" s="2">
-        <v>2376.7</v>
+        <v>2249.4</v>
       </c>
       <c r="I181" s="2">
-        <v>2268</v>
+        <v>2130</v>
       </c>
       <c r="J181" s="2">
-        <v>-12</v>
+        <v>-31.9</v>
       </c>
       <c r="K181" s="2">
-        <v>-9.9</v>
+        <v>-36.9</v>
       </c>
       <c r="L181" s="2">
-        <v>18.3</v>
+        <v>-54.7</v>
       </c>
       <c r="M181" s="2">
-        <v>-5</v>
+        <v>-50</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="2" t="s">
         <v>193</v>
       </c>
       <c r="B182" s="2">
-        <v>2150</v>
+        <v>2276</v>
       </c>
       <c r="C182" s="2">
-        <v>2336</v>
+        <v>2122.1</v>
       </c>
       <c r="D182" s="2">
-        <v>2357</v>
+        <v>2298</v>
       </c>
       <c r="E182" s="2">
-        <v>2103</v>
+        <v>2088</v>
       </c>
       <c r="F182" s="2">
-        <v>2220</v>
+        <v>2272</v>
       </c>
       <c r="G182" s="2">
-        <v>2326</v>
+        <v>2167.8</v>
       </c>
       <c r="H182" s="2">
-        <v>2393.8</v>
+        <v>2310</v>
       </c>
       <c r="I182" s="2">
-        <v>2154</v>
+        <v>2101.3</v>
       </c>
       <c r="J182" s="2">
-        <v>-70</v>
+        <v>4</v>
       </c>
       <c r="K182" s="2">
-        <v>10</v>
+        <v>-45.7</v>
       </c>
       <c r="L182" s="2">
-        <v>-36.8</v>
+        <v>-12</v>
       </c>
       <c r="M182" s="2">
-        <v>-51</v>
+        <v>-13.3</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="2" t="s">
         <v>194</v>
       </c>
       <c r="B183" s="2">
-        <v>2020</v>
+        <v>2385</v>
       </c>
       <c r="C183" s="2">
-        <v>2098.9</v>
+        <v>2272</v>
       </c>
       <c r="D183" s="2">
-        <v>2102.1</v>
+        <v>2438.8</v>
       </c>
       <c r="E183" s="2">
-        <v>1964</v>
+        <v>2245.4</v>
       </c>
       <c r="F183" s="2">
-        <v>2065</v>
+        <v>2429</v>
       </c>
       <c r="G183" s="2">
-        <v>2126</v>
+        <v>2276.7</v>
       </c>
       <c r="H183" s="2">
-        <v>2148</v>
+        <v>2429</v>
       </c>
       <c r="I183" s="2">
-        <v>2036.2</v>
+        <v>2254.9</v>
       </c>
       <c r="J183" s="2">
-        <v>-45</v>
+        <v>-44</v>
       </c>
       <c r="K183" s="2">
-        <v>-27.1</v>
+        <v>-4.7</v>
       </c>
       <c r="L183" s="2">
-        <v>-45.9</v>
+        <v>9.8</v>
       </c>
       <c r="M183" s="2">
-        <v>-72.2</v>
+        <v>-9.5</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B184" s="2">
-        <v>2300</v>
+        <v>2250</v>
       </c>
       <c r="C184" s="2">
-        <v>2020</v>
+        <v>2335.8</v>
       </c>
       <c r="D184" s="2">
-        <v>2326.6</v>
+        <v>2386</v>
       </c>
       <c r="E184" s="2">
-        <v>2020</v>
+        <v>2204</v>
       </c>
       <c r="F184" s="2">
-        <v>1748</v>
+        <v>2263.7</v>
       </c>
       <c r="G184" s="2">
-        <v>1673</v>
+        <v>2336</v>
       </c>
       <c r="H184" s="2">
-        <v>1755</v>
+        <v>2380</v>
       </c>
       <c r="I184" s="2">
-        <v>1669</v>
+        <v>2230.1</v>
       </c>
       <c r="J184" s="2">
-        <v>552</v>
+        <v>-13.7</v>
       </c>
       <c r="K184" s="2">
-        <v>347</v>
+        <v>-0.2</v>
       </c>
       <c r="L184" s="2">
-        <v>571.6</v>
+        <v>6</v>
       </c>
       <c r="M184" s="2">
-        <v>351</v>
+        <v>-26.1</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B185" s="2">
-        <v>1796</v>
+        <v>2320</v>
       </c>
       <c r="C185" s="2">
-        <v>1764.1</v>
+        <v>2265.5</v>
       </c>
       <c r="D185" s="2">
-        <v>1870</v>
+        <v>2335</v>
       </c>
       <c r="E185" s="2">
-        <v>1750.4</v>
+        <v>2200</v>
       </c>
       <c r="F185" s="2">
-        <v>2260</v>
+        <v>2270</v>
       </c>
       <c r="G185" s="2">
-        <v>2346</v>
+        <v>2257.7</v>
       </c>
       <c r="H185" s="2">
-        <v>2416</v>
+        <v>2345.6</v>
       </c>
       <c r="I185" s="2">
-        <v>2260</v>
+        <v>2205.6</v>
       </c>
       <c r="J185" s="2">
-        <v>-464</v>
+        <v>50</v>
       </c>
       <c r="K185" s="2">
-        <v>-581.9</v>
+        <v>7.8</v>
       </c>
       <c r="L185" s="2">
-        <v>-546</v>
+        <v>-10.6</v>
       </c>
       <c r="M185" s="2">
-        <v>-509.6</v>
+        <v>-5.6</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="2" t="s">
         <v>197</v>
       </c>
       <c r="B186" s="2">
-        <v>1776.9</v>
+        <v>2338</v>
       </c>
       <c r="C186" s="2">
-        <v>1774.1</v>
+        <v>2330</v>
       </c>
       <c r="D186" s="2">
-        <v>1794</v>
+        <v>2395</v>
       </c>
       <c r="E186" s="2">
-        <v>1745</v>
+        <v>2263</v>
       </c>
       <c r="F186" s="2">
-        <v>2280</v>
+        <v>2350</v>
       </c>
       <c r="G186" s="2">
-        <v>2250</v>
+        <v>2339.9</v>
       </c>
       <c r="H186" s="2">
-        <v>2298</v>
+        <v>2376.7</v>
       </c>
       <c r="I186" s="2">
-        <v>2208.3</v>
+        <v>2268</v>
       </c>
       <c r="J186" s="2">
-        <v>-503.1</v>
+        <v>-12</v>
       </c>
       <c r="K186" s="2">
-        <v>-475.9</v>
+        <v>-9.9</v>
       </c>
       <c r="L186" s="2">
-        <v>-504</v>
+        <v>18.3</v>
       </c>
       <c r="M186" s="2">
-        <v>-463.3</v>
+        <v>-5</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B187" s="2">
-        <v>1750</v>
+        <v>2150</v>
       </c>
       <c r="C187" s="2">
-        <v>1800.5</v>
+        <v>2336</v>
       </c>
       <c r="D187" s="2">
-        <v>1810</v>
+        <v>2357</v>
       </c>
       <c r="E187" s="2">
-        <v>1727</v>
+        <v>2103</v>
       </c>
       <c r="F187" s="2">
-        <v>2244.9</v>
+        <v>2220</v>
       </c>
       <c r="G187" s="2">
-        <v>2294.9</v>
+        <v>2326</v>
       </c>
       <c r="H187" s="2">
-        <v>2310</v>
+        <v>2393.8</v>
       </c>
       <c r="I187" s="2">
-        <v>2180</v>
+        <v>2154</v>
       </c>
       <c r="J187" s="2">
-        <v>-494.9</v>
+        <v>-70</v>
       </c>
       <c r="K187" s="2">
-        <v>-494.4</v>
+        <v>10</v>
       </c>
       <c r="L187" s="2">
-        <v>-500</v>
+        <v>-36.8</v>
       </c>
       <c r="M187" s="2">
-        <v>-453</v>
+        <v>-51</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="2" t="s">
         <v>199</v>
       </c>
       <c r="B188" s="2">
-        <v>1838</v>
+        <v>2020</v>
       </c>
       <c r="C188" s="2">
-        <v>1790</v>
+        <v>2098.9</v>
       </c>
       <c r="D188" s="2">
-        <v>1928</v>
+        <v>2102.1</v>
       </c>
       <c r="E188" s="2">
-        <v>1752</v>
+        <v>1964</v>
       </c>
       <c r="F188" s="2">
-        <v>2230</v>
+        <v>2065</v>
       </c>
       <c r="G188" s="2">
-        <v>2275</v>
+        <v>2126</v>
       </c>
       <c r="H188" s="2">
-        <v>2383</v>
+        <v>2148</v>
       </c>
       <c r="I188" s="2">
-        <v>2188.2</v>
+        <v>2036.2</v>
       </c>
       <c r="J188" s="2">
-        <v>-392</v>
+        <v>-45</v>
       </c>
       <c r="K188" s="2">
-        <v>-485</v>
+        <v>-27.1</v>
       </c>
       <c r="L188" s="2">
-        <v>-455</v>
+        <v>-45.9</v>
       </c>
       <c r="M188" s="2">
-        <v>-436.2</v>
+        <v>-72.2</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B189" s="2">
-        <v>1810</v>
+        <v>2300</v>
       </c>
       <c r="C189" s="2">
-        <v>1862</v>
+        <v>2020</v>
       </c>
       <c r="D189" s="2">
-        <v>1917.8</v>
+        <v>2326.6</v>
       </c>
       <c r="E189" s="2">
-        <v>1782</v>
+        <v>2020</v>
       </c>
       <c r="F189" s="2">
-        <v>2137</v>
+        <v>1748</v>
       </c>
       <c r="G189" s="2">
-        <v>2242.1</v>
+        <v>1673</v>
       </c>
       <c r="H189" s="2">
-        <v>2280</v>
+        <v>1755</v>
       </c>
       <c r="I189" s="2">
-        <v>2088</v>
+        <v>1669</v>
       </c>
       <c r="J189" s="2">
-        <v>-327</v>
+        <v>552</v>
       </c>
       <c r="K189" s="2">
-        <v>-380.1</v>
+        <v>347</v>
       </c>
       <c r="L189" s="2">
-        <v>-362.2</v>
+        <v>571.6</v>
       </c>
       <c r="M189" s="2">
-        <v>-306</v>
+        <v>351</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B190" s="2">
-        <v>1971</v>
+        <v>1796</v>
       </c>
       <c r="C190" s="2">
-        <v>1823.7</v>
+        <v>1764.1</v>
       </c>
       <c r="D190" s="2">
-        <v>1980.6</v>
+        <v>1870</v>
       </c>
       <c r="E190" s="2">
-        <v>1805</v>
+        <v>1750.4</v>
       </c>
       <c r="F190" s="2">
-        <v>2322</v>
+        <v>2260</v>
       </c>
       <c r="G190" s="2">
-        <v>2167</v>
+        <v>2346</v>
       </c>
       <c r="H190" s="2">
-        <v>2334.8</v>
+        <v>2416</v>
       </c>
       <c r="I190" s="2">
-        <v>2115</v>
+        <v>2260</v>
       </c>
       <c r="J190" s="2">
-        <v>-351</v>
+        <v>-464</v>
       </c>
       <c r="K190" s="2">
-        <v>-343.3</v>
+        <v>-581.9</v>
       </c>
       <c r="L190" s="2">
-        <v>-354.2</v>
+        <v>-546</v>
       </c>
       <c r="M190" s="2">
-        <v>-310</v>
+        <v>-509.6</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="2" t="s">
         <v>202</v>
       </c>
       <c r="B191" s="2">
-        <v>2034.9</v>
+        <v>1776.9</v>
       </c>
       <c r="C191" s="2">
-        <v>1991.6</v>
+        <v>1774.1</v>
       </c>
       <c r="D191" s="2">
-        <v>2076</v>
+        <v>1794</v>
       </c>
       <c r="E191" s="2">
-        <v>1980</v>
+        <v>1745</v>
       </c>
       <c r="F191" s="2">
-        <v>2368</v>
+        <v>2280</v>
       </c>
       <c r="G191" s="2">
-        <v>2304.6</v>
+        <v>2250</v>
       </c>
       <c r="H191" s="2">
-        <v>2398</v>
+        <v>2298</v>
       </c>
       <c r="I191" s="2">
-        <v>2282</v>
+        <v>2208.3</v>
       </c>
       <c r="J191" s="2">
-        <v>-333.1</v>
+        <v>-503.1</v>
       </c>
       <c r="K191" s="2">
-        <v>-313</v>
+        <v>-475.9</v>
       </c>
       <c r="L191" s="2">
-        <v>-322</v>
+        <v>-504</v>
       </c>
       <c r="M191" s="2">
-        <v>-302</v>
+        <v>-463.3</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B192" s="2">
-        <v>2050</v>
+        <v>1750</v>
       </c>
       <c r="C192" s="2">
-        <v>2064</v>
+        <v>1800.5</v>
       </c>
       <c r="D192" s="2">
-        <v>2088.8</v>
+        <v>1810</v>
       </c>
       <c r="E192" s="2">
-        <v>1964</v>
+        <v>1727</v>
       </c>
       <c r="F192" s="2">
-        <v>2300</v>
+        <v>2244.9</v>
       </c>
       <c r="G192" s="2">
-        <v>2372.2</v>
+        <v>2294.9</v>
       </c>
       <c r="H192" s="2">
-        <v>2410</v>
+        <v>2310</v>
       </c>
       <c r="I192" s="2">
-        <v>2233</v>
+        <v>2180</v>
       </c>
       <c r="J192" s="2">
-        <v>-250</v>
+        <v>-494.9</v>
       </c>
       <c r="K192" s="2">
-        <v>-308.2</v>
+        <v>-494.4</v>
       </c>
       <c r="L192" s="2">
-        <v>-321.2</v>
+        <v>-500</v>
       </c>
       <c r="M192" s="2">
-        <v>-269</v>
+        <v>-453</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="2" t="s">
         <v>204</v>
       </c>
       <c r="B193" s="2">
-        <v>2010</v>
+        <v>1838</v>
       </c>
       <c r="C193" s="2">
-        <v>2084.4</v>
+        <v>1790</v>
       </c>
       <c r="D193" s="2">
-        <v>2199</v>
+        <v>1928</v>
       </c>
       <c r="E193" s="2">
-        <v>2005.5</v>
+        <v>1752</v>
       </c>
       <c r="F193" s="2">
-        <v>2372</v>
+        <v>2230</v>
       </c>
       <c r="G193" s="2">
-        <v>2308.3</v>
+        <v>2275</v>
       </c>
       <c r="H193" s="2">
-        <v>2508</v>
+        <v>2383</v>
       </c>
       <c r="I193" s="2">
-        <v>2302</v>
+        <v>2188.2</v>
       </c>
       <c r="J193" s="2">
-        <v>-362</v>
+        <v>-392</v>
       </c>
       <c r="K193" s="2">
-        <v>-223.9</v>
+        <v>-485</v>
       </c>
       <c r="L193" s="2">
-        <v>-309</v>
+        <v>-455</v>
       </c>
       <c r="M193" s="2">
-        <v>-296.5</v>
+        <v>-436.2</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B194" s="2">
-        <v>1981</v>
+        <v>1810</v>
       </c>
       <c r="C194" s="2">
-        <v>2029.9</v>
+        <v>1862</v>
       </c>
       <c r="D194" s="2">
-        <v>2073</v>
+        <v>1917.8</v>
       </c>
       <c r="E194" s="2">
-        <v>1962</v>
+        <v>1782</v>
       </c>
       <c r="F194" s="2">
-        <v>2251</v>
+        <v>2137</v>
       </c>
       <c r="G194" s="2">
-        <v>2379.4</v>
+        <v>2242.1</v>
       </c>
       <c r="H194" s="2">
-        <v>2384</v>
+        <v>2280</v>
       </c>
       <c r="I194" s="2">
-        <v>2211.5</v>
+        <v>2088</v>
       </c>
       <c r="J194" s="2">
-        <v>-270</v>
+        <v>-327</v>
       </c>
       <c r="K194" s="2">
-        <v>-349.5</v>
+        <v>-380.1</v>
       </c>
       <c r="L194" s="2">
-        <v>-311</v>
+        <v>-362.2</v>
       </c>
       <c r="M194" s="2">
-        <v>-249.5</v>
+        <v>-306</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="2" t="s">
         <v>206</v>
       </c>
       <c r="B195" s="2">
-        <v>2100</v>
+        <v>1971</v>
       </c>
       <c r="C195" s="2">
-        <v>2010.8</v>
+        <v>1823.7</v>
       </c>
       <c r="D195" s="2">
-        <v>2164</v>
+        <v>1980.6</v>
       </c>
       <c r="E195" s="2">
-        <v>1945.3</v>
+        <v>1805</v>
       </c>
       <c r="F195" s="2">
-        <v>2429.9</v>
+        <v>2322</v>
       </c>
       <c r="G195" s="2">
-        <v>2291.3</v>
+        <v>2167</v>
       </c>
       <c r="H195" s="2">
-        <v>2461.4</v>
+        <v>2334.8</v>
       </c>
       <c r="I195" s="2">
-        <v>2250</v>
+        <v>2115</v>
       </c>
       <c r="J195" s="2">
-        <v>-329.9</v>
+        <v>-351</v>
       </c>
       <c r="K195" s="2">
-        <v>-280.5</v>
+        <v>-343.3</v>
       </c>
       <c r="L195" s="2">
-        <v>-297.4</v>
+        <v>-354.2</v>
       </c>
       <c r="M195" s="2">
-        <v>-304.7</v>
+        <v>-310</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B196" s="2">
-        <v>1900</v>
+        <v>2034.9</v>
       </c>
       <c r="C196" s="2">
-        <v>2088.1</v>
+        <v>1991.6</v>
       </c>
       <c r="D196" s="2">
-        <v>2088.1</v>
+        <v>2076</v>
       </c>
       <c r="E196" s="2">
-        <v>1878</v>
+        <v>1980</v>
       </c>
       <c r="F196" s="2">
-        <v>2240</v>
+        <v>2368</v>
       </c>
       <c r="G196" s="2">
-        <v>2493.5</v>
+        <v>2304.6</v>
       </c>
       <c r="H196" s="2">
-        <v>2526.9</v>
+        <v>2398</v>
       </c>
       <c r="I196" s="2">
-        <v>2234.5</v>
+        <v>2282</v>
       </c>
       <c r="J196" s="2">
-        <v>-340</v>
+        <v>-333.1</v>
       </c>
       <c r="K196" s="2">
-        <v>-405.4</v>
+        <v>-313</v>
       </c>
       <c r="L196" s="2">
-        <v>-438.8</v>
+        <v>-322</v>
       </c>
       <c r="M196" s="2">
-        <v>-356.5</v>
+        <v>-302</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="2" t="s">
         <v>208</v>
       </c>
       <c r="B197" s="2">
-        <v>1821</v>
+        <v>2050</v>
       </c>
       <c r="C197" s="2">
-        <v>1870.3</v>
+        <v>2064</v>
       </c>
       <c r="D197" s="2">
-        <v>1901.8</v>
+        <v>2088.8</v>
       </c>
       <c r="E197" s="2">
-        <v>1702</v>
+        <v>1964</v>
       </c>
       <c r="F197" s="2">
-        <v>1560</v>
+        <v>2300</v>
       </c>
       <c r="G197" s="2">
-        <v>1592</v>
+        <v>2372.2</v>
       </c>
       <c r="H197" s="2">
-        <v>1655</v>
+        <v>2410</v>
       </c>
       <c r="I197" s="2">
-        <v>1461.1</v>
+        <v>2233</v>
       </c>
       <c r="J197" s="2">
-        <v>261</v>
+        <v>-250</v>
       </c>
       <c r="K197" s="2">
-        <v>278.3</v>
+        <v>-308.2</v>
       </c>
       <c r="L197" s="2">
-        <v>246.8</v>
+        <v>-321.2</v>
       </c>
       <c r="M197" s="2">
-        <v>240.9</v>
+        <v>-269</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="2" t="s">
         <v>209</v>
       </c>
       <c r="B198" s="2">
-        <v>1868</v>
+        <v>2010</v>
       </c>
       <c r="C198" s="2">
-        <v>1819.3</v>
+        <v>2084.4</v>
       </c>
       <c r="D198" s="2">
-        <v>1940</v>
+        <v>2199</v>
       </c>
       <c r="E198" s="2">
-        <v>1741.4</v>
+        <v>2005.5</v>
       </c>
       <c r="F198" s="2">
-        <v>2222.1</v>
+        <v>2372</v>
       </c>
       <c r="G198" s="2">
-        <v>2228.1</v>
+        <v>2308.3</v>
       </c>
       <c r="H198" s="2">
-        <v>2250.9</v>
+        <v>2508</v>
       </c>
       <c r="I198" s="2">
-        <v>2112</v>
+        <v>2302</v>
       </c>
       <c r="J198" s="2">
-        <v>-354.1</v>
+        <v>-362</v>
       </c>
       <c r="K198" s="2">
-        <v>-408.8</v>
+        <v>-223.9</v>
       </c>
       <c r="L198" s="2">
-        <v>-310.9</v>
+        <v>-309</v>
       </c>
       <c r="M198" s="2">
-        <v>-370.6</v>
+        <v>-296.5</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B199" s="2">
-        <v>1865</v>
+        <v>1981</v>
       </c>
       <c r="C199" s="2">
-        <v>1851.2</v>
+        <v>2029.9</v>
       </c>
       <c r="D199" s="2">
-        <v>1888.8</v>
+        <v>2073</v>
       </c>
       <c r="E199" s="2">
-        <v>1768.1</v>
+        <v>1962</v>
       </c>
       <c r="F199" s="2">
-        <v>2226.9</v>
+        <v>2251</v>
       </c>
       <c r="G199" s="2">
-        <v>2186</v>
+        <v>2379.4</v>
       </c>
       <c r="H199" s="2">
-        <v>2273</v>
+        <v>2384</v>
       </c>
       <c r="I199" s="2">
-        <v>2110</v>
+        <v>2211.5</v>
       </c>
       <c r="J199" s="2">
-        <v>-361.9</v>
+        <v>-270</v>
       </c>
       <c r="K199" s="2">
-        <v>-334.8</v>
+        <v>-349.5</v>
       </c>
       <c r="L199" s="2">
-        <v>-384.2</v>
+        <v>-311</v>
       </c>
       <c r="M199" s="2">
-        <v>-341.9</v>
+        <v>-249.5</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B200" s="2">
-        <v>1627</v>
+        <v>2100</v>
       </c>
       <c r="C200" s="2">
-        <v>1826</v>
+        <v>2010.8</v>
       </c>
       <c r="D200" s="2">
-        <v>1878</v>
+        <v>2164</v>
       </c>
       <c r="E200" s="2">
-        <v>1626</v>
+        <v>1945.3</v>
       </c>
       <c r="F200" s="2">
-        <v>1900</v>
+        <v>2429.9</v>
       </c>
       <c r="G200" s="2">
-        <v>2153.9</v>
+        <v>2291.3</v>
       </c>
       <c r="H200" s="2">
-        <v>2153.9</v>
+        <v>2461.4</v>
       </c>
       <c r="I200" s="2">
-        <v>1871.8</v>
+        <v>2250</v>
       </c>
       <c r="J200" s="2">
-        <v>-273</v>
+        <v>-329.9</v>
       </c>
       <c r="K200" s="2">
-        <v>-327.9</v>
+        <v>-280.5</v>
       </c>
       <c r="L200" s="2">
-        <v>-275.9</v>
+        <v>-297.4</v>
       </c>
       <c r="M200" s="2">
-        <v>-245.8</v>
+        <v>-304.7</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="2" t="s">
         <v>212</v>
       </c>
       <c r="B201" s="2">
-        <v>1462.2</v>
+        <v>1900</v>
       </c>
       <c r="C201" s="2">
-        <v>1659.6</v>
+        <v>2088.1</v>
       </c>
       <c r="D201" s="2">
-        <v>1659.6</v>
+        <v>2088.1</v>
       </c>
       <c r="E201" s="2">
-        <v>1460</v>
+        <v>1878</v>
       </c>
       <c r="F201" s="2">
-        <v>1688</v>
+        <v>2240</v>
       </c>
       <c r="G201" s="2">
-        <v>1864.1</v>
+        <v>2493.5</v>
       </c>
       <c r="H201" s="2">
-        <v>1864.1</v>
+        <v>2526.9</v>
       </c>
       <c r="I201" s="2">
-        <v>1667</v>
+        <v>2234.5</v>
       </c>
       <c r="J201" s="2">
-        <v>-225.8</v>
+        <v>-340</v>
       </c>
       <c r="K201" s="2">
-        <v>-204.5</v>
+        <v>-405.4</v>
       </c>
       <c r="L201" s="2">
-        <v>-204.5</v>
+        <v>-438.8</v>
       </c>
       <c r="M201" s="2">
-        <v>-207</v>
+        <v>-356.5</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="2" t="s">
         <v>213</v>
       </c>
       <c r="B202" s="2">
-        <v>1358</v>
+        <v>1821</v>
       </c>
       <c r="C202" s="2">
-        <v>1473</v>
+        <v>1870.3</v>
       </c>
       <c r="D202" s="2">
-        <v>1507</v>
+        <v>1901.8</v>
       </c>
       <c r="E202" s="2">
-        <v>1350</v>
+        <v>1702</v>
       </c>
       <c r="F202" s="2">
-        <v>1480</v>
+        <v>1560</v>
       </c>
       <c r="G202" s="2">
-        <v>1667</v>
+        <v>1592</v>
       </c>
       <c r="H202" s="2">
-        <v>1709</v>
+        <v>1655</v>
       </c>
       <c r="I202" s="2">
-        <v>1480</v>
+        <v>1461.1</v>
       </c>
       <c r="J202" s="2">
-        <v>-122</v>
+        <v>261</v>
       </c>
       <c r="K202" s="2">
-        <v>-194</v>
+        <v>278.3</v>
       </c>
       <c r="L202" s="2">
-        <v>-202</v>
+        <v>246.8</v>
       </c>
       <c r="M202" s="2">
-        <v>-130</v>
+        <v>240.9</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="2" t="s">
         <v>214</v>
       </c>
       <c r="B203" s="2">
-        <v>1449</v>
+        <v>1868</v>
       </c>
       <c r="C203" s="2">
-        <v>1373.6</v>
+        <v>1819.3</v>
       </c>
       <c r="D203" s="2">
-        <v>1451</v>
+        <v>1940</v>
       </c>
       <c r="E203" s="2">
-        <v>1361.1</v>
+        <v>1741.4</v>
       </c>
       <c r="F203" s="2">
-        <v>1509</v>
+        <v>2222.1</v>
       </c>
       <c r="G203" s="2">
-        <v>1499</v>
+        <v>2228.1</v>
       </c>
       <c r="H203" s="2">
-        <v>1536.9</v>
+        <v>2250.9</v>
       </c>
       <c r="I203" s="2">
-        <v>1430.6</v>
+        <v>2112</v>
       </c>
       <c r="J203" s="2">
-        <v>-60</v>
+        <v>-354.1</v>
       </c>
       <c r="K203" s="2">
-        <v>-125.4</v>
+        <v>-408.8</v>
       </c>
       <c r="L203" s="2">
-        <v>-85.9</v>
+        <v>-310.9</v>
       </c>
       <c r="M203" s="2">
-        <v>-69.5</v>
+        <v>-370.6</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B204" s="2">
-        <v>1433.1</v>
+        <v>1865</v>
       </c>
       <c r="C204" s="2">
-        <v>1520</v>
+        <v>1851.2</v>
       </c>
       <c r="D204" s="2">
-        <v>1544</v>
+        <v>1888.8</v>
       </c>
       <c r="E204" s="2">
-        <v>1433.1</v>
+        <v>1768.1</v>
       </c>
       <c r="F204" s="2">
-        <v>1130</v>
+        <v>2226.9</v>
       </c>
       <c r="G204" s="2">
-        <v>1172.1</v>
+        <v>2186</v>
       </c>
       <c r="H204" s="2">
-        <v>1203.7</v>
+        <v>2273</v>
       </c>
       <c r="I204" s="2">
-        <v>1120</v>
+        <v>2110</v>
       </c>
       <c r="J204" s="2">
-        <v>303.1</v>
+        <v>-361.9</v>
       </c>
       <c r="K204" s="2">
-        <v>347.9</v>
+        <v>-334.8</v>
       </c>
       <c r="L204" s="2">
-        <v>340.3</v>
+        <v>-384.2</v>
       </c>
       <c r="M204" s="2">
-        <v>313.1</v>
+        <v>-341.9</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="2" t="s">
         <v>216</v>
       </c>
       <c r="B205" s="2">
-        <v>1456.2</v>
+        <v>1627</v>
       </c>
       <c r="C205" s="2">
-        <v>1431.8</v>
+        <v>1826</v>
       </c>
       <c r="D205" s="2">
-        <v>1475.8</v>
+        <v>1878</v>
       </c>
       <c r="E205" s="2">
-        <v>1417</v>
+        <v>1626</v>
       </c>
       <c r="F205" s="2">
-        <v>1168.9</v>
+        <v>1900</v>
       </c>
       <c r="G205" s="2">
-        <v>1127.3</v>
+        <v>2153.9</v>
       </c>
       <c r="H205" s="2">
-        <v>1199.9</v>
+        <v>2153.9</v>
       </c>
       <c r="I205" s="2">
-        <v>1125</v>
+        <v>1871.8</v>
       </c>
       <c r="J205" s="2">
-        <v>287.3</v>
+        <v>-273</v>
       </c>
       <c r="K205" s="2">
-        <v>304.5</v>
+        <v>-327.9</v>
       </c>
       <c r="L205" s="2">
-        <v>275.9</v>
+        <v>-275.9</v>
       </c>
       <c r="M205" s="2">
-        <v>292</v>
+        <v>-245.8</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B206" s="2">
-        <v>1495</v>
+        <v>1462.2</v>
       </c>
       <c r="C206" s="2">
-        <v>1447.8</v>
+        <v>1659.6</v>
       </c>
       <c r="D206" s="2">
-        <v>1520</v>
+        <v>1659.6</v>
       </c>
       <c r="E206" s="2">
-        <v>1403.4</v>
+        <v>1460</v>
       </c>
       <c r="F206" s="2">
-        <v>1465</v>
+        <v>1688</v>
       </c>
       <c r="G206" s="2">
-        <v>1478.6</v>
+        <v>1864.1</v>
       </c>
       <c r="H206" s="2">
-        <v>1518</v>
+        <v>1864.1</v>
       </c>
       <c r="I206" s="2">
-        <v>1425.2</v>
+        <v>1667</v>
       </c>
       <c r="J206" s="2">
-        <v>30</v>
+        <v>-225.8</v>
       </c>
       <c r="K206" s="2">
-        <v>-30.8</v>
+        <v>-204.5</v>
       </c>
       <c r="L206" s="2">
-        <v>2</v>
+        <v>-204.5</v>
       </c>
       <c r="M206" s="2">
-        <v>-21.8</v>
+        <v>-207</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="2" t="s">
         <v>218</v>
       </c>
       <c r="B207" s="2">
-        <v>1373.3</v>
+        <v>1358</v>
       </c>
       <c r="C207" s="2">
-        <v>1484.1</v>
+        <v>1473</v>
       </c>
       <c r="D207" s="2">
-        <v>1490.5</v>
+        <v>1507</v>
       </c>
       <c r="E207" s="2">
-        <v>1362</v>
+        <v>1350</v>
       </c>
       <c r="F207" s="2">
-        <v>1286.9</v>
+        <v>1480</v>
       </c>
       <c r="G207" s="2">
-        <v>1465</v>
+        <v>1667</v>
       </c>
       <c r="H207" s="2">
-        <v>1474.8</v>
+        <v>1709</v>
       </c>
       <c r="I207" s="2">
-        <v>1286.9</v>
+        <v>1480</v>
       </c>
       <c r="J207" s="2">
-        <v>86.4</v>
+        <v>-122</v>
       </c>
       <c r="K207" s="2">
-        <v>19.1</v>
+        <v>-194</v>
       </c>
       <c r="L207" s="2">
-        <v>15.7</v>
+        <v>-202</v>
       </c>
       <c r="M207" s="2">
-        <v>75.1</v>
+        <v>-130</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="2" t="s">
         <v>219</v>
       </c>
       <c r="B208" s="2">
-        <v>1265</v>
+        <v>1449</v>
       </c>
       <c r="C208" s="2">
-        <v>1373.3</v>
+        <v>1373.6</v>
       </c>
       <c r="D208" s="2">
-        <v>1375</v>
+        <v>1451</v>
       </c>
       <c r="E208" s="2">
-        <v>1251.7</v>
+        <v>1361.1</v>
       </c>
       <c r="F208" s="2">
-        <v>1237</v>
+        <v>1509</v>
       </c>
       <c r="G208" s="2">
-        <v>1304.8</v>
+        <v>1499</v>
       </c>
       <c r="H208" s="2">
-        <v>1328</v>
+        <v>1536.9</v>
       </c>
       <c r="I208" s="2">
-        <v>1231.6</v>
+        <v>1430.6</v>
       </c>
       <c r="J208" s="2">
-        <v>28</v>
+        <v>-60</v>
       </c>
       <c r="K208" s="2">
-        <v>68.5</v>
+        <v>-125.4</v>
       </c>
       <c r="L208" s="2">
-        <v>47</v>
+        <v>-85.9</v>
       </c>
       <c r="M208" s="2">
-        <v>20.1</v>
+        <v>-69.5</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="2" t="s">
         <v>220</v>
       </c>
       <c r="B209" s="2">
-        <v>1228</v>
+        <v>1433.1</v>
       </c>
       <c r="C209" s="2">
-        <v>1249.2</v>
+        <v>1520</v>
       </c>
       <c r="D209" s="2">
-        <v>1286.8</v>
+        <v>1544</v>
       </c>
       <c r="E209" s="2">
-        <v>1203</v>
+        <v>1433.1</v>
       </c>
       <c r="F209" s="2">
-        <v>1952.4</v>
+        <v>1130</v>
       </c>
       <c r="G209" s="2">
-        <v>1972</v>
+        <v>1172.1</v>
       </c>
       <c r="H209" s="2">
-        <v>1979</v>
+        <v>1203.7</v>
       </c>
       <c r="I209" s="2">
-        <v>1937.1</v>
+        <v>1120</v>
       </c>
       <c r="J209" s="2">
-        <v>-724.4</v>
+        <v>303.1</v>
       </c>
       <c r="K209" s="2">
-        <v>-722.8</v>
+        <v>347.9</v>
       </c>
       <c r="L209" s="2">
-        <v>-692.2</v>
+        <v>340.3</v>
       </c>
       <c r="M209" s="2">
-        <v>-734.1</v>
+        <v>313.1</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="2" t="s">
         <v>221</v>
       </c>
       <c r="B210" s="2">
-        <v>1241</v>
+        <v>1456.2</v>
       </c>
       <c r="C210" s="2">
-        <v>1228.3</v>
+        <v>1431.8</v>
       </c>
       <c r="D210" s="2">
-        <v>1288</v>
+        <v>1475.8</v>
       </c>
       <c r="E210" s="2">
-        <v>1184.1</v>
+        <v>1417</v>
       </c>
       <c r="F210" s="2">
-        <v>1252.3</v>
+        <v>1168.9</v>
       </c>
       <c r="G210" s="2">
-        <v>1265</v>
+        <v>1127.3</v>
       </c>
       <c r="H210" s="2">
-        <v>1315.9</v>
+        <v>1199.9</v>
       </c>
       <c r="I210" s="2">
-        <v>1211</v>
+        <v>1125</v>
       </c>
       <c r="J210" s="2">
-        <v>-11.3</v>
+        <v>287.3</v>
       </c>
       <c r="K210" s="2">
-        <v>-36.7</v>
+        <v>304.5</v>
       </c>
       <c r="L210" s="2">
-        <v>-27.9</v>
+        <v>275.9</v>
       </c>
       <c r="M210" s="2">
-        <v>-26.9</v>
+        <v>292</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="2" t="s">
         <v>222</v>
       </c>
       <c r="B211" s="2">
-        <v>1210</v>
+        <v>1495</v>
       </c>
       <c r="C211" s="2">
-        <v>1240.2</v>
+        <v>1447.8</v>
       </c>
       <c r="D211" s="2">
-        <v>1253.2</v>
+        <v>1520</v>
       </c>
       <c r="E211" s="2">
-        <v>1163</v>
+        <v>1403.4</v>
       </c>
       <c r="F211" s="2">
-        <v>1982.2</v>
+        <v>1465</v>
       </c>
       <c r="G211" s="2">
-        <v>2006.7</v>
+        <v>1478.6</v>
       </c>
       <c r="H211" s="2">
-        <v>2024</v>
+        <v>1518</v>
       </c>
       <c r="I211" s="2">
-        <v>1966.2</v>
+        <v>1425.2</v>
       </c>
       <c r="J211" s="2">
-        <v>-772.2</v>
+        <v>30</v>
       </c>
       <c r="K211" s="2">
-        <v>-766.5</v>
+        <v>-30.8</v>
       </c>
       <c r="L211" s="2">
-        <v>-770.8</v>
+        <v>2</v>
       </c>
       <c r="M211" s="2">
-        <v>-803.2</v>
+        <v>-21.8</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B212" s="2">
-        <v>1274.5</v>
+        <v>1373.3</v>
       </c>
       <c r="C212" s="2">
-        <v>1230.8</v>
+        <v>1484.1</v>
       </c>
       <c r="D212" s="2">
-        <v>1312.7</v>
+        <v>1490.5</v>
       </c>
       <c r="E212" s="2">
-        <v>1227</v>
+        <v>1362</v>
       </c>
       <c r="F212" s="2">
-        <v>2022</v>
+        <v>1286.9</v>
       </c>
       <c r="G212" s="2">
-        <v>2017.4</v>
+        <v>1465</v>
       </c>
       <c r="H212" s="2">
-        <v>2044</v>
+        <v>1474.8</v>
       </c>
       <c r="I212" s="2">
-        <v>2008.1</v>
+        <v>1286.9</v>
       </c>
       <c r="J212" s="2">
-        <v>-747.5</v>
+        <v>86.4</v>
       </c>
       <c r="K212" s="2">
-        <v>-786.6</v>
+        <v>19.1</v>
       </c>
       <c r="L212" s="2">
-        <v>-731.3</v>
+        <v>15.7</v>
       </c>
       <c r="M212" s="2">
-        <v>-781.1</v>
+        <v>75.1</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="2" t="s">
         <v>224</v>
       </c>
       <c r="B213" s="2">
-        <v>2000</v>
+        <v>1265</v>
       </c>
       <c r="C213" s="2">
-        <v>2045</v>
+        <v>1373.3</v>
       </c>
       <c r="D213" s="2">
-        <v>2082</v>
+        <v>1375</v>
       </c>
       <c r="E213" s="2">
-        <v>1994</v>
+        <v>1251.7</v>
       </c>
       <c r="F213" s="2">
-        <v>1341</v>
+        <v>1237</v>
       </c>
       <c r="G213" s="2">
-        <v>1289.5</v>
+        <v>1304.8</v>
       </c>
       <c r="H213" s="2">
-        <v>1360</v>
+        <v>1328</v>
       </c>
       <c r="I213" s="2">
-        <v>1288</v>
+        <v>1231.6</v>
       </c>
       <c r="J213" s="2">
-        <v>659</v>
+        <v>28</v>
       </c>
       <c r="K213" s="2">
-        <v>755.5</v>
+        <v>68.5</v>
       </c>
       <c r="L213" s="2">
-        <v>722</v>
+        <v>47</v>
       </c>
       <c r="M213" s="2">
-        <v>706</v>
+        <v>20.1</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="2" t="s">
         <v>225</v>
       </c>
       <c r="B214" s="2">
-        <v>1966.9</v>
+        <v>1228</v>
       </c>
       <c r="C214" s="2">
-        <v>2020.9</v>
+        <v>1249.2</v>
       </c>
       <c r="D214" s="2">
-        <v>2055</v>
+        <v>1286.8</v>
       </c>
       <c r="E214" s="2">
-        <v>1947</v>
+        <v>1203</v>
       </c>
       <c r="F214" s="2">
-        <v>1367.8</v>
+        <v>1952.4</v>
       </c>
       <c r="G214" s="2">
-        <v>1367.1</v>
+        <v>1972</v>
       </c>
       <c r="H214" s="2">
-        <v>1422</v>
+        <v>1979</v>
       </c>
       <c r="I214" s="2">
-        <v>1351</v>
+        <v>1937.1</v>
       </c>
       <c r="J214" s="2">
-        <v>599.1</v>
+        <v>-724.4</v>
       </c>
       <c r="K214" s="2">
-        <v>653.8</v>
+        <v>-722.8</v>
       </c>
       <c r="L214" s="2">
-        <v>633</v>
+        <v>-692.2</v>
       </c>
       <c r="M214" s="2">
-        <v>596</v>
+        <v>-734.1</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="2" t="s">
         <v>226</v>
       </c>
       <c r="B215" s="2">
-        <v>2011.9</v>
+        <v>1241</v>
       </c>
       <c r="C215" s="2">
-        <v>1997</v>
+        <v>1228.3</v>
       </c>
       <c r="D215" s="2">
-        <v>2048</v>
+        <v>1288</v>
       </c>
       <c r="E215" s="2">
-        <v>1982.6</v>
+        <v>1184.1</v>
       </c>
       <c r="F215" s="2">
-        <v>1435</v>
+        <v>1252.3</v>
       </c>
       <c r="G215" s="2">
-        <v>1390</v>
+        <v>1265</v>
       </c>
       <c r="H215" s="2">
-        <v>1474.7</v>
+        <v>1315.9</v>
       </c>
       <c r="I215" s="2">
-        <v>1390</v>
+        <v>1211</v>
       </c>
       <c r="J215" s="2">
-        <v>576.9</v>
+        <v>-11.3</v>
       </c>
       <c r="K215" s="2">
-        <v>607</v>
+        <v>-36.7</v>
       </c>
       <c r="L215" s="2">
-        <v>573.3</v>
+        <v>-27.9</v>
       </c>
       <c r="M215" s="2">
-        <v>592.6</v>
+        <v>-26.9</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="2" t="s">
         <v>227</v>
       </c>
       <c r="B216" s="2">
-        <v>1970.6</v>
+        <v>1210</v>
       </c>
       <c r="C216" s="2">
-        <v>2056</v>
+        <v>1240.2</v>
       </c>
       <c r="D216" s="2">
-        <v>2099</v>
+        <v>1253.2</v>
       </c>
       <c r="E216" s="2">
-        <v>1918</v>
+        <v>1163</v>
       </c>
       <c r="F216" s="2">
-        <v>1380</v>
+        <v>1982.2</v>
       </c>
       <c r="G216" s="2">
-        <v>1466.8</v>
+        <v>2006.7</v>
       </c>
       <c r="H216" s="2">
-        <v>1479</v>
+        <v>2024</v>
       </c>
       <c r="I216" s="2">
-        <v>1348.7</v>
+        <v>1966.2</v>
       </c>
       <c r="J216" s="2">
-        <v>590.6</v>
+        <v>-772.2</v>
       </c>
       <c r="K216" s="2">
-        <v>589.2</v>
+        <v>-766.5</v>
       </c>
       <c r="L216" s="2">
-        <v>620</v>
+        <v>-770.8</v>
       </c>
       <c r="M216" s="2">
-        <v>569.3</v>
+        <v>-803.2</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="2" t="s">
         <v>228</v>
       </c>
       <c r="B217" s="2">
-        <v>2041</v>
+        <v>1274.5</v>
       </c>
       <c r="C217" s="2">
-        <v>1980</v>
+        <v>1230.8</v>
       </c>
       <c r="D217" s="2">
-        <v>2059.6</v>
+        <v>1312.7</v>
       </c>
       <c r="E217" s="2">
-        <v>1943.5</v>
+        <v>1227</v>
       </c>
       <c r="F217" s="2">
-        <v>1475</v>
+        <v>2022</v>
       </c>
       <c r="G217" s="2">
-        <v>1395.1</v>
+        <v>2017.4</v>
       </c>
       <c r="H217" s="2">
-        <v>1494</v>
+        <v>2044</v>
       </c>
       <c r="I217" s="2">
-        <v>1390.4</v>
+        <v>2008.1</v>
       </c>
       <c r="J217" s="2">
-        <v>566</v>
+        <v>-747.5</v>
       </c>
       <c r="K217" s="2">
-        <v>584.9</v>
+        <v>-786.6</v>
       </c>
       <c r="L217" s="2">
-        <v>565.6</v>
+        <v>-731.3</v>
       </c>
       <c r="M217" s="2">
-        <v>553.1</v>
+        <v>-781.1</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B218" s="2">
-        <v>2013.9</v>
+        <v>2000</v>
       </c>
       <c r="C218" s="2">
-        <v>2026.1</v>
+        <v>2045</v>
       </c>
       <c r="D218" s="2">
-        <v>2070</v>
+        <v>2082</v>
       </c>
       <c r="E218" s="2">
-        <v>1975</v>
+        <v>1994</v>
       </c>
       <c r="F218" s="2">
-        <v>1424</v>
+        <v>1341</v>
       </c>
       <c r="G218" s="2">
-        <v>1453.7</v>
+        <v>1289.5</v>
       </c>
       <c r="H218" s="2">
-        <v>1483</v>
+        <v>1360</v>
       </c>
       <c r="I218" s="2">
-        <v>1424</v>
+        <v>1288</v>
       </c>
       <c r="J218" s="2">
-        <v>589.9</v>
+        <v>659</v>
       </c>
       <c r="K218" s="2">
-        <v>572.4</v>
+        <v>755.5</v>
       </c>
       <c r="L218" s="2">
-        <v>587</v>
+        <v>722</v>
       </c>
       <c r="M218" s="2">
-        <v>551</v>
+        <v>706</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="2" t="s">
         <v>230</v>
       </c>
       <c r="B219" s="2">
-        <v>2109</v>
+        <v>1966.9</v>
       </c>
       <c r="C219" s="2">
-        <v>2032.5</v>
+        <v>2020.9</v>
       </c>
       <c r="D219" s="2">
-        <v>2129.2</v>
+        <v>2055</v>
       </c>
       <c r="E219" s="2">
-        <v>2007.6</v>
+        <v>1947</v>
       </c>
       <c r="F219" s="2">
-        <v>1500</v>
+        <v>1367.8</v>
       </c>
       <c r="G219" s="2">
-        <v>1441</v>
+        <v>1367.1</v>
       </c>
       <c r="H219" s="2">
-        <v>1520</v>
+        <v>1422</v>
       </c>
       <c r="I219" s="2">
-        <v>1427.3</v>
+        <v>1351</v>
       </c>
       <c r="J219" s="2">
-        <v>609</v>
+        <v>599.1</v>
       </c>
       <c r="K219" s="2">
-        <v>591.5</v>
+        <v>653.8</v>
       </c>
       <c r="L219" s="2">
-        <v>609.2</v>
+        <v>633</v>
       </c>
       <c r="M219" s="2">
-        <v>580.3</v>
+        <v>596</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B220" s="2">
-        <v>2218</v>
+        <v>2011.9</v>
       </c>
       <c r="C220" s="2">
-        <v>2131</v>
+        <v>1997</v>
       </c>
       <c r="D220" s="2">
-        <v>2224.4</v>
+        <v>2048</v>
       </c>
       <c r="E220" s="2">
-        <v>2050</v>
+        <v>1982.6</v>
       </c>
       <c r="F220" s="2">
-        <v>1608</v>
+        <v>1435</v>
       </c>
       <c r="G220" s="2">
-        <v>1497.1</v>
+        <v>1390</v>
       </c>
       <c r="H220" s="2">
-        <v>1632</v>
+        <v>1474.7</v>
       </c>
       <c r="I220" s="2">
-        <v>1493.2</v>
+        <v>1390</v>
       </c>
       <c r="J220" s="2">
-        <v>610</v>
+        <v>576.9</v>
       </c>
       <c r="K220" s="2">
-        <v>633.9</v>
+        <v>607</v>
       </c>
       <c r="L220" s="2">
-        <v>592.4</v>
+        <v>573.3</v>
       </c>
       <c r="M220" s="2">
-        <v>556.8</v>
+        <v>592.6</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="2" t="s">
         <v>232</v>
       </c>
       <c r="B221" s="2">
-        <v>2269</v>
+        <v>1970.6</v>
       </c>
       <c r="C221" s="2">
-        <v>2224.7</v>
+        <v>2056</v>
       </c>
       <c r="D221" s="2">
-        <v>2332.9</v>
+        <v>2099</v>
       </c>
       <c r="E221" s="2">
-        <v>2188</v>
+        <v>1918</v>
       </c>
       <c r="F221" s="2">
-        <v>1658</v>
+        <v>1380</v>
       </c>
       <c r="G221" s="2">
-        <v>1670.2</v>
+        <v>1466.8</v>
       </c>
       <c r="H221" s="2">
-        <v>1722</v>
+        <v>1479</v>
       </c>
       <c r="I221" s="2">
-        <v>1631.8</v>
+        <v>1348.7</v>
       </c>
       <c r="J221" s="2">
-        <v>611</v>
+        <v>590.6</v>
       </c>
       <c r="K221" s="2">
-        <v>554.5</v>
+        <v>589.2</v>
       </c>
       <c r="L221" s="2">
-        <v>610.9</v>
+        <v>620</v>
       </c>
       <c r="M221" s="2">
-        <v>556.2</v>
+        <v>569.3</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="2" t="s">
         <v>233</v>
       </c>
       <c r="B222" s="2">
-        <v>2248.7</v>
+        <v>2041</v>
       </c>
       <c r="C222" s="2">
-        <v>2257</v>
+        <v>1980</v>
       </c>
       <c r="D222" s="2">
-        <v>2275</v>
+        <v>2059.6</v>
       </c>
       <c r="E222" s="2">
-        <v>2208</v>
+        <v>1943.5</v>
       </c>
       <c r="F222" s="2">
-        <v>1620.1</v>
+        <v>1475</v>
       </c>
       <c r="G222" s="2">
-        <v>1653.6</v>
+        <v>1395.1</v>
       </c>
       <c r="H222" s="2">
-        <v>1658</v>
+        <v>1494</v>
       </c>
       <c r="I222" s="2">
-        <v>1610.1</v>
+        <v>1390.4</v>
       </c>
       <c r="J222" s="2">
-        <v>628.6</v>
+        <v>566</v>
       </c>
       <c r="K222" s="2">
-        <v>603.4</v>
+        <v>584.9</v>
       </c>
       <c r="L222" s="2">
-        <v>617</v>
+        <v>565.6</v>
       </c>
       <c r="M222" s="2">
-        <v>597.9</v>
+        <v>553.1</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="2" t="s">
         <v>234</v>
       </c>
       <c r="B223" s="2">
-        <v>2388</v>
+        <v>2013.9</v>
       </c>
       <c r="C223" s="2">
-        <v>2237.5</v>
+        <v>2026.1</v>
       </c>
       <c r="D223" s="2">
-        <v>2388</v>
+        <v>2070</v>
       </c>
       <c r="E223" s="2">
-        <v>2225.8</v>
+        <v>1975</v>
       </c>
       <c r="F223" s="2">
-        <v>1661</v>
+        <v>1424</v>
       </c>
       <c r="G223" s="2">
-        <v>1613.5</v>
+        <v>1453.7</v>
       </c>
       <c r="H223" s="2">
-        <v>1668</v>
+        <v>1483</v>
       </c>
       <c r="I223" s="2">
-        <v>1601.2</v>
+        <v>1424</v>
       </c>
       <c r="J223" s="2">
-        <v>727</v>
+        <v>589.9</v>
       </c>
       <c r="K223" s="2">
-        <v>624</v>
+        <v>572.4</v>
       </c>
       <c r="L223" s="2">
-        <v>720</v>
+        <v>587</v>
       </c>
       <c r="M223" s="2">
-        <v>624.6</v>
+        <v>551</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="2" t="s">
         <v>235</v>
       </c>
       <c r="B224" s="2">
-        <v>2373</v>
+        <v>2109</v>
       </c>
       <c r="C224" s="2">
-        <v>2389.8</v>
+        <v>2032.5</v>
       </c>
       <c r="D224" s="2">
-        <v>2417.6</v>
+        <v>2129.2</v>
       </c>
       <c r="E224" s="2">
-        <v>2342</v>
+        <v>2007.6</v>
       </c>
       <c r="F224" s="2">
-        <v>1620</v>
+        <v>1500</v>
       </c>
       <c r="G224" s="2">
-        <v>1653</v>
+        <v>1441</v>
       </c>
       <c r="H224" s="2">
-        <v>1679</v>
+        <v>1520</v>
       </c>
       <c r="I224" s="2">
-        <v>1611</v>
+        <v>1427.3</v>
       </c>
       <c r="J224" s="2">
-        <v>753</v>
+        <v>609</v>
       </c>
       <c r="K224" s="2">
-        <v>736.8</v>
+        <v>591.5</v>
       </c>
       <c r="L224" s="2">
-        <v>738.6</v>
+        <v>609.2</v>
       </c>
       <c r="M224" s="2">
-        <v>731</v>
+        <v>580.3</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="2" t="s">
         <v>236</v>
       </c>
       <c r="B225" s="2">
-        <v>2440</v>
+        <v>2218</v>
       </c>
       <c r="C225" s="2">
-        <v>2373</v>
+        <v>2131</v>
       </c>
       <c r="D225" s="2">
-        <v>2488</v>
+        <v>2224.4</v>
       </c>
       <c r="E225" s="2">
-        <v>2360.3</v>
+        <v>2050</v>
       </c>
       <c r="F225" s="2">
-        <v>1648</v>
+        <v>1608</v>
       </c>
       <c r="G225" s="2">
-        <v>1628.2</v>
+        <v>1497.1</v>
       </c>
       <c r="H225" s="2">
-        <v>1695</v>
+        <v>1632</v>
       </c>
       <c r="I225" s="2">
-        <v>1607</v>
+        <v>1493.2</v>
       </c>
       <c r="J225" s="2">
-        <v>792</v>
+        <v>610</v>
       </c>
       <c r="K225" s="2">
-        <v>744.8</v>
+        <v>633.9</v>
       </c>
       <c r="L225" s="2">
-        <v>793</v>
+        <v>592.4</v>
       </c>
       <c r="M225" s="2">
-        <v>753.3</v>
+        <v>556.8</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B226" s="2">
-        <v>2418</v>
+        <v>2269</v>
       </c>
       <c r="C226" s="2">
-        <v>2437.9</v>
+        <v>2224.7</v>
       </c>
       <c r="D226" s="2">
-        <v>2478</v>
+        <v>2332.9</v>
       </c>
       <c r="E226" s="2">
-        <v>2390</v>
+        <v>2188</v>
       </c>
       <c r="F226" s="2">
-        <v>1620</v>
+        <v>1658</v>
       </c>
       <c r="G226" s="2">
-        <v>1630.8</v>
+        <v>1670.2</v>
       </c>
       <c r="H226" s="2">
-        <v>1657</v>
+        <v>1722</v>
       </c>
       <c r="I226" s="2">
-        <v>1596.7</v>
+        <v>1631.8</v>
       </c>
       <c r="J226" s="2">
-        <v>798</v>
+        <v>611</v>
       </c>
       <c r="K226" s="2">
-        <v>807.1</v>
+        <v>554.5</v>
       </c>
       <c r="L226" s="2">
-        <v>821</v>
+        <v>610.9</v>
       </c>
       <c r="M226" s="2">
-        <v>793.3</v>
+        <v>556.2</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="2" t="s">
         <v>238</v>
       </c>
       <c r="B227" s="2">
-        <v>2579.9</v>
+        <v>2248.7</v>
       </c>
       <c r="C227" s="2">
-        <v>2439.2</v>
+        <v>2257</v>
       </c>
       <c r="D227" s="2">
-        <v>2588</v>
+        <v>2275</v>
       </c>
       <c r="E227" s="2">
-        <v>2410</v>
+        <v>2208</v>
       </c>
       <c r="F227" s="2">
-        <v>1675</v>
+        <v>1620.1</v>
       </c>
       <c r="G227" s="2">
-        <v>1617.7</v>
+        <v>1653.6</v>
       </c>
       <c r="H227" s="2">
-        <v>1710</v>
+        <v>1658</v>
       </c>
       <c r="I227" s="2">
-        <v>1595</v>
+        <v>1610.1</v>
       </c>
       <c r="J227" s="2">
-        <v>904.9</v>
+        <v>628.6</v>
       </c>
       <c r="K227" s="2">
-        <v>821.5</v>
+        <v>603.4</v>
       </c>
       <c r="L227" s="2">
-        <v>878</v>
+        <v>617</v>
       </c>
       <c r="M227" s="2">
-        <v>815</v>
+        <v>597.9</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B228" s="2">
-        <v>2558</v>
+        <v>2388</v>
       </c>
       <c r="C228" s="2">
-        <v>2584.2</v>
+        <v>2237.5</v>
       </c>
       <c r="D228" s="2">
-        <v>2610</v>
+        <v>2388</v>
       </c>
       <c r="E228" s="2">
-        <v>2530.1</v>
+        <v>2225.8</v>
       </c>
       <c r="F228" s="2">
-        <v>1650</v>
+        <v>1661</v>
       </c>
       <c r="G228" s="2">
-        <v>1680</v>
+        <v>1613.5</v>
       </c>
       <c r="H228" s="2">
-        <v>1699</v>
+        <v>1668</v>
       </c>
       <c r="I228" s="2">
-        <v>1626</v>
+        <v>1601.2</v>
       </c>
       <c r="J228" s="2">
-        <v>908</v>
+        <v>727</v>
       </c>
       <c r="K228" s="2">
-        <v>904.2</v>
+        <v>624</v>
       </c>
       <c r="L228" s="2">
-        <v>911</v>
+        <v>720</v>
       </c>
       <c r="M228" s="2">
-        <v>904.1</v>
+        <v>624.6</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="2" t="s">
         <v>240</v>
       </c>
       <c r="B229" s="2">
-        <v>2510</v>
+        <v>2373</v>
       </c>
       <c r="C229" s="2">
-        <v>2538</v>
+        <v>2389.8</v>
       </c>
       <c r="D229" s="2">
-        <v>2562.8</v>
+        <v>2417.6</v>
       </c>
       <c r="E229" s="2">
-        <v>2460</v>
+        <v>2342</v>
       </c>
       <c r="F229" s="2">
-        <v>1588</v>
+        <v>1620</v>
       </c>
       <c r="G229" s="2">
-        <v>1614</v>
+        <v>1653</v>
       </c>
       <c r="H229" s="2">
-        <v>1648</v>
+        <v>1679</v>
       </c>
       <c r="I229" s="2">
-        <v>1545</v>
+        <v>1611</v>
       </c>
       <c r="J229" s="2">
-        <v>922</v>
+        <v>753</v>
       </c>
       <c r="K229" s="2">
-        <v>924</v>
+        <v>736.8</v>
       </c>
       <c r="L229" s="2">
-        <v>914.8</v>
+        <v>738.6</v>
       </c>
       <c r="M229" s="2">
-        <v>915</v>
+        <v>731</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B230" s="2">
-        <v>2600</v>
+        <v>2440</v>
       </c>
       <c r="C230" s="2">
-        <v>2528.5</v>
+        <v>2373</v>
       </c>
       <c r="D230" s="2">
-        <v>2695</v>
+        <v>2488</v>
       </c>
       <c r="E230" s="2">
-        <v>2502</v>
+        <v>2360.3</v>
       </c>
       <c r="F230" s="2">
-        <v>1650</v>
+        <v>1648</v>
       </c>
       <c r="G230" s="2">
-        <v>1574</v>
+        <v>1628.2</v>
       </c>
       <c r="H230" s="2">
-        <v>1708</v>
+        <v>1695</v>
       </c>
       <c r="I230" s="2">
-        <v>1568.2</v>
+        <v>1607</v>
       </c>
       <c r="J230" s="2">
-        <v>950</v>
+        <v>792</v>
       </c>
       <c r="K230" s="2">
-        <v>954.5</v>
+        <v>744.8</v>
       </c>
       <c r="L230" s="2">
-        <v>987</v>
+        <v>793</v>
       </c>
       <c r="M230" s="2">
-        <v>933.8</v>
+        <v>753.3</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="2" t="s">
         <v>242</v>
       </c>
       <c r="B231" s="2">
-        <v>2585.2</v>
+        <v>2418</v>
       </c>
       <c r="C231" s="2">
-        <v>2663</v>
+        <v>2437.9</v>
       </c>
       <c r="D231" s="2">
-        <v>2676</v>
+        <v>2478</v>
       </c>
       <c r="E231" s="2">
-        <v>2507</v>
+        <v>2390</v>
       </c>
       <c r="F231" s="2">
-        <v>1605</v>
+        <v>1620</v>
       </c>
       <c r="G231" s="2">
-        <v>1681.6</v>
+        <v>1630.8</v>
       </c>
       <c r="H231" s="2">
-        <v>1688</v>
+        <v>1657</v>
       </c>
       <c r="I231" s="2">
-        <v>1542</v>
+        <v>1596.7</v>
       </c>
       <c r="J231" s="2">
-        <v>980.2</v>
+        <v>798</v>
       </c>
       <c r="K231" s="2">
-        <v>981.4</v>
+        <v>807.1</v>
       </c>
       <c r="L231" s="2">
-        <v>988</v>
+        <v>821</v>
       </c>
       <c r="M231" s="2">
-        <v>965</v>
+        <v>793.3</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B232" s="2">
-        <v>2650</v>
+        <v>2579.9</v>
       </c>
       <c r="C232" s="2">
-        <v>2580.1</v>
+        <v>2439.2</v>
       </c>
       <c r="D232" s="2">
-        <v>2650.1</v>
+        <v>2588</v>
       </c>
       <c r="E232" s="2">
-        <v>2566</v>
+        <v>2410</v>
       </c>
       <c r="F232" s="2">
-        <v>1648</v>
+        <v>1675</v>
       </c>
       <c r="G232" s="2">
-        <v>1628.2</v>
+        <v>1617.7</v>
       </c>
       <c r="H232" s="2">
-        <v>1684.7</v>
+        <v>1710</v>
       </c>
       <c r="I232" s="2">
-        <v>1605</v>
+        <v>1595</v>
       </c>
       <c r="J232" s="2">
-        <v>1002</v>
+        <v>904.9</v>
       </c>
       <c r="K232" s="2">
-        <v>951.9</v>
+        <v>821.5</v>
       </c>
       <c r="L232" s="2">
-        <v>965.4</v>
+        <v>878</v>
       </c>
       <c r="M232" s="2">
-        <v>961</v>
+        <v>815</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="2" t="s">
         <v>244</v>
       </c>
       <c r="B233" s="2">
-        <v>2569.9</v>
+        <v>2558</v>
       </c>
       <c r="C233" s="2">
-        <v>2629</v>
+        <v>2584.2</v>
       </c>
       <c r="D233" s="2">
-        <v>2657.4</v>
+        <v>2610</v>
       </c>
       <c r="E233" s="2">
-        <v>2471.4</v>
+        <v>2530.1</v>
       </c>
       <c r="F233" s="2">
-        <v>1592</v>
+        <v>1650</v>
       </c>
       <c r="G233" s="2">
-        <v>1652</v>
+        <v>1680</v>
       </c>
       <c r="H233" s="2">
-        <v>1670</v>
+        <v>1699</v>
       </c>
       <c r="I233" s="2">
-        <v>1478.1</v>
+        <v>1626</v>
       </c>
       <c r="J233" s="2">
-        <v>977.9</v>
+        <v>908</v>
       </c>
       <c r="K233" s="2">
-        <v>977</v>
+        <v>904.2</v>
       </c>
       <c r="L233" s="2">
-        <v>987.4</v>
+        <v>911</v>
       </c>
       <c r="M233" s="2">
-        <v>993.3</v>
+        <v>904.1</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="2" t="s">
         <v>245</v>
       </c>
       <c r="B234" s="2">
-        <v>2501</v>
+        <v>2510</v>
       </c>
       <c r="C234" s="2">
-        <v>2587.5</v>
+        <v>2538</v>
       </c>
       <c r="D234" s="2">
-        <v>2609</v>
+        <v>2562.8</v>
       </c>
       <c r="E234" s="2">
-        <v>2467</v>
+        <v>2460</v>
       </c>
       <c r="F234" s="2">
-        <v>1572</v>
+        <v>1588</v>
       </c>
       <c r="G234" s="2">
-        <v>1617</v>
+        <v>1614</v>
       </c>
       <c r="H234" s="2">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="I234" s="2">
-        <v>1546</v>
+        <v>1545</v>
       </c>
       <c r="J234" s="2">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="K234" s="2">
-        <v>970.5</v>
+        <v>924</v>
       </c>
       <c r="L234" s="2">
-        <v>969</v>
+        <v>914.8</v>
       </c>
       <c r="M234" s="2">
-        <v>921</v>
+        <v>915</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="2" t="s">
         <v>246</v>
       </c>
       <c r="B235" s="2">
-        <v>2429</v>
+        <v>2600</v>
       </c>
       <c r="C235" s="2">
-        <v>2460</v>
+        <v>2528.5</v>
       </c>
       <c r="D235" s="2">
-        <v>2478</v>
+        <v>2695</v>
       </c>
       <c r="E235" s="2">
-        <v>2369</v>
+        <v>2502</v>
       </c>
       <c r="F235" s="2">
-        <v>1560.9</v>
+        <v>1650</v>
       </c>
       <c r="G235" s="2">
-        <v>1550.8</v>
+        <v>1574</v>
       </c>
       <c r="H235" s="2">
-        <v>1589</v>
+        <v>1708</v>
       </c>
       <c r="I235" s="2">
-        <v>1530</v>
+        <v>1568.2</v>
       </c>
       <c r="J235" s="2">
-        <v>868.1</v>
+        <v>950</v>
       </c>
       <c r="K235" s="2">
-        <v>909.2</v>
+        <v>954.5</v>
       </c>
       <c r="L235" s="2">
-        <v>889</v>
+        <v>987</v>
       </c>
       <c r="M235" s="2">
-        <v>839</v>
+        <v>933.8</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B236" s="2">
-        <v>2570</v>
+        <v>2585.2</v>
       </c>
       <c r="C236" s="2">
-        <v>2447.7</v>
+        <v>2663</v>
       </c>
       <c r="D236" s="2">
-        <v>2586</v>
+        <v>2676</v>
       </c>
       <c r="E236" s="2">
-        <v>2406</v>
+        <v>2507</v>
       </c>
       <c r="F236" s="2">
-        <v>1726.1</v>
+        <v>1605</v>
       </c>
       <c r="G236" s="2">
-        <v>1565.3</v>
+        <v>1681.6</v>
       </c>
       <c r="H236" s="2">
-        <v>1739</v>
+        <v>1688</v>
       </c>
       <c r="I236" s="2">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="J236" s="2">
-        <v>843.9</v>
+        <v>980.2</v>
       </c>
       <c r="K236" s="2">
-        <v>882.4</v>
+        <v>981.4</v>
       </c>
       <c r="L236" s="2">
-        <v>847</v>
+        <v>988</v>
       </c>
       <c r="M236" s="2">
-        <v>868</v>
+        <v>965</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="2" t="s">
         <v>248</v>
       </c>
       <c r="B237" s="2">
-        <v>2580</v>
+        <v>2650</v>
       </c>
       <c r="C237" s="2">
-        <v>2535</v>
+        <v>2580.1</v>
       </c>
       <c r="D237" s="2">
-        <v>2616.1</v>
+        <v>2650.1</v>
       </c>
       <c r="E237" s="2">
-        <v>2460</v>
+        <v>2566</v>
       </c>
       <c r="F237" s="2">
-        <v>1711</v>
+        <v>1648</v>
       </c>
       <c r="G237" s="2">
-        <v>1711</v>
+        <v>1628.2</v>
       </c>
       <c r="H237" s="2">
-        <v>1768.2</v>
+        <v>1684.7</v>
       </c>
       <c r="I237" s="2">
-        <v>1691.6</v>
+        <v>1605</v>
       </c>
       <c r="J237" s="2">
-        <v>869</v>
+        <v>1002</v>
       </c>
       <c r="K237" s="2">
-        <v>824</v>
+        <v>951.9</v>
       </c>
       <c r="L237" s="2">
-        <v>847.9</v>
+        <v>965.4</v>
       </c>
       <c r="M237" s="2">
-        <v>768.4</v>
+        <v>961</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B238" s="2">
-        <v>2635</v>
+        <v>2569.9</v>
       </c>
       <c r="C238" s="2">
-        <v>2505</v>
+        <v>2629</v>
       </c>
       <c r="D238" s="2">
-        <v>2730</v>
+        <v>2657.4</v>
       </c>
       <c r="E238" s="2">
-        <v>2505</v>
+        <v>2471.4</v>
       </c>
       <c r="F238" s="2">
-        <v>1800</v>
+        <v>1592</v>
       </c>
       <c r="G238" s="2">
-        <v>1665.4</v>
+        <v>1652</v>
       </c>
       <c r="H238" s="2">
-        <v>1830</v>
+        <v>1670</v>
       </c>
       <c r="I238" s="2">
-        <v>1664</v>
+        <v>1478.1</v>
       </c>
       <c r="J238" s="2">
-        <v>835</v>
+        <v>977.9</v>
       </c>
       <c r="K238" s="2">
-        <v>839.6</v>
+        <v>977</v>
       </c>
       <c r="L238" s="2">
-        <v>900</v>
+        <v>987.4</v>
       </c>
       <c r="M238" s="2">
-        <v>841</v>
+        <v>993.3</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="2" t="s">
         <v>250</v>
       </c>
       <c r="B239" s="2">
-        <v>2610</v>
+        <v>2501</v>
       </c>
       <c r="C239" s="2">
-        <v>2642.5</v>
+        <v>2587.5</v>
       </c>
       <c r="D239" s="2">
-        <v>2665</v>
+        <v>2609</v>
       </c>
       <c r="E239" s="2">
-        <v>2563</v>
+        <v>2467</v>
       </c>
       <c r="F239" s="2">
-        <v>1796.9</v>
+        <v>1572</v>
       </c>
       <c r="G239" s="2">
-        <v>1795</v>
+        <v>1617</v>
       </c>
       <c r="H239" s="2">
-        <v>1840</v>
+        <v>1640</v>
       </c>
       <c r="I239" s="2">
-        <v>1780</v>
+        <v>1546</v>
       </c>
       <c r="J239" s="2">
-        <v>813.1</v>
+        <v>929</v>
       </c>
       <c r="K239" s="2">
-        <v>847.5</v>
+        <v>970.5</v>
       </c>
       <c r="L239" s="2">
-        <v>825</v>
+        <v>969</v>
       </c>
       <c r="M239" s="2">
-        <v>783</v>
+        <v>921</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="2" t="s">
         <v>251</v>
       </c>
       <c r="B240" s="2">
-        <v>2643.6</v>
+        <v>2429</v>
       </c>
       <c r="C240" s="2">
-        <v>2660</v>
+        <v>2460</v>
       </c>
       <c r="D240" s="2">
-        <v>2717</v>
+        <v>2478</v>
       </c>
       <c r="E240" s="2">
-        <v>2575</v>
+        <v>2369</v>
       </c>
       <c r="F240" s="2">
-        <v>1833</v>
+        <v>1560.9</v>
       </c>
       <c r="G240" s="2">
-        <v>1825</v>
+        <v>1550.8</v>
       </c>
       <c r="H240" s="2">
-        <v>1855</v>
+        <v>1589</v>
       </c>
       <c r="I240" s="2">
-        <v>1771.6</v>
+        <v>1530</v>
       </c>
       <c r="J240" s="2">
-        <v>810.6</v>
+        <v>868.1</v>
       </c>
       <c r="K240" s="2">
-        <v>835</v>
+        <v>909.2</v>
       </c>
       <c r="L240" s="2">
-        <v>862</v>
+        <v>889</v>
       </c>
       <c r="M240" s="2">
-        <v>803.4</v>
+        <v>839</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="2" t="s">
         <v>252</v>
       </c>
       <c r="B241" s="2">
-        <v>2670</v>
+        <v>2570</v>
       </c>
       <c r="C241" s="2">
-        <v>2649</v>
+        <v>2447.7</v>
       </c>
       <c r="D241" s="2">
-        <v>2680</v>
+        <v>2586</v>
       </c>
       <c r="E241" s="2">
-        <v>2558</v>
+        <v>2406</v>
       </c>
       <c r="F241" s="2">
-        <v>1879.7</v>
+        <v>1726.1</v>
       </c>
       <c r="G241" s="2">
-        <v>1833.5</v>
+        <v>1565.3</v>
       </c>
       <c r="H241" s="2">
-        <v>1885</v>
+        <v>1739</v>
       </c>
       <c r="I241" s="2">
-        <v>1789.6</v>
+        <v>1538</v>
       </c>
       <c r="J241" s="2">
-        <v>790.3</v>
+        <v>843.9</v>
       </c>
       <c r="K241" s="2">
-        <v>815.5</v>
+        <v>882.4</v>
       </c>
       <c r="L241" s="2">
-        <v>795</v>
+        <v>847</v>
       </c>
       <c r="M241" s="2">
-        <v>768.4</v>
+        <v>868</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="2" t="s">
         <v>253</v>
       </c>
       <c r="B242" s="2">
-        <v>2805</v>
+        <v>2580</v>
       </c>
       <c r="C242" s="2">
-        <v>2710</v>
+        <v>2535</v>
       </c>
       <c r="D242" s="2">
-        <v>2847.8</v>
+        <v>2616.1</v>
       </c>
       <c r="E242" s="2">
-        <v>2668.8</v>
+        <v>2460</v>
       </c>
       <c r="F242" s="2">
-        <v>1901.7</v>
+        <v>1711</v>
       </c>
       <c r="G242" s="2">
-        <v>1876</v>
+        <v>1711</v>
       </c>
       <c r="H242" s="2">
-        <v>1948</v>
+        <v>1768.2</v>
       </c>
       <c r="I242" s="2">
-        <v>1836.1</v>
+        <v>1691.6</v>
       </c>
       <c r="J242" s="2">
-        <v>903.3</v>
+        <v>869</v>
       </c>
       <c r="K242" s="2">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="L242" s="2">
-        <v>899.8</v>
+        <v>847.9</v>
       </c>
       <c r="M242" s="2">
-        <v>832.7</v>
+        <v>768.4</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="2" t="s">
         <v>254</v>
       </c>
       <c r="B243" s="2">
-        <v>2602</v>
+        <v>2635</v>
       </c>
       <c r="C243" s="2">
-        <v>2810</v>
+        <v>2505</v>
       </c>
       <c r="D243" s="2">
-        <v>2828</v>
+        <v>2730</v>
       </c>
       <c r="E243" s="2">
-        <v>2601</v>
+        <v>2505</v>
       </c>
       <c r="F243" s="2">
-        <v>1788</v>
+        <v>1800</v>
       </c>
       <c r="G243" s="2">
-        <v>1905.6</v>
+        <v>1665.4</v>
       </c>
       <c r="H243" s="2">
-        <v>1914</v>
+        <v>1830</v>
       </c>
       <c r="I243" s="2">
-        <v>1788</v>
+        <v>1664</v>
       </c>
       <c r="J243" s="2">
-        <v>814</v>
+        <v>835</v>
       </c>
       <c r="K243" s="2">
-        <v>904.4</v>
+        <v>839.6</v>
       </c>
       <c r="L243" s="2">
-        <v>914</v>
+        <v>900</v>
       </c>
       <c r="M243" s="2">
-        <v>813</v>
+        <v>841</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B244" s="2">
-        <v>2600</v>
+        <v>2610</v>
       </c>
       <c r="C244" s="2">
-        <v>2546</v>
+        <v>2642.5</v>
       </c>
       <c r="D244" s="2">
-        <v>2680</v>
+        <v>2665</v>
       </c>
       <c r="E244" s="2">
-        <v>2505</v>
+        <v>2563</v>
       </c>
       <c r="F244" s="2">
-        <v>1777</v>
+        <v>1796.9</v>
       </c>
       <c r="G244" s="2">
-        <v>1766</v>
+        <v>1795</v>
       </c>
       <c r="H244" s="2">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="I244" s="2">
-        <v>1740.1</v>
+        <v>1780</v>
       </c>
       <c r="J244" s="2">
-        <v>823</v>
+        <v>813.1</v>
       </c>
       <c r="K244" s="2">
-        <v>780</v>
+        <v>847.5</v>
       </c>
       <c r="L244" s="2">
-        <v>870</v>
+        <v>825</v>
       </c>
       <c r="M244" s="2">
-        <v>764.9</v>
+        <v>783</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="2" t="s">
         <v>256</v>
       </c>
       <c r="B245" s="2">
-        <v>2700</v>
+        <v>2643.6</v>
       </c>
       <c r="C245" s="2">
-        <v>2627</v>
+        <v>2660</v>
       </c>
       <c r="D245" s="2">
-        <v>2765.6</v>
+        <v>2717</v>
       </c>
       <c r="E245" s="2">
-        <v>2624.9</v>
+        <v>2575</v>
       </c>
       <c r="F245" s="2">
-        <v>1775</v>
+        <v>1833</v>
       </c>
       <c r="G245" s="2">
-        <v>1766.7</v>
+        <v>1825</v>
       </c>
       <c r="H245" s="2">
-        <v>1828</v>
+        <v>1855</v>
       </c>
       <c r="I245" s="2">
-        <v>1760</v>
+        <v>1771.6</v>
       </c>
       <c r="J245" s="2">
-        <v>925</v>
+        <v>810.6</v>
       </c>
       <c r="K245" s="2">
-        <v>860.3</v>
+        <v>835</v>
       </c>
       <c r="L245" s="2">
-        <v>937.6</v>
+        <v>862</v>
       </c>
       <c r="M245" s="2">
-        <v>864.9</v>
+        <v>803.4</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="2" t="s">
         <v>257</v>
       </c>
       <c r="B246" s="2">
-        <v>2650</v>
+        <v>2670</v>
       </c>
       <c r="C246" s="2">
-        <v>2736</v>
+        <v>2649</v>
       </c>
       <c r="D246" s="2">
-        <v>2941</v>
+        <v>2680</v>
       </c>
       <c r="E246" s="2">
-        <v>2494.2</v>
+        <v>2558</v>
       </c>
       <c r="F246" s="2">
-        <v>1702</v>
+        <v>1879.7</v>
       </c>
       <c r="G246" s="2">
-        <v>1804.2</v>
+        <v>1833.5</v>
       </c>
       <c r="H246" s="2">
-        <v>1870</v>
+        <v>1885</v>
       </c>
       <c r="I246" s="2">
-        <v>1598.4</v>
+        <v>1789.6</v>
       </c>
       <c r="J246" s="2">
-        <v>948</v>
+        <v>790.3</v>
       </c>
       <c r="K246" s="2">
-        <v>931.8</v>
+        <v>815.5</v>
       </c>
       <c r="L246" s="2">
-        <v>1071</v>
+        <v>795</v>
       </c>
       <c r="M246" s="2">
-        <v>895.8</v>
+        <v>768.4</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="2" t="s">
         <v>258</v>
       </c>
       <c r="B247" s="2">
-        <v>2701</v>
+        <v>2805</v>
       </c>
       <c r="C247" s="2">
-        <v>2690</v>
+        <v>2710</v>
       </c>
       <c r="D247" s="2">
-        <v>2819</v>
+        <v>2847.8</v>
       </c>
       <c r="E247" s="2">
-        <v>2622</v>
+        <v>2668.8</v>
       </c>
       <c r="F247" s="2">
-        <v>1821</v>
+        <v>1901.7</v>
       </c>
       <c r="G247" s="2">
-        <v>1766</v>
+        <v>1876</v>
       </c>
       <c r="H247" s="2">
-        <v>1833</v>
+        <v>1948</v>
       </c>
       <c r="I247" s="2">
-        <v>1683.7</v>
+        <v>1836.1</v>
       </c>
       <c r="J247" s="2">
-        <v>880</v>
+        <v>903.3</v>
       </c>
       <c r="K247" s="2">
-        <v>924</v>
+        <v>834</v>
       </c>
       <c r="L247" s="2">
-        <v>986</v>
+        <v>899.8</v>
       </c>
       <c r="M247" s="2">
-        <v>938.3</v>
+        <v>832.7</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B248" s="2">
-        <v>3220</v>
+        <v>2602</v>
       </c>
       <c r="C248" s="2">
-        <v>2722.1</v>
+        <v>2810</v>
       </c>
       <c r="D248" s="2">
-        <v>3220</v>
+        <v>2828</v>
       </c>
       <c r="E248" s="2">
-        <v>2722.1</v>
+        <v>2601</v>
       </c>
       <c r="F248" s="2">
-        <v>2000</v>
+        <v>1788</v>
       </c>
       <c r="G248" s="2">
-        <v>1821</v>
+        <v>1905.6</v>
       </c>
       <c r="H248" s="2">
-        <v>2029</v>
+        <v>1914</v>
       </c>
       <c r="I248" s="2">
-        <v>1786.8</v>
+        <v>1788</v>
       </c>
       <c r="J248" s="2">
-        <v>1220</v>
+        <v>814</v>
       </c>
       <c r="K248" s="2">
-        <v>901.1</v>
+        <v>904.4</v>
       </c>
       <c r="L248" s="2">
-        <v>1191</v>
+        <v>914</v>
       </c>
       <c r="M248" s="2">
-        <v>935.3</v>
+        <v>813</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="2" t="s">
         <v>260</v>
       </c>
       <c r="B249" s="2">
-        <v>3308</v>
+        <v>2600</v>
       </c>
       <c r="C249" s="2">
-        <v>3224.1</v>
+        <v>2546</v>
       </c>
       <c r="D249" s="2">
-        <v>3337</v>
+        <v>2680</v>
       </c>
       <c r="E249" s="2">
-        <v>3187.8</v>
+        <v>2505</v>
       </c>
       <c r="F249" s="2">
-        <v>2058</v>
+        <v>1777</v>
       </c>
       <c r="G249" s="2">
-        <v>2012.8</v>
+        <v>1766</v>
       </c>
       <c r="H249" s="2">
-        <v>2080</v>
+        <v>1810</v>
       </c>
       <c r="I249" s="2">
-        <v>2001</v>
+        <v>1740.1</v>
       </c>
       <c r="J249" s="2">
-        <v>1250</v>
+        <v>823</v>
       </c>
       <c r="K249" s="2">
-        <v>1211.3</v>
+        <v>780</v>
       </c>
       <c r="L249" s="2">
-        <v>1257</v>
+        <v>870</v>
       </c>
       <c r="M249" s="2">
-        <v>1186.8</v>
+        <v>764.9</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="2" t="s">
         <v>261</v>
       </c>
       <c r="B250" s="2">
-        <v>3330.1</v>
+        <v>2700</v>
       </c>
       <c r="C250" s="2">
-        <v>3293.9</v>
+        <v>2627</v>
       </c>
       <c r="D250" s="2">
-        <v>3360</v>
+        <v>2765.6</v>
       </c>
       <c r="E250" s="2">
-        <v>3130</v>
+        <v>2624.9</v>
       </c>
       <c r="F250" s="2">
-        <v>2032.2</v>
+        <v>1775</v>
       </c>
       <c r="G250" s="2">
-        <v>2041.1</v>
+        <v>1766.7</v>
       </c>
       <c r="H250" s="2">
-        <v>2085</v>
+        <v>1828</v>
       </c>
       <c r="I250" s="2">
-        <v>1940</v>
+        <v>1760</v>
       </c>
       <c r="J250" s="2">
-        <v>1297.9</v>
+        <v>925</v>
       </c>
       <c r="K250" s="2">
-        <v>1252.8</v>
+        <v>860.3</v>
       </c>
       <c r="L250" s="2">
-        <v>1275</v>
+        <v>937.6</v>
       </c>
       <c r="M250" s="2">
-        <v>1190</v>
+        <v>864.9</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="2" t="s">
         <v>262</v>
       </c>
       <c r="B251" s="2">
-        <v>3350</v>
+        <v>2650</v>
       </c>
       <c r="C251" s="2">
-        <v>3329</v>
+        <v>2736</v>
       </c>
       <c r="D251" s="2">
-        <v>3398</v>
+        <v>2941</v>
       </c>
       <c r="E251" s="2">
-        <v>3258</v>
+        <v>2494.2</v>
       </c>
       <c r="F251" s="2">
-        <v>1949</v>
+        <v>1702</v>
       </c>
       <c r="G251" s="2">
-        <v>2012.1</v>
+        <v>1804.2</v>
       </c>
       <c r="H251" s="2">
-        <v>2050</v>
+        <v>1870</v>
       </c>
       <c r="I251" s="2">
-        <v>1949</v>
+        <v>1598.4</v>
       </c>
       <c r="J251" s="2">
-        <v>1401</v>
+        <v>948</v>
       </c>
       <c r="K251" s="2">
-        <v>1316.9</v>
+        <v>931.8</v>
       </c>
       <c r="L251" s="2">
-        <v>1348</v>
+        <v>1071</v>
       </c>
       <c r="M251" s="2">
-        <v>1309</v>
+        <v>895.8</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="2" t="s">
         <v>263</v>
       </c>
       <c r="B252" s="2">
-        <v>3258</v>
+        <v>2701</v>
       </c>
       <c r="C252" s="2">
-        <v>3287.3</v>
+        <v>2690</v>
       </c>
       <c r="D252" s="2">
-        <v>3318</v>
+        <v>2819</v>
       </c>
       <c r="E252" s="2">
-        <v>3168</v>
+        <v>2622</v>
       </c>
       <c r="F252" s="2">
-        <v>1940</v>
+        <v>1821</v>
       </c>
       <c r="G252" s="2">
-        <v>1930.5</v>
+        <v>1766</v>
       </c>
       <c r="H252" s="2">
-        <v>1972</v>
+        <v>1833</v>
       </c>
       <c r="I252" s="2">
-        <v>1870.8</v>
+        <v>1683.7</v>
       </c>
       <c r="J252" s="2">
-        <v>1318</v>
+        <v>880</v>
       </c>
       <c r="K252" s="2">
-        <v>1356.8</v>
+        <v>924</v>
       </c>
       <c r="L252" s="2">
-        <v>1346</v>
+        <v>986</v>
       </c>
       <c r="M252" s="2">
-        <v>1297.2</v>
+        <v>938.3</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B253" s="2">
-        <v>3250</v>
+        <v>3220</v>
       </c>
       <c r="C253" s="2">
-        <v>3240</v>
+        <v>2722.1</v>
       </c>
       <c r="D253" s="2">
-        <v>3337.9</v>
+        <v>3220</v>
       </c>
       <c r="E253" s="2">
-        <v>3201</v>
+        <v>2722.1</v>
       </c>
       <c r="F253" s="2">
-        <v>1955.1</v>
+        <v>2000</v>
       </c>
       <c r="G253" s="2">
-        <v>1924</v>
+        <v>1821</v>
       </c>
       <c r="H253" s="2">
-        <v>1989.9</v>
+        <v>2029</v>
       </c>
       <c r="I253" s="2">
-        <v>1856</v>
+        <v>1786.8</v>
       </c>
       <c r="J253" s="2">
-        <v>1294.9</v>
+        <v>1220</v>
       </c>
       <c r="K253" s="2">
-        <v>1316</v>
+        <v>901.1</v>
       </c>
       <c r="L253" s="2">
-        <v>1348</v>
+        <v>1191</v>
       </c>
       <c r="M253" s="2">
-        <v>1345</v>
+        <v>935.3</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="2" t="s">
         <v>265</v>
       </c>
       <c r="B254" s="2">
-        <v>3182</v>
+        <v>3308</v>
       </c>
       <c r="C254" s="2">
-        <v>3290</v>
+        <v>3224.1</v>
       </c>
       <c r="D254" s="2">
-        <v>3293</v>
+        <v>3337</v>
       </c>
       <c r="E254" s="2">
-        <v>3102</v>
+        <v>3187.8</v>
       </c>
       <c r="F254" s="2">
-        <v>1850</v>
+        <v>2058</v>
       </c>
       <c r="G254" s="2">
-        <v>1951.2</v>
+        <v>2012.8</v>
       </c>
       <c r="H254" s="2">
-        <v>2014.4</v>
+        <v>2080</v>
       </c>
       <c r="I254" s="2">
-        <v>1850</v>
+        <v>2001</v>
       </c>
       <c r="J254" s="2">
-        <v>1332</v>
+        <v>1250</v>
       </c>
       <c r="K254" s="2">
-        <v>1338.8</v>
+        <v>1211.3</v>
       </c>
       <c r="L254" s="2">
-        <v>1278.6</v>
+        <v>1257</v>
       </c>
       <c r="M254" s="2">
-        <v>1252</v>
+        <v>1186.8</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B255" s="2">
-        <v>3268</v>
+        <v>3330.1</v>
       </c>
       <c r="C255" s="2">
-        <v>3095</v>
+        <v>3293.9</v>
       </c>
       <c r="D255" s="2">
-        <v>3268</v>
+        <v>3360</v>
       </c>
       <c r="E255" s="2">
-        <v>3051.3</v>
+        <v>3130</v>
       </c>
       <c r="F255" s="2">
-        <v>1850</v>
+        <v>2032.2</v>
       </c>
       <c r="G255" s="2">
-        <v>1841.1</v>
+        <v>2041.1</v>
       </c>
       <c r="H255" s="2">
-        <v>1918</v>
+        <v>2085</v>
       </c>
       <c r="I255" s="2">
-        <v>1760.5</v>
+        <v>1940</v>
       </c>
       <c r="J255" s="2">
-        <v>1418</v>
+        <v>1297.9</v>
       </c>
       <c r="K255" s="2">
-        <v>1253.9</v>
+        <v>1252.8</v>
       </c>
       <c r="L255" s="2">
-        <v>1350</v>
+        <v>1275</v>
       </c>
       <c r="M255" s="2">
-        <v>1290.8</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="2" t="s">
         <v>267</v>
       </c>
       <c r="B256" s="2">
-        <v>3166.3</v>
+        <v>3350</v>
       </c>
       <c r="C256" s="2">
-        <v>3180</v>
+        <v>3329</v>
       </c>
       <c r="D256" s="2">
-        <v>3235</v>
+        <v>3398</v>
       </c>
       <c r="E256" s="2">
-        <v>3075</v>
+        <v>3258</v>
       </c>
       <c r="F256" s="2">
-        <v>1762.9</v>
+        <v>1949</v>
       </c>
       <c r="G256" s="2">
-        <v>1823.2</v>
+        <v>2012.1</v>
       </c>
       <c r="H256" s="2">
-        <v>1845</v>
+        <v>2050</v>
       </c>
       <c r="I256" s="2">
-        <v>1718</v>
+        <v>1949</v>
       </c>
       <c r="J256" s="2">
-        <v>1403.4</v>
+        <v>1401</v>
       </c>
       <c r="K256" s="2">
-        <v>1356.8</v>
+        <v>1316.9</v>
       </c>
       <c r="L256" s="2">
-        <v>1390</v>
+        <v>1348</v>
       </c>
       <c r="M256" s="2">
-        <v>1357</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B257" s="2">
-        <v>3244</v>
+        <v>3258</v>
       </c>
       <c r="C257" s="2">
-        <v>3159.9</v>
+        <v>3287.3</v>
       </c>
       <c r="D257" s="2">
-        <v>3308.4</v>
+        <v>3318</v>
       </c>
       <c r="E257" s="2">
-        <v>2972.1</v>
+        <v>3168</v>
       </c>
       <c r="F257" s="2">
-        <v>1696</v>
+        <v>1940</v>
       </c>
       <c r="G257" s="2">
-        <v>1759.4</v>
+        <v>1930.5</v>
       </c>
       <c r="H257" s="2">
-        <v>1786.8</v>
+        <v>1972</v>
       </c>
       <c r="I257" s="2">
-        <v>1556</v>
+        <v>1870.8</v>
       </c>
       <c r="J257" s="2">
-        <v>1548</v>
+        <v>1318</v>
       </c>
       <c r="K257" s="2">
-        <v>1400.5</v>
+        <v>1356.8</v>
       </c>
       <c r="L257" s="2">
-        <v>1521.6</v>
+        <v>1346</v>
       </c>
       <c r="M257" s="2">
-        <v>1416.1</v>
+        <v>1297.2</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="2" t="s">
         <v>269</v>
       </c>
       <c r="B258" s="2">
-        <v>3299</v>
+        <v>3250</v>
       </c>
       <c r="C258" s="2">
-        <v>3244</v>
+        <v>3240</v>
       </c>
       <c r="D258" s="2">
-        <v>3426</v>
+        <v>3337.9</v>
       </c>
       <c r="E258" s="2">
-        <v>2961.2</v>
+        <v>3201</v>
       </c>
       <c r="F258" s="2">
-        <v>1860</v>
+        <v>1955.1</v>
       </c>
       <c r="G258" s="2">
-        <v>1667.6</v>
+        <v>1924</v>
       </c>
       <c r="H258" s="2">
-        <v>1900</v>
+        <v>1989.9</v>
       </c>
       <c r="I258" s="2">
-        <v>1614.6</v>
+        <v>1856</v>
       </c>
       <c r="J258" s="2">
-        <v>1439</v>
+        <v>1294.9</v>
       </c>
       <c r="K258" s="2">
-        <v>1576.4</v>
+        <v>1316</v>
       </c>
       <c r="L258" s="2">
-        <v>1526</v>
+        <v>1348</v>
       </c>
       <c r="M258" s="2">
-        <v>1346.6</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="2" t="s">
         <v>270</v>
       </c>
       <c r="B259" s="2">
-        <v>3322</v>
+        <v>3182</v>
       </c>
       <c r="C259" s="2">
-        <v>3320.6</v>
+        <v>3290</v>
       </c>
       <c r="D259" s="2">
-        <v>3471.8</v>
+        <v>3293</v>
       </c>
       <c r="E259" s="2">
-        <v>3250</v>
+        <v>3102</v>
       </c>
       <c r="F259" s="2">
-        <v>1949</v>
+        <v>1850</v>
       </c>
       <c r="G259" s="2">
-        <v>1855.1</v>
+        <v>1951.2</v>
       </c>
       <c r="H259" s="2">
-        <v>2058</v>
+        <v>2014.4</v>
       </c>
       <c r="I259" s="2">
-        <v>1800</v>
+        <v>1850</v>
       </c>
       <c r="J259" s="2">
-        <v>1373</v>
+        <v>1332</v>
       </c>
       <c r="K259" s="2">
-        <v>1465.5</v>
+        <v>1338.8</v>
       </c>
       <c r="L259" s="2">
-        <v>1413.8</v>
+        <v>1278.6</v>
       </c>
       <c r="M259" s="2">
-        <v>1450</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="2" t="s">
         <v>271</v>
       </c>
       <c r="B260" s="2">
-        <v>3033</v>
+        <v>3268</v>
       </c>
       <c r="C260" s="2">
-        <v>3270.9</v>
+        <v>3095</v>
       </c>
       <c r="D260" s="2">
-        <v>3296</v>
+        <v>3268</v>
       </c>
       <c r="E260" s="2">
-        <v>3030</v>
+        <v>3051.3</v>
       </c>
       <c r="F260" s="2">
-        <v>1857</v>
+        <v>1850</v>
       </c>
       <c r="G260" s="2">
-        <v>1953</v>
+        <v>1841.1</v>
       </c>
       <c r="H260" s="2">
-        <v>2006</v>
+        <v>1918</v>
       </c>
       <c r="I260" s="2">
-        <v>1857</v>
+        <v>1760.5</v>
       </c>
       <c r="J260" s="2">
-        <v>1176</v>
+        <v>1418</v>
       </c>
       <c r="K260" s="2">
-        <v>1317.9</v>
+        <v>1253.9</v>
       </c>
       <c r="L260" s="2">
-        <v>1290</v>
+        <v>1350</v>
       </c>
       <c r="M260" s="2">
-        <v>1173</v>
+        <v>1290.8</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="2" t="s">
         <v>272</v>
       </c>
       <c r="B261" s="2">
-        <v>3022.5</v>
+        <v>3166.3</v>
       </c>
       <c r="C261" s="2">
-        <v>3014.1</v>
+        <v>3180</v>
       </c>
       <c r="D261" s="2">
-        <v>3090</v>
+        <v>3235</v>
       </c>
       <c r="E261" s="2">
-        <v>2929</v>
+        <v>3075</v>
       </c>
       <c r="F261" s="2">
-        <v>2010</v>
+        <v>1762.9</v>
       </c>
       <c r="G261" s="2">
-        <v>1913.6</v>
+        <v>1823.2</v>
       </c>
       <c r="H261" s="2">
-        <v>2057.6</v>
+        <v>1845</v>
       </c>
       <c r="I261" s="2">
-        <v>1870</v>
+        <v>1718</v>
       </c>
       <c r="J261" s="2">
-        <v>1012.5</v>
+        <v>1403.4</v>
       </c>
       <c r="K261" s="2">
-        <v>1100.5</v>
+        <v>1356.8</v>
       </c>
       <c r="L261" s="2">
-        <v>1032.4</v>
+        <v>1390</v>
       </c>
       <c r="M261" s="2">
-        <v>1059</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B262" s="2">
-        <v>2830</v>
+        <v>3244</v>
       </c>
       <c r="C262" s="2">
-        <v>3071</v>
+        <v>3159.9</v>
       </c>
       <c r="D262" s="2">
-        <v>3145.8</v>
+        <v>3308.4</v>
       </c>
       <c r="E262" s="2">
-        <v>2802.6</v>
+        <v>2972.1</v>
       </c>
       <c r="F262" s="2">
-        <v>1821.7</v>
+        <v>1696</v>
       </c>
       <c r="G262" s="2">
-        <v>2027.1</v>
+        <v>1759.4</v>
       </c>
       <c r="H262" s="2">
-        <v>2096.6</v>
+        <v>1786.8</v>
       </c>
       <c r="I262" s="2">
-        <v>1821.7</v>
+        <v>1556</v>
       </c>
       <c r="J262" s="2">
-        <v>1008.3</v>
+        <v>1548</v>
       </c>
       <c r="K262" s="2">
-        <v>1043.9</v>
+        <v>1400.5</v>
       </c>
       <c r="L262" s="2">
-        <v>1049.2</v>
+        <v>1521.6</v>
       </c>
       <c r="M262" s="2">
-        <v>980.9</v>
+        <v>1416.1</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="2" t="s">
         <v>274</v>
       </c>
       <c r="B263" s="2">
-        <v>2820</v>
+        <v>3299</v>
       </c>
       <c r="C263" s="2">
-        <v>2794.1</v>
+        <v>3244</v>
       </c>
       <c r="D263" s="2">
-        <v>2939.9</v>
+        <v>3426</v>
       </c>
       <c r="E263" s="2">
-        <v>2744.3</v>
+        <v>2961.2</v>
       </c>
       <c r="F263" s="2">
-        <v>3166.1</v>
+        <v>1860</v>
       </c>
       <c r="G263" s="2">
-        <v>3068.9</v>
+        <v>1667.6</v>
       </c>
       <c r="H263" s="2">
-        <v>3180</v>
+        <v>1900</v>
       </c>
       <c r="I263" s="2">
-        <v>3021.4</v>
+        <v>1614.6</v>
       </c>
       <c r="J263" s="2">
-        <v>-346.1</v>
+        <v>1439</v>
       </c>
       <c r="K263" s="2">
-        <v>-274.8</v>
+        <v>1576.4</v>
       </c>
       <c r="L263" s="2">
-        <v>-240.1</v>
+        <v>1526</v>
       </c>
       <c r="M263" s="2">
-        <v>-277.1</v>
+        <v>1346.6</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="2" t="s">
         <v>275</v>
       </c>
       <c r="B264" s="2">
-        <v>3238</v>
+        <v>3322</v>
       </c>
       <c r="C264" s="2">
-        <v>3152.1</v>
+        <v>3320.6</v>
       </c>
       <c r="D264" s="2">
-        <v>3258</v>
+        <v>3471.8</v>
       </c>
       <c r="E264" s="2">
-        <v>3133</v>
+        <v>3250</v>
       </c>
       <c r="F264" s="2">
-        <v>2830</v>
+        <v>1949</v>
       </c>
       <c r="G264" s="2">
-        <v>2799.7</v>
+        <v>1855.1</v>
       </c>
       <c r="H264" s="2">
-        <v>2990</v>
+        <v>2058</v>
       </c>
       <c r="I264" s="2">
-        <v>2770.1</v>
+        <v>1800</v>
       </c>
       <c r="J264" s="2">
-        <v>408</v>
+        <v>1373</v>
       </c>
       <c r="K264" s="2">
-        <v>352.4</v>
+        <v>1465.5</v>
       </c>
       <c r="L264" s="2">
-        <v>268</v>
+        <v>1413.8</v>
       </c>
       <c r="M264" s="2">
-        <v>362.9</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="2" t="s">
         <v>276</v>
       </c>
       <c r="B265" s="2">
-        <v>3078.1</v>
+        <v>3033</v>
       </c>
       <c r="C265" s="2">
-        <v>3227.4</v>
+        <v>3270.9</v>
       </c>
       <c r="D265" s="2">
-        <v>3237.8</v>
+        <v>3296</v>
       </c>
       <c r="E265" s="2">
-        <v>3078.1</v>
+        <v>3030</v>
       </c>
       <c r="F265" s="2">
-        <v>2581</v>
+        <v>1857</v>
       </c>
       <c r="G265" s="2">
-        <v>2791</v>
+        <v>1953</v>
       </c>
       <c r="H265" s="2">
-        <v>2808.8</v>
+        <v>2006</v>
       </c>
       <c r="I265" s="2">
-        <v>2581</v>
+        <v>1857</v>
       </c>
       <c r="J265" s="2">
-        <v>497.1</v>
+        <v>1176</v>
       </c>
       <c r="K265" s="2">
-        <v>436.4</v>
+        <v>1317.9</v>
       </c>
       <c r="L265" s="2">
-        <v>429</v>
+        <v>1290</v>
       </c>
       <c r="M265" s="2">
-        <v>497.1</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="2" t="s">
         <v>277</v>
       </c>
       <c r="B266" s="2">
-        <v>2969.9</v>
+        <v>3022.5</v>
       </c>
       <c r="C266" s="2">
-        <v>3133</v>
+        <v>3014.1</v>
       </c>
       <c r="D266" s="2">
-        <v>3139</v>
+        <v>3090</v>
       </c>
       <c r="E266" s="2">
-        <v>2938</v>
+        <v>2929</v>
       </c>
       <c r="F266" s="2">
-        <v>2430.8</v>
+        <v>2010</v>
       </c>
       <c r="G266" s="2">
-        <v>2626</v>
+        <v>1913.6</v>
       </c>
       <c r="H266" s="2">
-        <v>2630</v>
+        <v>2057.6</v>
       </c>
       <c r="I266" s="2">
-        <v>2420</v>
+        <v>1870</v>
       </c>
       <c r="J266" s="2">
-        <v>539.1</v>
+        <v>1012.5</v>
       </c>
       <c r="K266" s="2">
-        <v>507</v>
+        <v>1100.5</v>
       </c>
       <c r="L266" s="2">
-        <v>509</v>
+        <v>1032.4</v>
       </c>
       <c r="M266" s="2">
-        <v>518</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="2" t="s">
         <v>278</v>
       </c>
       <c r="B267" s="2">
-        <v>2900</v>
+        <v>2830</v>
       </c>
       <c r="C267" s="2">
-        <v>2999</v>
+        <v>3071</v>
       </c>
       <c r="D267" s="2">
-        <v>3088</v>
+        <v>3145.8</v>
       </c>
       <c r="E267" s="2">
-        <v>2890</v>
+        <v>2802.6</v>
       </c>
       <c r="F267" s="2">
-        <v>2420</v>
+        <v>1821.7</v>
       </c>
       <c r="G267" s="2">
-        <v>2443.1</v>
+        <v>2027.1</v>
       </c>
       <c r="H267" s="2">
-        <v>2499.4</v>
+        <v>2096.6</v>
       </c>
       <c r="I267" s="2">
-        <v>2350</v>
+        <v>1821.7</v>
       </c>
       <c r="J267" s="2">
-        <v>480</v>
+        <v>1008.3</v>
       </c>
       <c r="K267" s="2">
-        <v>555.9</v>
+        <v>1043.9</v>
       </c>
       <c r="L267" s="2">
-        <v>588.6</v>
+        <v>1049.2</v>
       </c>
       <c r="M267" s="2">
-        <v>540</v>
+        <v>980.9</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="2" t="s">
         <v>279</v>
       </c>
       <c r="B268" s="2">
-        <v>3247</v>
+        <v>2820</v>
       </c>
       <c r="C268" s="2">
-        <v>3199.8</v>
+        <v>2794.1</v>
       </c>
       <c r="D268" s="2">
-        <v>3350</v>
+        <v>2939.9</v>
       </c>
       <c r="E268" s="2">
-        <v>3172</v>
+        <v>2744.3</v>
       </c>
       <c r="F268" s="2">
-        <v>1760</v>
+        <v>3166.1</v>
       </c>
       <c r="G268" s="2">
-        <v>1764</v>
+        <v>3068.9</v>
       </c>
       <c r="H268" s="2">
-        <v>1822</v>
+        <v>3180</v>
       </c>
       <c r="I268" s="2">
-        <v>1730</v>
+        <v>3021.4</v>
       </c>
       <c r="J268" s="2">
-        <v>1487</v>
+        <v>-346.1</v>
       </c>
       <c r="K268" s="2">
-        <v>1435.8</v>
+        <v>-274.8</v>
       </c>
       <c r="L268" s="2">
-        <v>1528</v>
+        <v>-240.1</v>
       </c>
       <c r="M268" s="2">
-        <v>1442</v>
+        <v>-277.1</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="2" t="s">
         <v>280</v>
       </c>
       <c r="B269" s="2">
-        <v>3206.8</v>
+        <v>3238</v>
       </c>
       <c r="C269" s="2">
-        <v>3200.9</v>
+        <v>3152.1</v>
       </c>
       <c r="D269" s="2">
-        <v>3295</v>
+        <v>3258</v>
       </c>
       <c r="E269" s="2">
-        <v>3124.1</v>
+        <v>3133</v>
       </c>
       <c r="F269" s="2">
-        <v>2618</v>
+        <v>2830</v>
       </c>
       <c r="G269" s="2">
-        <v>2625</v>
+        <v>2799.7</v>
       </c>
       <c r="H269" s="2">
-        <v>2726</v>
+        <v>2990</v>
       </c>
       <c r="I269" s="2">
-        <v>2575</v>
+        <v>2770.1</v>
       </c>
       <c r="J269" s="2">
-        <v>588.8</v>
+        <v>408</v>
       </c>
       <c r="K269" s="2">
-        <v>575.9</v>
+        <v>352.4</v>
       </c>
       <c r="L269" s="2">
-        <v>569</v>
+        <v>268</v>
       </c>
       <c r="M269" s="2">
-        <v>549.1</v>
+        <v>362.9</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="2" t="s">
         <v>281</v>
       </c>
       <c r="B270" s="2">
-        <v>2971.2</v>
+        <v>3078.1</v>
       </c>
       <c r="C270" s="2">
-        <v>3213.3</v>
+        <v>3227.4</v>
       </c>
       <c r="D270" s="2">
-        <v>3322</v>
+        <v>3237.8</v>
       </c>
       <c r="E270" s="2">
-        <v>2932</v>
+        <v>3078.1</v>
       </c>
       <c r="F270" s="2">
-        <v>2480</v>
+        <v>2581</v>
       </c>
       <c r="G270" s="2">
-        <v>2647.4</v>
+        <v>2791</v>
       </c>
       <c r="H270" s="2">
-        <v>2800</v>
+        <v>2808.8</v>
       </c>
       <c r="I270" s="2">
-        <v>2446.3</v>
+        <v>2581</v>
       </c>
       <c r="J270" s="2">
-        <v>491.2</v>
+        <v>497.1</v>
       </c>
       <c r="K270" s="2">
-        <v>565.9</v>
+        <v>436.4</v>
       </c>
       <c r="L270" s="2">
-        <v>522</v>
+        <v>429</v>
       </c>
       <c r="M270" s="2">
-        <v>485.7</v>
+        <v>497.1</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="2" t="s">
         <v>282</v>
       </c>
       <c r="B271" s="2">
-        <v>3050</v>
+        <v>2969.9</v>
       </c>
       <c r="C271" s="2">
-        <v>2979.8</v>
+        <v>3133</v>
       </c>
       <c r="D271" s="2">
-        <v>3105</v>
+        <v>3139</v>
       </c>
       <c r="E271" s="2">
-        <v>2856</v>
+        <v>2938</v>
       </c>
       <c r="F271" s="2">
-        <v>1635.1</v>
+        <v>2430.8</v>
       </c>
       <c r="G271" s="2">
-        <v>1692</v>
+        <v>2626</v>
       </c>
       <c r="H271" s="2">
-        <v>1694</v>
+        <v>2630</v>
       </c>
       <c r="I271" s="2">
-        <v>1591.5</v>
+        <v>2420</v>
       </c>
       <c r="J271" s="2">
-        <v>1414.9</v>
+        <v>539.1</v>
       </c>
       <c r="K271" s="2">
-        <v>1287.8</v>
+        <v>507</v>
       </c>
       <c r="L271" s="2">
-        <v>1411</v>
+        <v>509</v>
       </c>
       <c r="M271" s="2">
-        <v>1264.5</v>
+        <v>518</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="2" t="s">
         <v>283</v>
       </c>
       <c r="B272" s="2">
-        <v>3150</v>
+        <v>2900</v>
       </c>
       <c r="C272" s="2">
-        <v>3015.5</v>
+        <v>2999</v>
       </c>
       <c r="D272" s="2">
-        <v>3203.2</v>
+        <v>3088</v>
       </c>
       <c r="E272" s="2">
-        <v>3011</v>
+        <v>2890</v>
       </c>
       <c r="F272" s="2">
-        <v>2555</v>
+        <v>2420</v>
       </c>
       <c r="G272" s="2">
-        <v>2412.2</v>
+        <v>2443.1</v>
       </c>
       <c r="H272" s="2">
-        <v>2662</v>
+        <v>2499.4</v>
       </c>
       <c r="I272" s="2">
-        <v>2325</v>
+        <v>2350</v>
       </c>
       <c r="J272" s="2">
-        <v>595</v>
+        <v>480</v>
       </c>
       <c r="K272" s="2">
-        <v>603.3</v>
+        <v>555.9</v>
       </c>
       <c r="L272" s="2">
-        <v>541.2</v>
+        <v>588.6</v>
       </c>
       <c r="M272" s="2">
-        <v>686</v>
+        <v>540</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="2" t="s">
         <v>284</v>
       </c>
       <c r="B273" s="2">
-        <v>2870</v>
+        <v>3247</v>
       </c>
       <c r="C273" s="2">
-        <v>3197.7</v>
+        <v>3199.8</v>
       </c>
       <c r="D273" s="2">
-        <v>3222</v>
+        <v>3350</v>
       </c>
       <c r="E273" s="2">
-        <v>2850</v>
+        <v>3172</v>
       </c>
       <c r="F273" s="2">
-        <v>2440</v>
+        <v>1760</v>
       </c>
       <c r="G273" s="2">
-        <v>2614.8</v>
+        <v>1764</v>
       </c>
       <c r="H273" s="2">
-        <v>2678.9</v>
+        <v>1822</v>
       </c>
       <c r="I273" s="2">
-        <v>2421</v>
+        <v>1730</v>
       </c>
       <c r="J273" s="2">
-        <v>430</v>
+        <v>1487</v>
       </c>
       <c r="K273" s="2">
-        <v>582.9</v>
+        <v>1435.8</v>
       </c>
       <c r="L273" s="2">
-        <v>543.1</v>
+        <v>1528</v>
       </c>
       <c r="M273" s="2">
-        <v>429</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="2" t="s">
         <v>285</v>
       </c>
       <c r="B274" s="2">
-        <v>2750</v>
+        <v>3206.8</v>
       </c>
       <c r="C274" s="2">
-        <v>2900.7</v>
+        <v>3200.9</v>
       </c>
       <c r="D274" s="2">
-        <v>2905</v>
+        <v>3295</v>
       </c>
       <c r="E274" s="2">
-        <v>2683</v>
+        <v>3124.1</v>
       </c>
       <c r="F274" s="2">
-        <v>1653</v>
+        <v>2618</v>
       </c>
       <c r="G274" s="2">
-        <v>1719</v>
+        <v>2625</v>
       </c>
       <c r="H274" s="2">
-        <v>1749.8</v>
+        <v>2726</v>
       </c>
       <c r="I274" s="2">
-        <v>1625</v>
+        <v>2575</v>
       </c>
       <c r="J274" s="2">
-        <v>1097</v>
+        <v>588.8</v>
       </c>
       <c r="K274" s="2">
-        <v>1181.7</v>
+        <v>575.9</v>
       </c>
       <c r="L274" s="2">
-        <v>1155.2</v>
+        <v>569</v>
       </c>
       <c r="M274" s="2">
-        <v>1058</v>
+        <v>549.1</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="2" t="s">
         <v>286</v>
       </c>
       <c r="B275" s="2">
-        <v>2836</v>
+        <v>2971.2</v>
       </c>
       <c r="C275" s="2">
-        <v>2735.9</v>
+        <v>3213.3</v>
       </c>
       <c r="D275" s="2">
-        <v>2918</v>
+        <v>3322</v>
       </c>
       <c r="E275" s="2">
-        <v>2655</v>
+        <v>2932</v>
       </c>
       <c r="F275" s="2">
-        <v>1655.9</v>
+        <v>2480</v>
       </c>
       <c r="G275" s="2">
-        <v>1652</v>
+        <v>2647.4</v>
       </c>
       <c r="H275" s="2">
-        <v>1750</v>
+        <v>2800</v>
       </c>
       <c r="I275" s="2">
-        <v>1588</v>
+        <v>2446.3</v>
       </c>
       <c r="J275" s="2">
-        <v>1180.1</v>
+        <v>491.2</v>
       </c>
       <c r="K275" s="2">
-        <v>1083.9</v>
+        <v>565.9</v>
       </c>
       <c r="L275" s="2">
-        <v>1168</v>
+        <v>522</v>
       </c>
       <c r="M275" s="2">
-        <v>1067</v>
+        <v>485.7</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="2" t="s">
         <v>287</v>
       </c>
       <c r="B276" s="2">
-        <v>2769</v>
+        <v>3050</v>
       </c>
       <c r="C276" s="2">
-        <v>2836</v>
+        <v>2979.8</v>
       </c>
       <c r="D276" s="2">
-        <v>2924.8</v>
+        <v>3105</v>
       </c>
       <c r="E276" s="2">
-        <v>2741</v>
+        <v>2856</v>
       </c>
       <c r="F276" s="2">
-        <v>1619.5</v>
+        <v>1635.1</v>
       </c>
       <c r="G276" s="2">
-        <v>1658</v>
+        <v>1692</v>
       </c>
       <c r="H276" s="2">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="I276" s="2">
-        <v>1583</v>
+        <v>1591.5</v>
       </c>
       <c r="J276" s="2">
-        <v>1149.5</v>
+        <v>1414.9</v>
       </c>
       <c r="K276" s="2">
-        <v>1178</v>
+        <v>1287.8</v>
       </c>
       <c r="L276" s="2">
-        <v>1234.8</v>
+        <v>1411</v>
       </c>
       <c r="M276" s="2">
-        <v>1158</v>
+        <v>1264.5</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="2" t="s">
         <v>288</v>
       </c>
       <c r="B277" s="2">
-        <v>2660</v>
+        <v>3150</v>
       </c>
       <c r="C277" s="2">
-        <v>2768.8</v>
+        <v>3015.5</v>
       </c>
       <c r="D277" s="2">
-        <v>2798</v>
+        <v>3203.2</v>
       </c>
       <c r="E277" s="2">
-        <v>2550</v>
+        <v>3011</v>
       </c>
       <c r="F277" s="2">
-        <v>1500</v>
+        <v>2555</v>
       </c>
       <c r="G277" s="2">
-        <v>1619.5</v>
+        <v>2412.2</v>
       </c>
       <c r="H277" s="2">
-        <v>1642</v>
+        <v>2662</v>
       </c>
       <c r="I277" s="2">
-        <v>1490</v>
+        <v>2325</v>
       </c>
       <c r="J277" s="2">
-        <v>1160</v>
+        <v>595</v>
       </c>
       <c r="K277" s="2">
-        <v>1149.3</v>
+        <v>603.3</v>
       </c>
       <c r="L277" s="2">
-        <v>1156</v>
+        <v>541.2</v>
       </c>
       <c r="M277" s="2">
-        <v>1060</v>
+        <v>686</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B278" s="2">
-        <v>2560</v>
+        <v>2870</v>
       </c>
       <c r="C278" s="2">
-        <v>2660</v>
+        <v>3197.7</v>
       </c>
       <c r="D278" s="2">
-        <v>2894.5</v>
+        <v>3222</v>
       </c>
       <c r="E278" s="2">
-        <v>2505</v>
+        <v>2850</v>
       </c>
       <c r="F278" s="2">
-        <v>1740</v>
+        <v>2440</v>
       </c>
       <c r="G278" s="2">
-        <v>1530</v>
+        <v>2614.8</v>
       </c>
       <c r="H278" s="2">
-        <v>1800</v>
+        <v>2678.9</v>
       </c>
       <c r="I278" s="2">
-        <v>1518</v>
+        <v>2421</v>
       </c>
       <c r="J278" s="2">
-        <v>820</v>
+        <v>430</v>
       </c>
       <c r="K278" s="2">
-        <v>1130</v>
+        <v>582.9</v>
       </c>
       <c r="L278" s="2">
-        <v>1094.5</v>
+        <v>543.1</v>
       </c>
       <c r="M278" s="2">
-        <v>987</v>
+        <v>429</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="2" t="s">
         <v>290</v>
       </c>
       <c r="B279" s="2">
-        <v>2492.9</v>
+        <v>2750</v>
       </c>
       <c r="C279" s="2">
-        <v>2494.3</v>
+        <v>2900.7</v>
       </c>
       <c r="D279" s="2">
-        <v>2494.3</v>
+        <v>2905</v>
       </c>
       <c r="E279" s="2">
-        <v>2345</v>
+        <v>2683</v>
       </c>
       <c r="F279" s="2">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="G279" s="2">
-        <v>1756.3</v>
+        <v>1719</v>
       </c>
       <c r="H279" s="2">
-        <v>1756.3</v>
+        <v>1749.8</v>
       </c>
       <c r="I279" s="2">
-        <v>1578</v>
+        <v>1625</v>
       </c>
       <c r="J279" s="2">
-        <v>842.9</v>
+        <v>1097</v>
       </c>
       <c r="K279" s="2">
-        <v>738</v>
+        <v>1181.7</v>
       </c>
       <c r="L279" s="2">
-        <v>738</v>
+        <v>1155.2</v>
       </c>
       <c r="M279" s="2">
-        <v>767</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B280" s="2">
-        <v>1940</v>
+        <v>2836</v>
       </c>
       <c r="C280" s="2">
-        <v>2191.1</v>
+        <v>2735.9</v>
       </c>
       <c r="D280" s="2">
-        <v>2191.1</v>
+        <v>2918</v>
       </c>
       <c r="E280" s="2">
-        <v>1938</v>
+        <v>2655</v>
       </c>
       <c r="F280" s="2">
-        <v>1406.2</v>
+        <v>1655.9</v>
       </c>
       <c r="G280" s="2">
-        <v>1587</v>
+        <v>1652</v>
       </c>
       <c r="H280" s="2">
-        <v>1595</v>
+        <v>1750</v>
       </c>
       <c r="I280" s="2">
-        <v>1406.2</v>
+        <v>1588</v>
       </c>
       <c r="J280" s="2">
-        <v>533.8</v>
+        <v>1180.1</v>
       </c>
       <c r="K280" s="2">
-        <v>604.1</v>
+        <v>1083.9</v>
       </c>
       <c r="L280" s="2">
-        <v>596.1</v>
+        <v>1168</v>
       </c>
       <c r="M280" s="2">
-        <v>531.8</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="2" t="s">
         <v>292</v>
       </c>
       <c r="B281" s="2">
-        <v>1850</v>
+        <v>2769</v>
       </c>
       <c r="C281" s="2">
-        <v>1926</v>
+        <v>2836</v>
       </c>
       <c r="D281" s="2">
-        <v>1975</v>
+        <v>2924.8</v>
       </c>
       <c r="E281" s="2">
-        <v>1816</v>
+        <v>2741</v>
       </c>
       <c r="F281" s="2">
-        <v>1370.2</v>
+        <v>1619.5</v>
       </c>
       <c r="G281" s="2">
-        <v>1409.1</v>
+        <v>1658</v>
       </c>
       <c r="H281" s="2">
-        <v>1453.3</v>
+        <v>1690</v>
       </c>
       <c r="I281" s="2">
-        <v>1316.4</v>
+        <v>1583</v>
       </c>
       <c r="J281" s="2">
-        <v>479.8</v>
+        <v>1149.5</v>
       </c>
       <c r="K281" s="2">
-        <v>516.9</v>
+        <v>1178</v>
       </c>
       <c r="L281" s="2">
-        <v>521.7</v>
+        <v>1234.8</v>
       </c>
       <c r="M281" s="2">
-        <v>499.6</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="2" t="s">
         <v>293</v>
       </c>
       <c r="B282" s="2">
-        <v>2250</v>
+        <v>2660</v>
       </c>
       <c r="C282" s="2">
-        <v>1900</v>
+        <v>2768.8</v>
       </c>
       <c r="D282" s="2">
-        <v>2270</v>
+        <v>2798</v>
       </c>
       <c r="E282" s="2">
-        <v>1825.8</v>
+        <v>2550</v>
       </c>
       <c r="F282" s="2">
-        <v>1698.9</v>
+        <v>1500</v>
       </c>
       <c r="G282" s="2">
-        <v>1401.6</v>
+        <v>1619.5</v>
       </c>
       <c r="H282" s="2">
-        <v>1799</v>
+        <v>1642</v>
       </c>
       <c r="I282" s="2">
-        <v>1401.6</v>
+        <v>1490</v>
       </c>
       <c r="J282" s="2">
-        <v>551.1</v>
+        <v>1160</v>
       </c>
       <c r="K282" s="2">
-        <v>498.4</v>
+        <v>1149.3</v>
       </c>
       <c r="L282" s="2">
-        <v>471</v>
+        <v>1156</v>
       </c>
       <c r="M282" s="2">
-        <v>424.2</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="2" t="s">
         <v>294</v>
       </c>
       <c r="B283" s="2">
-        <v>2396.8</v>
+        <v>2560</v>
       </c>
       <c r="C283" s="2">
-        <v>2540.4</v>
+        <v>2660</v>
       </c>
       <c r="D283" s="2">
-        <v>2540.4</v>
+        <v>2894.5</v>
       </c>
       <c r="E283" s="2">
-        <v>2235.5</v>
+        <v>2505</v>
       </c>
       <c r="F283" s="2">
-        <v>1688</v>
+        <v>1740</v>
       </c>
       <c r="G283" s="2">
-        <v>1902.3</v>
+        <v>1530</v>
       </c>
       <c r="H283" s="2">
-        <v>1902.3</v>
+        <v>1800</v>
       </c>
       <c r="I283" s="2">
-        <v>1608</v>
+        <v>1518</v>
       </c>
       <c r="J283" s="2">
-        <v>708.8</v>
+        <v>820</v>
       </c>
       <c r="K283" s="2">
-        <v>638.1</v>
+        <v>1130</v>
       </c>
       <c r="L283" s="2">
-        <v>638.1</v>
+        <v>1094.5</v>
       </c>
       <c r="M283" s="2">
-        <v>627.5</v>
+        <v>987</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="2" t="s">
         <v>295</v>
       </c>
       <c r="B284" s="2">
-        <v>2066</v>
+        <v>2492.9</v>
       </c>
       <c r="C284" s="2">
-        <v>2141.2</v>
+        <v>2494.3</v>
       </c>
       <c r="D284" s="2">
-        <v>2215</v>
+        <v>2494.3</v>
       </c>
       <c r="E284" s="2">
-        <v>2050.2</v>
+        <v>2345</v>
       </c>
       <c r="F284" s="2">
-        <v>1588</v>
+        <v>1650</v>
       </c>
       <c r="G284" s="2">
-        <v>1590</v>
+        <v>1756.3</v>
       </c>
       <c r="H284" s="2">
-        <v>1642</v>
+        <v>1756.3</v>
       </c>
       <c r="I284" s="2">
-        <v>1532.4</v>
+        <v>1578</v>
       </c>
       <c r="J284" s="2">
-        <v>478</v>
+        <v>842.9</v>
       </c>
       <c r="K284" s="2">
-        <v>551.2</v>
+        <v>738</v>
       </c>
       <c r="L284" s="2">
-        <v>573</v>
+        <v>738</v>
       </c>
       <c r="M284" s="2">
-        <v>517.8</v>
+        <v>767</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="2" t="s">
         <v>296</v>
       </c>
       <c r="B285" s="2">
-        <v>1979</v>
+        <v>1940</v>
       </c>
       <c r="C285" s="2">
-        <v>2025.4</v>
+        <v>2191.1</v>
       </c>
       <c r="D285" s="2">
-        <v>2069</v>
+        <v>2191.1</v>
       </c>
       <c r="E285" s="2">
-        <v>1928</v>
+        <v>1938</v>
       </c>
       <c r="F285" s="2">
-        <v>1436</v>
+        <v>1406.2</v>
       </c>
       <c r="G285" s="2">
-        <v>1550</v>
+        <v>1587</v>
       </c>
       <c r="H285" s="2">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="I285" s="2">
-        <v>1436</v>
+        <v>1406.2</v>
       </c>
       <c r="J285" s="2">
-        <v>543</v>
+        <v>533.8</v>
       </c>
       <c r="K285" s="2">
-        <v>475.4</v>
+        <v>604.1</v>
       </c>
       <c r="L285" s="2">
-        <v>479</v>
+        <v>596.1</v>
       </c>
       <c r="M285" s="2">
-        <v>492</v>
+        <v>531.8</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="2" t="s">
         <v>297</v>
       </c>
       <c r="B286" s="2">
-        <v>2050</v>
+        <v>1850</v>
       </c>
       <c r="C286" s="2">
-        <v>1985.1</v>
+        <v>1926</v>
       </c>
       <c r="D286" s="2">
-        <v>2230</v>
+        <v>1975</v>
       </c>
       <c r="E286" s="2">
-        <v>1951.8</v>
+        <v>1816</v>
       </c>
       <c r="F286" s="2">
-        <v>1540</v>
+        <v>1370.2</v>
       </c>
       <c r="G286" s="2">
-        <v>1470</v>
+        <v>1409.1</v>
       </c>
       <c r="H286" s="2">
-        <v>1693</v>
+        <v>1453.3</v>
       </c>
       <c r="I286" s="2">
-        <v>1432.3</v>
+        <v>1316.4</v>
       </c>
       <c r="J286" s="2">
-        <v>510</v>
+        <v>479.8</v>
       </c>
       <c r="K286" s="2">
-        <v>515.1</v>
+        <v>516.9</v>
       </c>
       <c r="L286" s="2">
-        <v>537</v>
+        <v>521.7</v>
       </c>
       <c r="M286" s="2">
-        <v>519.5</v>
+        <v>499.6</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B287" s="2">
-        <v>1791.6</v>
+        <v>2250</v>
       </c>
       <c r="C287" s="2">
-        <v>2014.3</v>
+        <v>1900</v>
       </c>
       <c r="D287" s="2">
-        <v>2075.3</v>
+        <v>2270</v>
       </c>
       <c r="E287" s="2">
-        <v>1782.1</v>
+        <v>1825.8</v>
       </c>
       <c r="F287" s="2">
-        <v>1331.9</v>
+        <v>1698.9</v>
       </c>
       <c r="G287" s="2">
-        <v>1511.9</v>
+        <v>1401.6</v>
       </c>
       <c r="H287" s="2">
-        <v>1511.9</v>
+        <v>1799</v>
       </c>
       <c r="I287" s="2">
-        <v>1322</v>
+        <v>1401.6</v>
       </c>
       <c r="J287" s="2">
-        <v>459.7</v>
+        <v>551.1</v>
       </c>
       <c r="K287" s="2">
-        <v>502.4</v>
+        <v>498.4</v>
       </c>
       <c r="L287" s="2">
-        <v>563.4</v>
+        <v>471</v>
       </c>
       <c r="M287" s="2">
-        <v>460.1</v>
+        <v>424.2</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B288" s="2">
-        <v>1694.9</v>
+        <v>2396.8</v>
       </c>
       <c r="C288" s="2">
-        <v>1800.7</v>
+        <v>2540.4</v>
       </c>
       <c r="D288" s="2">
-        <v>1879.9</v>
+        <v>2540.4</v>
       </c>
       <c r="E288" s="2">
-        <v>1693.6</v>
+        <v>2235.5</v>
       </c>
       <c r="F288" s="2">
-        <v>1209</v>
+        <v>1688</v>
       </c>
       <c r="G288" s="2">
-        <v>1339.6</v>
+        <v>1902.3</v>
       </c>
       <c r="H288" s="2">
-        <v>1380</v>
+        <v>1902.3</v>
       </c>
       <c r="I288" s="2">
-        <v>1182</v>
+        <v>1608</v>
       </c>
       <c r="J288" s="2">
-        <v>485.9</v>
+        <v>708.8</v>
       </c>
       <c r="K288" s="2">
-        <v>461.1</v>
+        <v>638.1</v>
       </c>
       <c r="L288" s="2">
-        <v>499.9</v>
+        <v>638.1</v>
       </c>
       <c r="M288" s="2">
-        <v>511.6</v>
+        <v>627.5</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="2" t="s">
         <v>300</v>
       </c>
       <c r="B289" s="2">
-        <v>1702.9</v>
+        <v>2066</v>
       </c>
       <c r="C289" s="2">
-        <v>1691.6</v>
+        <v>2141.2</v>
       </c>
       <c r="D289" s="2">
-        <v>1749.3</v>
+        <v>2215</v>
       </c>
       <c r="E289" s="2">
-        <v>1681</v>
+        <v>2050.2</v>
       </c>
       <c r="F289" s="2">
-        <v>1220</v>
+        <v>1588</v>
       </c>
       <c r="G289" s="2">
-        <v>1193.9</v>
+        <v>1590</v>
       </c>
       <c r="H289" s="2">
-        <v>1235</v>
+        <v>1642</v>
       </c>
       <c r="I289" s="2">
-        <v>1186.9</v>
+        <v>1532.4</v>
       </c>
       <c r="J289" s="2">
-        <v>482.9</v>
+        <v>478</v>
       </c>
       <c r="K289" s="2">
-        <v>497.7</v>
+        <v>551.2</v>
       </c>
       <c r="L289" s="2">
-        <v>514.3</v>
+        <v>573</v>
       </c>
       <c r="M289" s="2">
-        <v>494.1</v>
+        <v>517.8</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B290" s="2">
-        <v>1735</v>
+        <v>1979</v>
       </c>
       <c r="C290" s="2">
-        <v>1739</v>
+        <v>2025.4</v>
       </c>
       <c r="D290" s="2">
-        <v>1788</v>
+        <v>2069</v>
       </c>
       <c r="E290" s="2">
-        <v>1651</v>
+        <v>1928</v>
       </c>
       <c r="F290" s="2">
-        <v>1177.7</v>
+        <v>1436</v>
       </c>
       <c r="G290" s="2">
-        <v>1200</v>
+        <v>1550</v>
       </c>
       <c r="H290" s="2">
-        <v>1223.6</v>
+        <v>1590</v>
       </c>
       <c r="I290" s="2">
-        <v>1154.4</v>
+        <v>1436</v>
       </c>
       <c r="J290" s="2">
-        <v>557.3</v>
+        <v>543</v>
       </c>
       <c r="K290" s="2">
-        <v>539</v>
+        <v>475.4</v>
       </c>
       <c r="L290" s="2">
-        <v>564.4</v>
+        <v>479</v>
       </c>
       <c r="M290" s="2">
-        <v>496.6</v>
+        <v>492</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="2" t="s">
         <v>302</v>
       </c>
       <c r="B291" s="2">
-        <v>1702</v>
+        <v>2050</v>
       </c>
       <c r="C291" s="2">
-        <v>1692</v>
+        <v>1985.1</v>
       </c>
       <c r="D291" s="2">
-        <v>1750</v>
+        <v>2230</v>
       </c>
       <c r="E291" s="2">
-        <v>1666.6</v>
+        <v>1951.8</v>
       </c>
       <c r="F291" s="2">
-        <v>1214.9</v>
+        <v>1540</v>
       </c>
       <c r="G291" s="2">
-        <v>1180.2</v>
+        <v>1470</v>
       </c>
       <c r="H291" s="2">
-        <v>1255</v>
+        <v>1693</v>
       </c>
       <c r="I291" s="2">
-        <v>1180.2</v>
+        <v>1432.3</v>
       </c>
       <c r="J291" s="2">
-        <v>487.1</v>
+        <v>510</v>
       </c>
       <c r="K291" s="2">
-        <v>511.8</v>
+        <v>515.1</v>
       </c>
       <c r="L291" s="2">
-        <v>495</v>
+        <v>537</v>
       </c>
       <c r="M291" s="2">
-        <v>486.4</v>
+        <v>519.5</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B292" s="2">
-        <v>1810</v>
+        <v>1791.6</v>
       </c>
       <c r="C292" s="2">
-        <v>1790</v>
+        <v>2014.3</v>
       </c>
       <c r="D292" s="2">
-        <v>1862.7</v>
+        <v>2075.3</v>
       </c>
       <c r="E292" s="2">
-        <v>1750</v>
+        <v>1782.1</v>
       </c>
       <c r="F292" s="2">
-        <v>1505</v>
+        <v>1331.9</v>
       </c>
       <c r="G292" s="2">
-        <v>1515.6</v>
+        <v>1511.9</v>
       </c>
       <c r="H292" s="2">
-        <v>1557.7</v>
+        <v>1511.9</v>
       </c>
       <c r="I292" s="2">
-        <v>1458.9</v>
+        <v>1322</v>
       </c>
       <c r="J292" s="2">
-        <v>305</v>
+        <v>459.7</v>
       </c>
       <c r="K292" s="2">
-        <v>274.4</v>
+        <v>502.4</v>
       </c>
       <c r="L292" s="2">
-        <v>305</v>
+        <v>563.4</v>
       </c>
       <c r="M292" s="2">
-        <v>291.1</v>
+        <v>460.1</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="2" t="s">
         <v>304</v>
       </c>
       <c r="B293" s="2">
-        <v>1915</v>
+        <v>1694.9</v>
       </c>
       <c r="C293" s="2">
-        <v>1820.2</v>
+        <v>1800.7</v>
       </c>
       <c r="D293" s="2">
-        <v>1916</v>
+        <v>1879.9</v>
       </c>
       <c r="E293" s="2">
-        <v>1770.3</v>
+        <v>1693.6</v>
       </c>
       <c r="F293" s="2">
-        <v>1568</v>
+        <v>1209</v>
       </c>
       <c r="G293" s="2">
-        <v>1499.8</v>
+        <v>1339.6</v>
       </c>
       <c r="H293" s="2">
-        <v>1568</v>
+        <v>1380</v>
       </c>
       <c r="I293" s="2">
-        <v>1455</v>
+        <v>1182</v>
       </c>
       <c r="J293" s="2">
-        <v>347</v>
+        <v>485.9</v>
       </c>
       <c r="K293" s="2">
-        <v>320.4</v>
+        <v>461.1</v>
       </c>
       <c r="L293" s="2">
-        <v>348</v>
+        <v>499.9</v>
       </c>
       <c r="M293" s="2">
-        <v>315.3</v>
+        <v>511.6</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B294" s="2">
-        <v>1688.8</v>
+        <v>1702.9</v>
       </c>
       <c r="C294" s="2">
-        <v>1916.7</v>
+        <v>1691.6</v>
       </c>
       <c r="D294" s="2">
-        <v>1950</v>
+        <v>1749.3</v>
       </c>
       <c r="E294" s="2">
-        <v>1609.4</v>
+        <v>1681</v>
       </c>
       <c r="F294" s="2">
-        <v>1118</v>
+        <v>1220</v>
       </c>
       <c r="G294" s="2">
-        <v>1246</v>
+        <v>1193.9</v>
       </c>
       <c r="H294" s="2">
-        <v>1264.1</v>
+        <v>1235</v>
       </c>
       <c r="I294" s="2">
-        <v>1096</v>
+        <v>1186.9</v>
       </c>
       <c r="J294" s="2">
-        <v>570.8</v>
+        <v>482.9</v>
       </c>
       <c r="K294" s="2">
-        <v>670.7</v>
+        <v>497.7</v>
       </c>
       <c r="L294" s="2">
-        <v>685.9</v>
+        <v>514.3</v>
       </c>
       <c r="M294" s="2">
-        <v>513.4</v>
+        <v>494.1</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="2" t="s">
         <v>306</v>
       </c>
       <c r="B295" s="2">
-        <v>1593.9</v>
+        <v>1735</v>
       </c>
       <c r="C295" s="2">
-        <v>1714.9</v>
+        <v>1739</v>
       </c>
       <c r="D295" s="2">
-        <v>1803</v>
+        <v>1788</v>
       </c>
       <c r="E295" s="2">
-        <v>1590.3</v>
+        <v>1651</v>
       </c>
       <c r="F295" s="2">
-        <v>1124</v>
+        <v>1177.7</v>
       </c>
       <c r="G295" s="2">
-        <v>1127.3</v>
+        <v>1200</v>
       </c>
       <c r="H295" s="2">
-        <v>1179.7</v>
+        <v>1223.6</v>
       </c>
       <c r="I295" s="2">
-        <v>1105</v>
+        <v>1154.4</v>
       </c>
       <c r="J295" s="2">
-        <v>469.9</v>
+        <v>557.3</v>
       </c>
       <c r="K295" s="2">
-        <v>587.6</v>
+        <v>539</v>
       </c>
       <c r="L295" s="2">
-        <v>623.3</v>
+        <v>564.4</v>
       </c>
       <c r="M295" s="2">
-        <v>485.3</v>
+        <v>496.6</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="2" t="s">
         <v>307</v>
       </c>
       <c r="B296" s="2">
-        <v>1713.8</v>
+        <v>1702</v>
       </c>
       <c r="C296" s="2">
-        <v>1607.5</v>
+        <v>1692</v>
       </c>
       <c r="D296" s="2">
-        <v>1713.8</v>
+        <v>1750</v>
       </c>
       <c r="E296" s="2">
-        <v>1576</v>
+        <v>1666.6</v>
       </c>
       <c r="F296" s="2">
-        <v>1100</v>
+        <v>1214.9</v>
       </c>
       <c r="G296" s="2">
-        <v>1121.8</v>
+        <v>1180.2</v>
       </c>
       <c r="H296" s="2">
-        <v>1140</v>
+        <v>1255</v>
       </c>
       <c r="I296" s="2">
-        <v>1076</v>
+        <v>1180.2</v>
       </c>
       <c r="J296" s="2">
-        <v>613.8</v>
+        <v>487.1</v>
       </c>
       <c r="K296" s="2">
-        <v>485.7</v>
+        <v>511.8</v>
       </c>
       <c r="L296" s="2">
-        <v>573.8</v>
+        <v>495</v>
       </c>
       <c r="M296" s="2">
-        <v>500</v>
+        <v>486.4</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="2" t="s">
         <v>308</v>
       </c>
       <c r="B297" s="2">
-        <v>1850</v>
+        <v>1810</v>
       </c>
       <c r="C297" s="2">
-        <v>1735</v>
+        <v>1790</v>
       </c>
       <c r="D297" s="2">
-        <v>1858</v>
+        <v>1862.7</v>
       </c>
       <c r="E297" s="2">
-        <v>1680.6</v>
+        <v>1750</v>
       </c>
       <c r="F297" s="2">
-        <v>1125.1</v>
+        <v>1505</v>
       </c>
       <c r="G297" s="2">
-        <v>1111</v>
+        <v>1515.6</v>
       </c>
       <c r="H297" s="2">
-        <v>1148</v>
+        <v>1557.7</v>
       </c>
       <c r="I297" s="2">
-        <v>1066</v>
+        <v>1458.9</v>
       </c>
       <c r="J297" s="2">
-        <v>724.9</v>
+        <v>305</v>
       </c>
       <c r="K297" s="2">
-        <v>624</v>
+        <v>274.4</v>
       </c>
       <c r="L297" s="2">
-        <v>710</v>
+        <v>305</v>
       </c>
       <c r="M297" s="2">
-        <v>614.6</v>
+        <v>291.1</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="2" t="s">
         <v>309</v>
       </c>
       <c r="B298" s="2">
-        <v>2010</v>
+        <v>1915</v>
       </c>
       <c r="C298" s="2">
-        <v>1850</v>
+        <v>1820.2</v>
       </c>
       <c r="D298" s="2">
-        <v>2055</v>
+        <v>1916</v>
       </c>
       <c r="E298" s="2">
-        <v>1722.1</v>
+        <v>1770.3</v>
       </c>
       <c r="F298" s="2">
-        <v>1222.4</v>
+        <v>1568</v>
       </c>
       <c r="G298" s="2">
-        <v>1121.9</v>
+        <v>1499.8</v>
       </c>
       <c r="H298" s="2">
-        <v>1252</v>
+        <v>1568</v>
       </c>
       <c r="I298" s="2">
-        <v>1081.3</v>
+        <v>1455</v>
       </c>
       <c r="J298" s="2">
-        <v>787.6</v>
+        <v>347</v>
       </c>
       <c r="K298" s="2">
-        <v>728.1</v>
+        <v>320.4</v>
       </c>
       <c r="L298" s="2">
-        <v>803</v>
+        <v>348</v>
       </c>
       <c r="M298" s="2">
-        <v>640.8</v>
+        <v>315.3</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="2" t="s">
         <v>310</v>
       </c>
       <c r="B299" s="2">
-        <v>2110</v>
+        <v>1688.8</v>
       </c>
       <c r="C299" s="2">
-        <v>2010</v>
+        <v>1916.7</v>
       </c>
       <c r="D299" s="2">
-        <v>2117.9</v>
+        <v>1950</v>
       </c>
       <c r="E299" s="2">
-        <v>2001.6</v>
+        <v>1609.4</v>
       </c>
       <c r="F299" s="2">
-        <v>1326</v>
+        <v>1118</v>
       </c>
       <c r="G299" s="2">
-        <v>1220</v>
+        <v>1246</v>
       </c>
       <c r="H299" s="2">
-        <v>1349</v>
+        <v>1264.1</v>
       </c>
       <c r="I299" s="2">
-        <v>1213</v>
+        <v>1096</v>
       </c>
       <c r="J299" s="2">
-        <v>784</v>
+        <v>570.8</v>
       </c>
       <c r="K299" s="2">
-        <v>790</v>
+        <v>670.7</v>
       </c>
       <c r="L299" s="2">
-        <v>768.9</v>
+        <v>685.9</v>
       </c>
       <c r="M299" s="2">
-        <v>788.6</v>
+        <v>513.4</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="2" t="s">
         <v>311</v>
       </c>
       <c r="B300" s="2">
-        <v>2098</v>
+        <v>1593.9</v>
       </c>
       <c r="C300" s="2">
-        <v>2134.9</v>
+        <v>1714.9</v>
       </c>
       <c r="D300" s="2">
-        <v>2222</v>
+        <v>1803</v>
       </c>
       <c r="E300" s="2">
-        <v>2066</v>
+        <v>1590.3</v>
       </c>
       <c r="F300" s="2">
-        <v>1320</v>
+        <v>1124</v>
       </c>
       <c r="G300" s="2">
-        <v>1351</v>
+        <v>1127.3</v>
       </c>
       <c r="H300" s="2">
-        <v>1384.8</v>
+        <v>1179.7</v>
       </c>
       <c r="I300" s="2">
-        <v>1302.5</v>
+        <v>1105</v>
       </c>
       <c r="J300" s="2">
-        <v>778</v>
+        <v>469.9</v>
       </c>
       <c r="K300" s="2">
-        <v>783.9</v>
+        <v>587.6</v>
       </c>
       <c r="L300" s="2">
-        <v>837.2</v>
+        <v>623.3</v>
       </c>
       <c r="M300" s="2">
-        <v>763.5</v>
+        <v>485.3</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="2" t="s">
         <v>312</v>
       </c>
       <c r="B301" s="2">
-        <v>2218.3</v>
+        <v>1713.8</v>
       </c>
       <c r="C301" s="2">
-        <v>2076.7</v>
+        <v>1607.5</v>
       </c>
       <c r="D301" s="2">
-        <v>2249.9</v>
+        <v>1713.8</v>
       </c>
       <c r="E301" s="2">
-        <v>2075.3</v>
+        <v>1576</v>
       </c>
       <c r="F301" s="2">
-        <v>1347</v>
+        <v>1100</v>
       </c>
       <c r="G301" s="2">
-        <v>1303</v>
+        <v>1121.8</v>
       </c>
       <c r="H301" s="2">
-        <v>1385.9</v>
+        <v>1140</v>
       </c>
       <c r="I301" s="2">
-        <v>1303</v>
+        <v>1076</v>
       </c>
       <c r="J301" s="2">
-        <v>871.3</v>
+        <v>613.8</v>
       </c>
       <c r="K301" s="2">
-        <v>773.7</v>
+        <v>485.7</v>
       </c>
       <c r="L301" s="2">
-        <v>864</v>
+        <v>573.8</v>
       </c>
       <c r="M301" s="2">
-        <v>772.3</v>
+        <v>500</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="2" t="s">
         <v>313</v>
       </c>
       <c r="B302" s="2">
-        <v>2400</v>
+        <v>1850</v>
       </c>
       <c r="C302" s="2">
-        <v>2250.1</v>
+        <v>1735</v>
       </c>
       <c r="D302" s="2">
-        <v>2458.7</v>
+        <v>1858</v>
       </c>
       <c r="E302" s="2">
-        <v>2250</v>
+        <v>1680.6</v>
       </c>
       <c r="F302" s="2">
-        <v>1437.8</v>
+        <v>1125.1</v>
       </c>
       <c r="G302" s="2">
-        <v>1384.7</v>
+        <v>1111</v>
       </c>
       <c r="H302" s="2">
-        <v>1470</v>
+        <v>1148</v>
       </c>
       <c r="I302" s="2">
-        <v>1370</v>
+        <v>1066</v>
       </c>
       <c r="J302" s="2">
-        <v>962.2</v>
+        <v>724.9</v>
       </c>
       <c r="K302" s="2">
-        <v>865.4</v>
+        <v>624</v>
       </c>
       <c r="L302" s="2">
-        <v>988.7</v>
+        <v>710</v>
       </c>
       <c r="M302" s="2">
-        <v>880</v>
+        <v>614.6</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="2" t="s">
         <v>314</v>
       </c>
       <c r="B303" s="2">
-        <v>2350</v>
+        <v>2010</v>
       </c>
       <c r="C303" s="2">
-        <v>2433.1</v>
+        <v>1850</v>
       </c>
       <c r="D303" s="2">
-        <v>2475.9</v>
+        <v>2055</v>
       </c>
       <c r="E303" s="2">
-        <v>2320</v>
+        <v>1722.1</v>
       </c>
       <c r="F303" s="2">
-        <v>1421.8</v>
+        <v>1222.4</v>
       </c>
       <c r="G303" s="2">
-        <v>1473.3</v>
+        <v>1121.9</v>
       </c>
       <c r="H303" s="2">
-        <v>1496.5</v>
+        <v>1252</v>
       </c>
       <c r="I303" s="2">
-        <v>1370.2</v>
+        <v>1081.3</v>
       </c>
       <c r="J303" s="2">
-        <v>928.2</v>
+        <v>787.6</v>
       </c>
       <c r="K303" s="2">
-        <v>959.8</v>
+        <v>728.1</v>
       </c>
       <c r="L303" s="2">
-        <v>979.4</v>
+        <v>803</v>
       </c>
       <c r="M303" s="2">
-        <v>949.8</v>
+        <v>640.8</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="2" t="s">
         <v>315</v>
       </c>
       <c r="B304" s="2">
-        <v>2560</v>
+        <v>2110</v>
       </c>
       <c r="C304" s="2">
-        <v>2420</v>
+        <v>2010</v>
       </c>
       <c r="D304" s="2">
-        <v>2565</v>
+        <v>2117.9</v>
       </c>
       <c r="E304" s="2">
-        <v>2420</v>
+        <v>2001.6</v>
       </c>
       <c r="F304" s="2">
-        <v>1435.8</v>
+        <v>1326</v>
       </c>
       <c r="G304" s="2">
-        <v>1419</v>
+        <v>1220</v>
       </c>
       <c r="H304" s="2">
-        <v>1468</v>
+        <v>1349</v>
       </c>
       <c r="I304" s="2">
-        <v>1388</v>
+        <v>1213</v>
       </c>
       <c r="J304" s="2">
-        <v>1124.2</v>
+        <v>784</v>
       </c>
       <c r="K304" s="2">
-        <v>1001</v>
+        <v>790</v>
       </c>
       <c r="L304" s="2">
-        <v>1097</v>
+        <v>768.9</v>
       </c>
       <c r="M304" s="2">
-        <v>1032</v>
+        <v>788.6</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="2" t="s">
         <v>316</v>
       </c>
       <c r="B305" s="2">
-        <v>2699</v>
+        <v>2098</v>
       </c>
       <c r="C305" s="2">
-        <v>2575</v>
+        <v>2134.9</v>
       </c>
       <c r="D305" s="2">
-        <v>2699</v>
+        <v>2222</v>
       </c>
       <c r="E305" s="2">
-        <v>2520</v>
+        <v>2066</v>
       </c>
       <c r="F305" s="2">
-        <v>1505</v>
+        <v>1320</v>
       </c>
       <c r="G305" s="2">
-        <v>1433</v>
+        <v>1351</v>
       </c>
       <c r="H305" s="2">
-        <v>1505</v>
+        <v>1384.8</v>
       </c>
       <c r="I305" s="2">
-        <v>1408</v>
+        <v>1302.5</v>
       </c>
       <c r="J305" s="2">
-        <v>1194</v>
+        <v>778</v>
       </c>
       <c r="K305" s="2">
-        <v>1142</v>
+        <v>783.9</v>
       </c>
       <c r="L305" s="2">
-        <v>1194</v>
+        <v>837.2</v>
       </c>
       <c r="M305" s="2">
-        <v>1112</v>
+        <v>763.5</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="2" t="s">
         <v>317</v>
       </c>
       <c r="B306" s="2">
-        <v>2656.2</v>
+        <v>2218.3</v>
       </c>
       <c r="C306" s="2">
-        <v>2744.4</v>
+        <v>2076.7</v>
       </c>
       <c r="D306" s="2">
-        <v>2785.9</v>
+        <v>2249.9</v>
       </c>
       <c r="E306" s="2">
-        <v>2643</v>
+        <v>2075.3</v>
       </c>
       <c r="F306" s="2">
-        <v>1530</v>
+        <v>1347</v>
       </c>
       <c r="G306" s="2">
-        <v>1509.4</v>
+        <v>1303</v>
       </c>
       <c r="H306" s="2">
-        <v>1598</v>
+        <v>1385.9</v>
       </c>
       <c r="I306" s="2">
-        <v>1457.2</v>
+        <v>1303</v>
       </c>
       <c r="J306" s="2">
-        <v>1126.2</v>
+        <v>871.3</v>
       </c>
       <c r="K306" s="2">
-        <v>1235</v>
+        <v>773.7</v>
       </c>
       <c r="L306" s="2">
-        <v>1187.9</v>
+        <v>864</v>
       </c>
       <c r="M306" s="2">
-        <v>1185.8</v>
+        <v>772.3</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="2" t="s">
         <v>318</v>
       </c>
       <c r="B307" s="2">
-        <v>2700</v>
+        <v>2400</v>
       </c>
       <c r="C307" s="2">
-        <v>2643</v>
+        <v>2250.1</v>
       </c>
       <c r="D307" s="2">
-        <v>2750</v>
+        <v>2458.7</v>
       </c>
       <c r="E307" s="2">
-        <v>2605</v>
+        <v>2250</v>
       </c>
       <c r="F307" s="2">
-        <v>1476</v>
+        <v>1437.8</v>
       </c>
       <c r="G307" s="2">
-        <v>1490.1</v>
+        <v>1384.7</v>
       </c>
       <c r="H307" s="2">
-        <v>1538.8</v>
+        <v>1470</v>
       </c>
       <c r="I307" s="2">
-        <v>1431.1</v>
+        <v>1370</v>
       </c>
       <c r="J307" s="2">
-        <v>1224</v>
+        <v>962.2</v>
       </c>
       <c r="K307" s="2">
-        <v>1152.9</v>
+        <v>865.4</v>
       </c>
       <c r="L307" s="2">
-        <v>1211.2</v>
+        <v>988.7</v>
       </c>
       <c r="M307" s="2">
-        <v>1173.9</v>
+        <v>880</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="2" t="s">
         <v>319</v>
       </c>
       <c r="B308" s="2">
-        <v>2660</v>
+        <v>2350</v>
       </c>
       <c r="C308" s="2">
-        <v>2729.2</v>
+        <v>2433.1</v>
       </c>
       <c r="D308" s="2">
-        <v>2797</v>
+        <v>2475.9</v>
       </c>
       <c r="E308" s="2">
-        <v>2611</v>
+        <v>2320</v>
       </c>
       <c r="F308" s="2">
-        <v>1465</v>
+        <v>1421.8</v>
       </c>
       <c r="G308" s="2">
-        <v>1488.8</v>
+        <v>1473.3</v>
       </c>
       <c r="H308" s="2">
-        <v>1593.5</v>
+        <v>1496.5</v>
       </c>
       <c r="I308" s="2">
-        <v>1418.1</v>
+        <v>1370.2</v>
       </c>
       <c r="J308" s="2">
-        <v>1195</v>
+        <v>928.2</v>
       </c>
       <c r="K308" s="2">
-        <v>1240.4</v>
+        <v>959.8</v>
       </c>
       <c r="L308" s="2">
-        <v>1203.5</v>
+        <v>979.4</v>
       </c>
       <c r="M308" s="2">
-        <v>1192.9</v>
+        <v>949.8</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="2" t="s">
         <v>320</v>
       </c>
       <c r="B309" s="2">
-        <v>2580</v>
+        <v>2560</v>
       </c>
       <c r="C309" s="2">
-        <v>2649</v>
+        <v>2420</v>
       </c>
       <c r="D309" s="2">
-        <v>2668</v>
+        <v>2565</v>
       </c>
       <c r="E309" s="2">
-        <v>2480</v>
+        <v>2420</v>
       </c>
       <c r="F309" s="2">
-        <v>1410</v>
+        <v>1435.8</v>
       </c>
       <c r="G309" s="2">
-        <v>1458.9</v>
+        <v>1419</v>
       </c>
       <c r="H309" s="2">
-        <v>1469.5</v>
+        <v>1468</v>
       </c>
       <c r="I309" s="2">
-        <v>1324</v>
+        <v>1388</v>
       </c>
       <c r="J309" s="2">
-        <v>1170</v>
+        <v>1124.2</v>
       </c>
       <c r="K309" s="2">
-        <v>1190.1</v>
+        <v>1001</v>
       </c>
       <c r="L309" s="2">
-        <v>1198.5</v>
+        <v>1097</v>
       </c>
       <c r="M309" s="2">
-        <v>1156</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="2" t="s">
         <v>321</v>
       </c>
       <c r="B310" s="2">
-        <v>2500</v>
+        <v>2699</v>
       </c>
       <c r="C310" s="2">
-        <v>2582</v>
+        <v>2575</v>
       </c>
       <c r="D310" s="2">
-        <v>2618</v>
+        <v>2699</v>
       </c>
       <c r="E310" s="2">
-        <v>2415.2</v>
+        <v>2520</v>
       </c>
       <c r="F310" s="2">
-        <v>1443</v>
+        <v>1505</v>
       </c>
       <c r="G310" s="2">
-        <v>1385.2</v>
+        <v>1433</v>
       </c>
       <c r="H310" s="2">
-        <v>1443</v>
+        <v>1505</v>
       </c>
       <c r="I310" s="2">
-        <v>1310.2</v>
+        <v>1408</v>
       </c>
       <c r="J310" s="2">
-        <v>1057</v>
+        <v>1194</v>
       </c>
       <c r="K310" s="2">
-        <v>1196.8</v>
+        <v>1142</v>
       </c>
       <c r="L310" s="2">
-        <v>1175</v>
+        <v>1194</v>
       </c>
       <c r="M310" s="2">
-        <v>1105</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="2" t="s">
         <v>322</v>
       </c>
       <c r="B311" s="2">
-        <v>2688</v>
+        <v>2656.2</v>
       </c>
       <c r="C311" s="2">
-        <v>2526</v>
+        <v>2744.4</v>
       </c>
       <c r="D311" s="2">
-        <v>2750</v>
+        <v>2785.9</v>
       </c>
       <c r="E311" s="2">
-        <v>2435</v>
+        <v>2643</v>
       </c>
       <c r="F311" s="2">
-        <v>3070</v>
+        <v>1530</v>
       </c>
       <c r="G311" s="2">
-        <v>3100</v>
+        <v>1509.4</v>
       </c>
       <c r="H311" s="2">
-        <v>3198.7</v>
+        <v>1598</v>
       </c>
       <c r="I311" s="2">
-        <v>3038</v>
+        <v>1457.2</v>
       </c>
       <c r="J311" s="2">
-        <v>-382</v>
+        <v>1126.2</v>
       </c>
       <c r="K311" s="2">
-        <v>-574</v>
+        <v>1235</v>
       </c>
       <c r="L311" s="2">
-        <v>-448.7</v>
+        <v>1187.9</v>
       </c>
       <c r="M311" s="2">
-        <v>-603</v>
+        <v>1185.8</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B312" s="2">
-        <v>2677</v>
+        <v>2700</v>
       </c>
       <c r="C312" s="2">
-        <v>2677</v>
+        <v>2643</v>
       </c>
       <c r="D312" s="2">
-        <v>2800</v>
+        <v>2750</v>
       </c>
       <c r="E312" s="2">
-        <v>2662</v>
+        <v>2605</v>
       </c>
       <c r="F312" s="2">
-        <v>3000</v>
+        <v>1476</v>
       </c>
       <c r="G312" s="2">
-        <v>3038</v>
+        <v>1490.1</v>
       </c>
       <c r="H312" s="2">
-        <v>3130</v>
+        <v>1538.8</v>
       </c>
       <c r="I312" s="2">
-        <v>3000</v>
+        <v>1431.1</v>
       </c>
       <c r="J312" s="2">
-        <v>-323</v>
+        <v>1224</v>
       </c>
       <c r="K312" s="2">
-        <v>-361</v>
+        <v>1152.9</v>
       </c>
       <c r="L312" s="2">
-        <v>-330</v>
+        <v>1211.2</v>
       </c>
       <c r="M312" s="2">
-        <v>-338</v>
+        <v>1173.9</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="2" t="s">
         <v>324</v>
       </c>
       <c r="B313" s="2">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="C313" s="2">
-        <v>2663.7</v>
+        <v>2729.2</v>
       </c>
       <c r="D313" s="2">
-        <v>2715</v>
+        <v>2797</v>
       </c>
       <c r="E313" s="2">
-        <v>2568</v>
+        <v>2611</v>
       </c>
       <c r="F313" s="2">
-        <v>3000</v>
+        <v>1465</v>
       </c>
       <c r="G313" s="2">
-        <v>3043.2</v>
+        <v>1488.8</v>
       </c>
       <c r="H313" s="2">
-        <v>3114.3</v>
+        <v>1593.5</v>
       </c>
       <c r="I313" s="2">
-        <v>3000</v>
+        <v>1418.1</v>
       </c>
       <c r="J313" s="2">
-        <v>-350</v>
+        <v>1195</v>
       </c>
       <c r="K313" s="2">
-        <v>-379.5</v>
+        <v>1240.4</v>
       </c>
       <c r="L313" s="2">
-        <v>-399.3</v>
+        <v>1203.5</v>
       </c>
       <c r="M313" s="2">
-        <v>-432</v>
+        <v>1192.9</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="2" t="s">
         <v>325</v>
       </c>
       <c r="B314" s="2">
-        <v>2700</v>
+        <v>2580</v>
       </c>
       <c r="C314" s="2">
-        <v>2727.2</v>
+        <v>2649</v>
       </c>
       <c r="D314" s="2">
-        <v>2785</v>
+        <v>2668</v>
       </c>
       <c r="E314" s="2">
-        <v>2630</v>
+        <v>2480</v>
       </c>
       <c r="F314" s="2">
-        <v>3102</v>
+        <v>1410</v>
       </c>
       <c r="G314" s="2">
-        <v>3081.8</v>
+        <v>1458.9</v>
       </c>
       <c r="H314" s="2">
-        <v>3168</v>
+        <v>1469.5</v>
       </c>
       <c r="I314" s="2">
-        <v>3026</v>
+        <v>1324</v>
       </c>
       <c r="J314" s="2">
-        <v>-402</v>
+        <v>1170</v>
       </c>
       <c r="K314" s="2">
-        <v>-354.6</v>
+        <v>1190.1</v>
       </c>
       <c r="L314" s="2">
-        <v>-383</v>
+        <v>1198.5</v>
       </c>
       <c r="M314" s="2">
-        <v>-396</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="2" t="s">
         <v>326</v>
       </c>
       <c r="B315" s="2">
-        <v>2888</v>
+        <v>2500</v>
       </c>
       <c r="C315" s="2">
-        <v>2818.1</v>
+        <v>2582</v>
       </c>
       <c r="D315" s="2">
-        <v>3029.2</v>
+        <v>2618</v>
       </c>
       <c r="E315" s="2">
-        <v>2767</v>
+        <v>2415.2</v>
       </c>
       <c r="F315" s="2">
-        <v>3320.1</v>
+        <v>1443</v>
       </c>
       <c r="G315" s="2">
-        <v>3253</v>
+        <v>1385.2</v>
       </c>
       <c r="H315" s="2">
-        <v>3368.9</v>
+        <v>1443</v>
       </c>
       <c r="I315" s="2">
-        <v>3171</v>
+        <v>1310.2</v>
       </c>
       <c r="J315" s="2">
-        <v>-432.1</v>
+        <v>1057</v>
       </c>
       <c r="K315" s="2">
-        <v>-434.9</v>
+        <v>1196.8</v>
       </c>
       <c r="L315" s="2">
-        <v>-339.7</v>
+        <v>1175</v>
       </c>
       <c r="M315" s="2">
-        <v>-404</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="2" t="s">
         <v>327</v>
       </c>
       <c r="B316" s="2">
-        <v>2789</v>
+        <v>2688</v>
       </c>
       <c r="C316" s="2">
-        <v>2832</v>
+        <v>2526</v>
       </c>
       <c r="D316" s="2">
-        <v>2849.8</v>
+        <v>2750</v>
       </c>
       <c r="E316" s="2">
-        <v>2740.3</v>
+        <v>2435</v>
       </c>
       <c r="F316" s="2">
-        <v>3230</v>
+        <v>3070</v>
       </c>
       <c r="G316" s="2">
-        <v>3271</v>
+        <v>3100</v>
       </c>
       <c r="H316" s="2">
-        <v>3331.5</v>
+        <v>3198.7</v>
       </c>
       <c r="I316" s="2">
-        <v>3168</v>
+        <v>3038</v>
       </c>
       <c r="J316" s="2">
-        <v>-441</v>
+        <v>-382</v>
       </c>
       <c r="K316" s="2">
-        <v>-439</v>
+        <v>-574</v>
       </c>
       <c r="L316" s="2">
-        <v>-481.7</v>
+        <v>-448.7</v>
       </c>
       <c r="M316" s="2">
-        <v>-427.7</v>
+        <v>-603</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="2" t="s">
         <v>328</v>
       </c>
       <c r="B317" s="2">
-        <v>2739</v>
+        <v>2677</v>
       </c>
       <c r="C317" s="2">
-        <v>2749.5</v>
+        <v>2677</v>
       </c>
       <c r="D317" s="2">
-        <v>2859</v>
+        <v>2800</v>
       </c>
       <c r="E317" s="2">
-        <v>2624.8</v>
+        <v>2662</v>
       </c>
       <c r="F317" s="2">
-        <v>3380</v>
+        <v>3000</v>
       </c>
       <c r="G317" s="2">
-        <v>3216</v>
+        <v>3038</v>
       </c>
       <c r="H317" s="2">
-        <v>3418</v>
+        <v>3130</v>
       </c>
       <c r="I317" s="2">
-        <v>3113.4</v>
+        <v>3000</v>
       </c>
       <c r="J317" s="2">
-        <v>-641</v>
+        <v>-323</v>
       </c>
       <c r="K317" s="2">
-        <v>-466.5</v>
+        <v>-361</v>
       </c>
       <c r="L317" s="2">
-        <v>-559</v>
+        <v>-330</v>
       </c>
       <c r="M317" s="2">
-        <v>-488.6</v>
+        <v>-338</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="2" t="s">
         <v>329</v>
       </c>
       <c r="B318" s="2">
-        <v>3022.5</v>
+        <v>2650</v>
       </c>
       <c r="C318" s="2">
-        <v>2754.9</v>
+        <v>2663.7</v>
       </c>
       <c r="D318" s="2">
-        <v>3099.8</v>
+        <v>2715</v>
       </c>
       <c r="E318" s="2">
-        <v>2733</v>
+        <v>2568</v>
       </c>
       <c r="F318" s="2">
-        <v>3546</v>
+        <v>3000</v>
       </c>
       <c r="G318" s="2">
-        <v>3390</v>
+        <v>3043.2</v>
       </c>
       <c r="H318" s="2">
-        <v>3579</v>
+        <v>3114.3</v>
       </c>
       <c r="I318" s="2">
-        <v>3336.6</v>
+        <v>3000</v>
       </c>
       <c r="J318" s="2">
-        <v>-523.5</v>
+        <v>-350</v>
       </c>
       <c r="K318" s="2">
-        <v>-635.1</v>
+        <v>-379.5</v>
       </c>
       <c r="L318" s="2">
-        <v>-479.2</v>
+        <v>-399.3</v>
       </c>
       <c r="M318" s="2">
-        <v>-603.6</v>
+        <v>-432</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="2" t="s">
         <v>330</v>
       </c>
       <c r="B319" s="2">
-        <v>3322.3</v>
+        <v>2700</v>
       </c>
       <c r="C319" s="2">
-        <v>3206.7</v>
+        <v>2727.2</v>
       </c>
       <c r="D319" s="2">
-        <v>3328</v>
+        <v>2785</v>
       </c>
       <c r="E319" s="2">
-        <v>3188</v>
+        <v>2630</v>
       </c>
       <c r="F319" s="2">
-        <v>3639.9</v>
+        <v>3102</v>
       </c>
       <c r="G319" s="2">
-        <v>3665</v>
+        <v>3081.8</v>
       </c>
       <c r="H319" s="2">
-        <v>3741.2</v>
+        <v>3168</v>
       </c>
       <c r="I319" s="2">
-        <v>3590</v>
+        <v>3026</v>
       </c>
       <c r="J319" s="2">
-        <v>-317.6</v>
+        <v>-402</v>
       </c>
       <c r="K319" s="2">
-        <v>-458.3</v>
+        <v>-354.6</v>
       </c>
       <c r="L319" s="2">
-        <v>-413.2</v>
+        <v>-383</v>
       </c>
       <c r="M319" s="2">
-        <v>-402</v>
+        <v>-396</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="2" t="s">
         <v>331</v>
       </c>
       <c r="B320" s="2">
-        <v>3615</v>
+        <v>2888</v>
       </c>
       <c r="C320" s="2">
-        <v>3626.7</v>
+        <v>2818.1</v>
       </c>
       <c r="D320" s="2">
-        <v>3678</v>
+        <v>3029.2</v>
       </c>
       <c r="E320" s="2">
-        <v>3553.1</v>
+        <v>2767</v>
       </c>
       <c r="F320" s="2">
-        <v>3385</v>
+        <v>3320.1</v>
       </c>
       <c r="G320" s="2">
-        <v>3288</v>
+        <v>3253</v>
       </c>
       <c r="H320" s="2">
-        <v>3422.3</v>
+        <v>3368.9</v>
       </c>
       <c r="I320" s="2">
-        <v>3203.3</v>
+        <v>3171</v>
       </c>
       <c r="J320" s="2">
-        <v>230</v>
+        <v>-432.1</v>
       </c>
       <c r="K320" s="2">
-        <v>338.7</v>
+        <v>-434.9</v>
       </c>
       <c r="L320" s="2">
-        <v>255.7</v>
+        <v>-339.7</v>
       </c>
       <c r="M320" s="2">
-        <v>349.8</v>
+        <v>-404</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B321" s="2">
-        <v>3601</v>
+        <v>2789</v>
       </c>
       <c r="C321" s="2">
-        <v>3584.7</v>
+        <v>2832</v>
       </c>
       <c r="D321" s="2">
-        <v>3709</v>
+        <v>2849.8</v>
       </c>
       <c r="E321" s="2">
-        <v>3506.7</v>
+        <v>2740.3</v>
       </c>
       <c r="F321" s="2">
-        <v>3360</v>
+        <v>3230</v>
       </c>
       <c r="G321" s="2">
-        <v>3318</v>
+        <v>3271</v>
       </c>
       <c r="H321" s="2">
-        <v>3498</v>
+        <v>3331.5</v>
       </c>
       <c r="I321" s="2">
-        <v>3250</v>
+        <v>3168</v>
       </c>
       <c r="J321" s="2">
-        <v>241</v>
+        <v>-441</v>
       </c>
       <c r="K321" s="2">
-        <v>266.7</v>
+        <v>-439</v>
       </c>
       <c r="L321" s="2">
-        <v>211</v>
+        <v>-481.7</v>
       </c>
       <c r="M321" s="2">
-        <v>256.7</v>
+        <v>-427.7</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B322" s="2">
-        <v>3489</v>
+        <v>2739</v>
       </c>
       <c r="C322" s="2">
-        <v>3653</v>
+        <v>2749.5</v>
       </c>
       <c r="D322" s="2">
-        <v>3677.9</v>
+        <v>2859</v>
       </c>
       <c r="E322" s="2">
-        <v>3460</v>
+        <v>2624.8</v>
       </c>
       <c r="F322" s="2">
-        <v>2107.9</v>
+        <v>3380</v>
       </c>
       <c r="G322" s="2">
-        <v>2137</v>
+        <v>3216</v>
       </c>
       <c r="H322" s="2">
-        <v>2150</v>
+        <v>3418</v>
       </c>
       <c r="I322" s="2">
-        <v>2090.9</v>
+        <v>3113.4</v>
       </c>
       <c r="J322" s="2">
-        <v>1381.1</v>
+        <v>-641</v>
       </c>
       <c r="K322" s="2">
-        <v>1516</v>
+        <v>-466.5</v>
       </c>
       <c r="L322" s="2">
-        <v>1527.9</v>
+        <v>-559</v>
       </c>
       <c r="M322" s="2">
-        <v>1369.1</v>
+        <v>-488.6</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B323" s="2">
-        <v>3505.3</v>
+        <v>3022.5</v>
       </c>
       <c r="C323" s="2">
-        <v>3515</v>
+        <v>2754.9</v>
       </c>
       <c r="D323" s="2">
-        <v>3575</v>
+        <v>3099.8</v>
       </c>
       <c r="E323" s="2">
-        <v>3394</v>
+        <v>2733</v>
       </c>
       <c r="F323" s="2">
-        <v>3163.8</v>
+        <v>3546</v>
       </c>
       <c r="G323" s="2">
-        <v>3215.4</v>
+        <v>3390</v>
       </c>
       <c r="H323" s="2">
-        <v>3259</v>
+        <v>3579</v>
       </c>
       <c r="I323" s="2">
-        <v>3073.3</v>
+        <v>3336.6</v>
       </c>
       <c r="J323" s="2">
-        <v>341.5</v>
+        <v>-523.5</v>
       </c>
       <c r="K323" s="2">
-        <v>299.6</v>
+        <v>-635.1</v>
       </c>
       <c r="L323" s="2">
-        <v>316</v>
+        <v>-479.2</v>
       </c>
       <c r="M323" s="2">
-        <v>320.7</v>
+        <v>-603.6</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B324" s="2">
-        <v>3610</v>
+        <v>3322.3</v>
       </c>
       <c r="C324" s="2">
-        <v>3505.3</v>
+        <v>3206.7</v>
       </c>
       <c r="D324" s="2">
-        <v>3810</v>
+        <v>3328</v>
       </c>
       <c r="E324" s="2">
-        <v>3470</v>
+        <v>3188</v>
       </c>
       <c r="F324" s="2">
-        <v>2050</v>
+        <v>3639.9</v>
       </c>
       <c r="G324" s="2">
-        <v>2100</v>
+        <v>3665</v>
       </c>
       <c r="H324" s="2">
-        <v>2258</v>
+        <v>3741.2</v>
       </c>
       <c r="I324" s="2">
-        <v>1956</v>
+        <v>3590</v>
       </c>
       <c r="J324" s="2">
-        <v>1560</v>
+        <v>-317.6</v>
       </c>
       <c r="K324" s="2">
-        <v>1405.3</v>
+        <v>-458.3</v>
       </c>
       <c r="L324" s="2">
-        <v>1552</v>
+        <v>-413.2</v>
       </c>
       <c r="M324" s="2">
-        <v>1514</v>
+        <v>-402</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B325" s="2">
-        <v>3871</v>
+        <v>3615</v>
       </c>
       <c r="C325" s="2">
-        <v>3663</v>
+        <v>3626.7</v>
       </c>
       <c r="D325" s="2">
-        <v>3900</v>
+        <v>3678</v>
       </c>
       <c r="E325" s="2">
-        <v>3588</v>
+        <v>3553.1</v>
       </c>
       <c r="F325" s="2">
-        <v>3450</v>
+        <v>3385</v>
       </c>
       <c r="G325" s="2">
-        <v>3339.1</v>
+        <v>3288</v>
       </c>
       <c r="H325" s="2">
-        <v>3516.8</v>
+        <v>3422.3</v>
       </c>
       <c r="I325" s="2">
-        <v>3252</v>
+        <v>3203.3</v>
       </c>
       <c r="J325" s="2">
-        <v>421</v>
+        <v>230</v>
       </c>
       <c r="K325" s="2">
-        <v>323.9</v>
+        <v>338.7</v>
       </c>
       <c r="L325" s="2">
-        <v>383.2</v>
+        <v>255.7</v>
       </c>
       <c r="M325" s="2">
-        <v>336</v>
+        <v>349.8</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B326" s="2">
-        <v>3760</v>
+        <v>3601</v>
       </c>
       <c r="C326" s="2">
-        <v>3926</v>
+        <v>3584.7</v>
       </c>
       <c r="D326" s="2">
-        <v>4074</v>
+        <v>3709</v>
       </c>
       <c r="E326" s="2">
-        <v>3670</v>
+        <v>3506.7</v>
       </c>
       <c r="F326" s="2">
-        <v>3150</v>
+        <v>3360</v>
       </c>
       <c r="G326" s="2">
-        <v>3493.1</v>
+        <v>3318</v>
       </c>
       <c r="H326" s="2">
-        <v>3493.1</v>
+        <v>3498</v>
       </c>
       <c r="I326" s="2">
-        <v>3120</v>
+        <v>3250</v>
       </c>
       <c r="J326" s="2">
-        <v>610</v>
+        <v>241</v>
       </c>
       <c r="K326" s="2">
-        <v>432.9</v>
+        <v>266.7</v>
       </c>
       <c r="L326" s="2">
-        <v>580.9</v>
+        <v>211</v>
       </c>
       <c r="M326" s="2">
-        <v>550</v>
+        <v>256.7</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="2" t="s">
         <v>338</v>
       </c>
       <c r="B327" s="2">
-        <v>3732.1</v>
+        <v>3489</v>
       </c>
       <c r="C327" s="2">
-        <v>3655.1</v>
+        <v>3653</v>
       </c>
       <c r="D327" s="2">
-        <v>3800</v>
+        <v>3677.9</v>
       </c>
       <c r="E327" s="2">
-        <v>3501</v>
+        <v>3460</v>
       </c>
       <c r="F327" s="2">
-        <v>1765.3</v>
+        <v>2107.9</v>
       </c>
       <c r="G327" s="2">
-        <v>1783</v>
+        <v>2137</v>
       </c>
       <c r="H327" s="2">
-        <v>1843</v>
+        <v>2150</v>
       </c>
       <c r="I327" s="2">
-        <v>1720.9</v>
+        <v>2090.9</v>
       </c>
       <c r="J327" s="2">
-        <v>1966.8</v>
+        <v>1381.1</v>
       </c>
       <c r="K327" s="2">
-        <v>1872.1</v>
+        <v>1516</v>
       </c>
       <c r="L327" s="2">
-        <v>1957</v>
+        <v>1527.9</v>
       </c>
       <c r="M327" s="2">
-        <v>1780.1</v>
+        <v>1369.1</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="2" t="s">
         <v>339</v>
       </c>
       <c r="B328" s="2">
-        <v>3618.4</v>
+        <v>3505.3</v>
       </c>
       <c r="C328" s="2">
-        <v>3722.3</v>
+        <v>3515</v>
       </c>
       <c r="D328" s="2">
-        <v>3820</v>
+        <v>3575</v>
       </c>
       <c r="E328" s="2">
-        <v>3465</v>
+        <v>3394</v>
       </c>
       <c r="F328" s="2">
-        <v>2900</v>
+        <v>3163.8</v>
       </c>
       <c r="G328" s="2">
-        <v>3035</v>
+        <v>3215.4</v>
       </c>
       <c r="H328" s="2">
-        <v>3132</v>
+        <v>3259</v>
       </c>
       <c r="I328" s="2">
-        <v>2785</v>
+        <v>3073.3</v>
       </c>
       <c r="J328" s="2">
-        <v>718.4</v>
+        <v>341.5</v>
       </c>
       <c r="K328" s="2">
-        <v>687.3</v>
+        <v>299.6</v>
       </c>
       <c r="L328" s="2">
-        <v>688</v>
+        <v>316</v>
       </c>
       <c r="M328" s="2">
-        <v>680</v>
+        <v>320.7</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="2" t="s">
         <v>340</v>
       </c>
       <c r="B329" s="2">
-        <v>3400</v>
+        <v>3610</v>
       </c>
       <c r="C329" s="2">
-        <v>3618.4</v>
+        <v>3505.3</v>
       </c>
       <c r="D329" s="2">
-        <v>3630</v>
+        <v>3810</v>
       </c>
       <c r="E329" s="2">
-        <v>3305</v>
+        <v>3470</v>
       </c>
       <c r="F329" s="2">
-        <v>1709.9</v>
+        <v>2050</v>
       </c>
       <c r="G329" s="2">
-        <v>1745.9</v>
+        <v>2100</v>
       </c>
       <c r="H329" s="2">
-        <v>1769.9</v>
+        <v>2258</v>
       </c>
       <c r="I329" s="2">
-        <v>1662</v>
+        <v>1956</v>
       </c>
       <c r="J329" s="2">
-        <v>1690.1</v>
+        <v>1560</v>
       </c>
       <c r="K329" s="2">
-        <v>1872.5</v>
+        <v>1405.3</v>
       </c>
       <c r="L329" s="2">
-        <v>1860.1</v>
+        <v>1552</v>
       </c>
       <c r="M329" s="2">
-        <v>1643</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="2" t="s">
         <v>341</v>
       </c>
       <c r="B330" s="2">
-        <v>3514</v>
+        <v>3871</v>
       </c>
       <c r="C330" s="2">
-        <v>3374.9</v>
+        <v>3663</v>
       </c>
       <c r="D330" s="2">
-        <v>3656</v>
+        <v>3900</v>
       </c>
       <c r="E330" s="2">
-        <v>3233</v>
+        <v>3588</v>
       </c>
       <c r="F330" s="2">
-        <v>2866.3</v>
+        <v>3450</v>
       </c>
       <c r="G330" s="2">
-        <v>2749.1</v>
+        <v>3339.1</v>
       </c>
       <c r="H330" s="2">
-        <v>2975</v>
+        <v>3516.8</v>
       </c>
       <c r="I330" s="2">
-        <v>2640</v>
+        <v>3252</v>
       </c>
       <c r="J330" s="2">
-        <v>647.7</v>
+        <v>421</v>
       </c>
       <c r="K330" s="2">
-        <v>625.8</v>
+        <v>323.9</v>
       </c>
       <c r="L330" s="2">
-        <v>681</v>
+        <v>383.2</v>
       </c>
       <c r="M330" s="2">
-        <v>593</v>
+        <v>336</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="2" t="s">
         <v>342</v>
       </c>
       <c r="B331" s="2">
-        <v>3699</v>
+        <v>3760</v>
       </c>
       <c r="C331" s="2">
-        <v>3381.9</v>
+        <v>3926</v>
       </c>
       <c r="D331" s="2">
-        <v>3796</v>
+        <v>4074</v>
       </c>
       <c r="E331" s="2">
-        <v>3350.7</v>
+        <v>3670</v>
       </c>
       <c r="F331" s="2">
-        <v>2910</v>
+        <v>3150</v>
       </c>
       <c r="G331" s="2">
-        <v>2784.4</v>
+        <v>3493.1</v>
       </c>
       <c r="H331" s="2">
-        <v>2995.4</v>
+        <v>3493.1</v>
       </c>
       <c r="I331" s="2">
-        <v>2723.4</v>
+        <v>3120</v>
       </c>
       <c r="J331" s="2">
-        <v>789</v>
+        <v>610</v>
       </c>
       <c r="K331" s="2">
-        <v>597.5</v>
+        <v>432.9</v>
       </c>
       <c r="L331" s="2">
-        <v>800.6</v>
+        <v>580.9</v>
       </c>
       <c r="M331" s="2">
-        <v>627.3</v>
+        <v>550</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="2" t="s">
         <v>343</v>
       </c>
       <c r="B332" s="2">
+        <v>3732.1</v>
+      </c>
+      <c r="C332" s="2">
+        <v>3655.1</v>
+      </c>
+      <c r="D332" s="2">
         <v>3800</v>
       </c>
-      <c r="C332" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E332" s="2">
-        <v>3610</v>
+        <v>3501</v>
       </c>
       <c r="F332" s="2">
-        <v>1922</v>
+        <v>1765.3</v>
       </c>
       <c r="G332" s="2">
-        <v>1799.9</v>
+        <v>1783</v>
       </c>
       <c r="H332" s="2">
-        <v>1998</v>
+        <v>1843</v>
       </c>
       <c r="I332" s="2">
-        <v>1793</v>
+        <v>1720.9</v>
       </c>
       <c r="J332" s="2">
-        <v>1878</v>
+        <v>1966.8</v>
       </c>
       <c r="K332" s="2">
-        <v>1875.1</v>
+        <v>1872.1</v>
       </c>
       <c r="L332" s="2">
-        <v>1847</v>
+        <v>1957</v>
       </c>
       <c r="M332" s="2">
-        <v>1817</v>
+        <v>1780.1</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="2" t="s">
         <v>344</v>
       </c>
       <c r="B333" s="2">
-        <v>4200</v>
+        <v>3618.4</v>
       </c>
       <c r="C333" s="2">
-        <v>3894.5</v>
+        <v>3722.3</v>
       </c>
       <c r="D333" s="2">
-        <v>4220</v>
+        <v>3820</v>
       </c>
       <c r="E333" s="2">
-        <v>3853.1</v>
+        <v>3465</v>
       </c>
       <c r="F333" s="2">
-        <v>1900</v>
+        <v>2900</v>
       </c>
       <c r="G333" s="2">
-        <v>1943.8</v>
+        <v>3035</v>
       </c>
       <c r="H333" s="2">
-        <v>2018.8</v>
+        <v>3132</v>
       </c>
       <c r="I333" s="2">
-        <v>1862</v>
+        <v>2785</v>
       </c>
       <c r="J333" s="2">
-        <v>2300</v>
+        <v>718.4</v>
       </c>
       <c r="K333" s="2">
-        <v>1950.7</v>
+        <v>687.3</v>
       </c>
       <c r="L333" s="2">
-        <v>2201.2</v>
+        <v>688</v>
       </c>
       <c r="M333" s="2">
-        <v>1991.1</v>
+        <v>680</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="2" t="s">
         <v>345</v>
       </c>
       <c r="B334" s="2">
-        <v>4388.8</v>
+        <v>3400</v>
       </c>
       <c r="C334" s="2">
-        <v>4245.5</v>
+        <v>3618.4</v>
       </c>
       <c r="D334" s="2">
-        <v>4499</v>
+        <v>3630</v>
       </c>
       <c r="E334" s="2">
-        <v>4210</v>
+        <v>3305</v>
       </c>
       <c r="F334" s="2">
-        <v>3368</v>
+        <v>1709.9</v>
       </c>
       <c r="G334" s="2">
-        <v>3414.1</v>
+        <v>1745.9</v>
       </c>
       <c r="H334" s="2">
-        <v>3581.6</v>
+        <v>1769.9</v>
       </c>
       <c r="I334" s="2">
-        <v>3130</v>
+        <v>1662</v>
       </c>
       <c r="J334" s="2">
-        <v>1020.8</v>
+        <v>1690.1</v>
       </c>
       <c r="K334" s="2">
-        <v>831.4</v>
+        <v>1872.5</v>
       </c>
       <c r="L334" s="2">
-        <v>917.4</v>
+        <v>1860.1</v>
       </c>
       <c r="M334" s="2">
-        <v>1080</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="2" t="s">
         <v>346</v>
       </c>
       <c r="B335" s="2">
-        <v>5800</v>
+        <v>3514</v>
       </c>
       <c r="C335" s="2">
-        <v>5793</v>
+        <v>3374.9</v>
       </c>
       <c r="D335" s="2">
-        <v>5800</v>
+        <v>3656</v>
       </c>
       <c r="E335" s="2">
-        <v>5641.5</v>
+        <v>3233</v>
       </c>
       <c r="F335" s="2">
-        <v>4351</v>
+        <v>2866.3</v>
       </c>
       <c r="G335" s="2">
-        <v>4388.8</v>
+        <v>2749.1</v>
       </c>
       <c r="H335" s="2">
-        <v>4418</v>
+        <v>2975</v>
       </c>
       <c r="I335" s="2">
-        <v>4050</v>
+        <v>2640</v>
       </c>
       <c r="J335" s="2">
-        <v>1449</v>
+        <v>647.7</v>
       </c>
       <c r="K335" s="2">
-        <v>1404.2</v>
+        <v>625.8</v>
       </c>
       <c r="L335" s="2">
-        <v>1382</v>
+        <v>681</v>
       </c>
       <c r="M335" s="2">
-        <v>1591.5</v>
+        <v>593</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="2" t="s">
         <v>347</v>
       </c>
       <c r="B336" s="2">
-        <v>5587</v>
+        <v>3699</v>
       </c>
       <c r="C336" s="2">
-        <v>5600</v>
+        <v>3381.9</v>
       </c>
       <c r="D336" s="2">
-        <v>5664.3</v>
+        <v>3796</v>
       </c>
       <c r="E336" s="2">
-        <v>5460</v>
+        <v>3350.7</v>
       </c>
       <c r="F336" s="2">
-        <v>4106</v>
+        <v>2910</v>
       </c>
       <c r="G336" s="2">
-        <v>4075.8</v>
+        <v>2784.4</v>
       </c>
       <c r="H336" s="2">
-        <v>4238.4</v>
+        <v>2995.4</v>
       </c>
       <c r="I336" s="2">
-        <v>3890.2</v>
+        <v>2723.4</v>
       </c>
       <c r="J336" s="2">
-        <v>1481</v>
+        <v>789</v>
       </c>
       <c r="K336" s="2">
-        <v>1524.2</v>
+        <v>597.5</v>
       </c>
       <c r="L336" s="2">
-        <v>1425.9</v>
+        <v>800.6</v>
       </c>
       <c r="M336" s="2">
-        <v>1569.8</v>
+        <v>627.3</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B337" s="2">
-        <v>5515</v>
+        <v>3800</v>
       </c>
       <c r="C337" s="2">
-        <v>5499.9</v>
+        <v>3675</v>
       </c>
       <c r="D337" s="2">
-        <v>5550</v>
+        <v>3845</v>
       </c>
       <c r="E337" s="2">
-        <v>5350</v>
+        <v>3610</v>
       </c>
       <c r="F337" s="2">
-        <v>3990</v>
+        <v>1922</v>
       </c>
       <c r="G337" s="2">
-        <v>3874.8</v>
+        <v>1799.9</v>
       </c>
       <c r="H337" s="2">
-        <v>4030</v>
+        <v>1998</v>
       </c>
       <c r="I337" s="2">
-        <v>3570</v>
+        <v>1793</v>
       </c>
       <c r="J337" s="2">
-        <v>1525</v>
+        <v>1878</v>
       </c>
       <c r="K337" s="2">
-        <v>1625.1</v>
+        <v>1875.1</v>
       </c>
       <c r="L337" s="2">
-        <v>1520</v>
+        <v>1847</v>
       </c>
       <c r="M337" s="2">
-        <v>1780</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="2" t="s">
         <v>349</v>
       </c>
       <c r="B338" s="2">
-        <v>5728</v>
+        <v>4200</v>
       </c>
       <c r="C338" s="2">
-        <v>5488</v>
+        <v>3894.5</v>
       </c>
       <c r="D338" s="2">
-        <v>5743.8</v>
+        <v>4220</v>
       </c>
       <c r="E338" s="2">
-        <v>5322</v>
+        <v>3853.1</v>
       </c>
       <c r="F338" s="2">
-        <v>4410</v>
+        <v>1900</v>
       </c>
       <c r="G338" s="2">
-        <v>3870</v>
+        <v>1943.8</v>
       </c>
       <c r="H338" s="2">
-        <v>4440</v>
+        <v>2018.8</v>
       </c>
       <c r="I338" s="2">
-        <v>3765</v>
+        <v>1862</v>
       </c>
       <c r="J338" s="2">
-        <v>1318</v>
+        <v>2300</v>
       </c>
       <c r="K338" s="2">
-        <v>1618</v>
+        <v>1950.7</v>
       </c>
       <c r="L338" s="2">
-        <v>1303.8</v>
+        <v>2201.2</v>
       </c>
       <c r="M338" s="2">
-        <v>1557</v>
+        <v>1991.1</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="2" t="s">
         <v>350</v>
       </c>
       <c r="B339" s="2">
-        <v>5700</v>
+        <v>4388.8</v>
       </c>
       <c r="C339" s="2">
-        <v>5745.3</v>
+        <v>4245.5</v>
       </c>
       <c r="D339" s="2">
-        <v>5799</v>
+        <v>4499</v>
       </c>
       <c r="E339" s="2">
-        <v>5671.6</v>
+        <v>4210</v>
       </c>
       <c r="F339" s="2">
-        <v>4400</v>
+        <v>3368</v>
       </c>
       <c r="G339" s="2">
-        <v>4435</v>
+        <v>3414.1</v>
       </c>
       <c r="H339" s="2">
-        <v>4618.8</v>
+        <v>3581.6</v>
       </c>
       <c r="I339" s="2">
-        <v>4355</v>
+        <v>3130</v>
       </c>
       <c r="J339" s="2">
-        <v>1300</v>
+        <v>1020.8</v>
       </c>
       <c r="K339" s="2">
-        <v>1310.3</v>
+        <v>831.4</v>
       </c>
       <c r="L339" s="2">
-        <v>1180.2</v>
+        <v>917.4</v>
       </c>
       <c r="M339" s="2">
-        <v>1316.6</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="2" t="s">
         <v>351</v>
       </c>
       <c r="B340" s="2">
-        <v>5475</v>
+        <v>5800</v>
       </c>
       <c r="C340" s="2">
-        <v>5604.8</v>
+        <v>5793</v>
       </c>
       <c r="D340" s="2">
-        <v>5618</v>
+        <v>5800</v>
       </c>
       <c r="E340" s="2">
-        <v>5470</v>
+        <v>5641.5</v>
       </c>
       <c r="F340" s="2">
-        <v>4100</v>
+        <v>4351</v>
       </c>
       <c r="G340" s="2">
-        <v>4260.1</v>
+        <v>4388.8</v>
       </c>
       <c r="H340" s="2">
-        <v>4347.2</v>
+        <v>4418</v>
       </c>
       <c r="I340" s="2">
-        <v>4071</v>
+        <v>4050</v>
       </c>
       <c r="J340" s="2">
-        <v>1375</v>
+        <v>1449</v>
       </c>
       <c r="K340" s="2">
-        <v>1344.7</v>
+        <v>1404.2</v>
       </c>
       <c r="L340" s="2">
-        <v>1270.8</v>
+        <v>1382</v>
       </c>
       <c r="M340" s="2">
-        <v>1399</v>
+        <v>1591.5</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B341" s="2">
-        <v>5597.9</v>
+        <v>5587</v>
       </c>
       <c r="C341" s="2">
-        <v>5430</v>
+        <v>5600</v>
       </c>
       <c r="D341" s="2">
-        <v>5598</v>
+        <v>5664.3</v>
       </c>
       <c r="E341" s="2">
-        <v>5375</v>
+        <v>5460</v>
       </c>
       <c r="F341" s="2">
-        <v>3148.5</v>
+        <v>4106</v>
       </c>
       <c r="G341" s="2">
-        <v>2889.3</v>
+        <v>4075.8</v>
       </c>
       <c r="H341" s="2">
-        <v>3179</v>
+        <v>4238.4</v>
       </c>
       <c r="I341" s="2">
-        <v>2889.3</v>
+        <v>3890.2</v>
       </c>
       <c r="J341" s="2">
-        <v>2449.4</v>
+        <v>1481</v>
       </c>
       <c r="K341" s="2">
-        <v>2540.7</v>
+        <v>1524.2</v>
       </c>
       <c r="L341" s="2">
-        <v>2419</v>
+        <v>1425.9</v>
       </c>
       <c r="M341" s="2">
-        <v>2485.7</v>
+        <v>1569.8</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="2" t="s">
         <v>353</v>
       </c>
       <c r="B342" s="2">
-        <v>5675.1</v>
+        <v>5515</v>
       </c>
       <c r="C342" s="2">
-        <v>5700.9</v>
+        <v>5499.9</v>
       </c>
       <c r="D342" s="2">
-        <v>5772.3</v>
+        <v>5550</v>
       </c>
       <c r="E342" s="2">
-        <v>5500</v>
+        <v>5350</v>
       </c>
       <c r="F342" s="2">
-        <v>3588</v>
+        <v>3990</v>
       </c>
       <c r="G342" s="2">
-        <v>3280</v>
+        <v>3874.8</v>
       </c>
       <c r="H342" s="2">
-        <v>3784</v>
+        <v>4030</v>
       </c>
       <c r="I342" s="2">
-        <v>3045</v>
+        <v>3570</v>
       </c>
       <c r="J342" s="2">
-        <v>2087.1</v>
+        <v>1525</v>
       </c>
       <c r="K342" s="2">
-        <v>2420.9</v>
+        <v>1625.1</v>
       </c>
       <c r="L342" s="2">
-        <v>1988.3</v>
+        <v>1520</v>
       </c>
       <c r="M342" s="2">
-        <v>2455</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="2" t="s">
         <v>354</v>
       </c>
       <c r="B343" s="2">
-        <v>5588</v>
+        <v>5728</v>
       </c>
       <c r="C343" s="2">
-        <v>5788.8</v>
+        <v>5488</v>
       </c>
       <c r="D343" s="2">
-        <v>5811</v>
+        <v>5743.8</v>
       </c>
       <c r="E343" s="2">
-        <v>5541</v>
+        <v>5322</v>
       </c>
       <c r="F343" s="2">
-        <v>4714.9</v>
+        <v>4410</v>
       </c>
       <c r="G343" s="2">
-        <v>4986.4</v>
+        <v>3870</v>
       </c>
       <c r="H343" s="2">
-        <v>4995</v>
+        <v>4440</v>
       </c>
       <c r="I343" s="2">
-        <v>4685.2</v>
+        <v>3765</v>
       </c>
       <c r="J343" s="2">
-        <v>873.1</v>
+        <v>1318</v>
       </c>
       <c r="K343" s="2">
-        <v>802.4</v>
+        <v>1618</v>
       </c>
       <c r="L343" s="2">
-        <v>816</v>
+        <v>1303.8</v>
       </c>
       <c r="M343" s="2">
-        <v>855.8</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="2" t="s">
         <v>355</v>
       </c>
       <c r="B344" s="2">
-        <v>5555</v>
+        <v>5700</v>
       </c>
       <c r="C344" s="2">
-        <v>5632.2</v>
+        <v>5745.3</v>
       </c>
       <c r="D344" s="2">
-        <v>5650</v>
+        <v>5799</v>
       </c>
       <c r="E344" s="2">
-        <v>5528</v>
+        <v>5671.6</v>
       </c>
       <c r="F344" s="2">
-        <v>4580</v>
+        <v>4400</v>
       </c>
       <c r="G344" s="2">
-        <v>4815</v>
+        <v>4435</v>
       </c>
       <c r="H344" s="2">
-        <v>4854.9</v>
+        <v>4618.8</v>
       </c>
       <c r="I344" s="2">
-        <v>4560</v>
+        <v>4355</v>
       </c>
       <c r="J344" s="2">
-        <v>975</v>
+        <v>1300</v>
       </c>
       <c r="K344" s="2">
-        <v>817.2</v>
+        <v>1310.3</v>
       </c>
       <c r="L344" s="2">
-        <v>795.1</v>
+        <v>1180.2</v>
       </c>
       <c r="M344" s="2">
-        <v>968</v>
+        <v>1316.6</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="2" t="s">
         <v>356</v>
       </c>
       <c r="B345" s="2">
-        <v>5458.8</v>
+        <v>5475</v>
       </c>
       <c r="C345" s="2">
-        <v>5575</v>
+        <v>5604.8</v>
       </c>
       <c r="D345" s="2">
-        <v>5579.1</v>
+        <v>5618</v>
       </c>
       <c r="E345" s="2">
-        <v>5388</v>
+        <v>5470</v>
       </c>
       <c r="F345" s="2">
-        <v>4513.3</v>
+        <v>4100</v>
       </c>
       <c r="G345" s="2">
-        <v>4610</v>
+        <v>4260.1</v>
       </c>
       <c r="H345" s="2">
-        <v>4619</v>
+        <v>4347.2</v>
       </c>
       <c r="I345" s="2">
-        <v>4419</v>
+        <v>4071</v>
       </c>
       <c r="J345" s="2">
-        <v>945.5</v>
+        <v>1375</v>
       </c>
       <c r="K345" s="2">
-        <v>965</v>
+        <v>1344.7</v>
       </c>
       <c r="L345" s="2">
-        <v>960.1</v>
+        <v>1270.8</v>
       </c>
       <c r="M345" s="2">
-        <v>969</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="2" t="s">
         <v>357</v>
       </c>
       <c r="B346" s="2">
-        <v>5320</v>
+        <v>5597.9</v>
       </c>
       <c r="C346" s="2">
-        <v>5322</v>
+        <v>5430</v>
       </c>
       <c r="D346" s="2">
-        <v>5385</v>
+        <v>5598</v>
       </c>
       <c r="E346" s="2">
-        <v>5217.3</v>
+        <v>5375</v>
       </c>
       <c r="F346" s="2">
-        <v>4466</v>
+        <v>3148.5</v>
       </c>
       <c r="G346" s="2">
-        <v>4382.7</v>
+        <v>2889.3</v>
       </c>
       <c r="H346" s="2">
-        <v>4590</v>
+        <v>3179</v>
       </c>
       <c r="I346" s="2">
-        <v>4168.8</v>
+        <v>2889.3</v>
       </c>
       <c r="J346" s="2">
-        <v>854</v>
+        <v>2449.4</v>
       </c>
       <c r="K346" s="2">
-        <v>939.3</v>
+        <v>2540.7</v>
       </c>
       <c r="L346" s="2">
-        <v>795</v>
+        <v>2419</v>
       </c>
       <c r="M346" s="2">
-        <v>1048.5</v>
+        <v>2485.7</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B347" s="2">
-        <v>5215</v>
+        <v>5675.1</v>
       </c>
       <c r="C347" s="2">
-        <v>5226</v>
+        <v>5700.9</v>
       </c>
       <c r="D347" s="2">
-        <v>5293</v>
+        <v>5772.3</v>
       </c>
       <c r="E347" s="2">
-        <v>5160</v>
+        <v>5500</v>
       </c>
       <c r="F347" s="2">
-        <v>4225</v>
+        <v>3588</v>
       </c>
       <c r="G347" s="2">
-        <v>4399.3</v>
+        <v>3280</v>
       </c>
       <c r="H347" s="2">
-        <v>4428</v>
+        <v>3784</v>
       </c>
       <c r="I347" s="2">
-        <v>4220</v>
+        <v>3045</v>
       </c>
       <c r="J347" s="2">
-        <v>990</v>
+        <v>2087.1</v>
       </c>
       <c r="K347" s="2">
-        <v>826.7</v>
+        <v>2420.9</v>
       </c>
       <c r="L347" s="2">
-        <v>865</v>
+        <v>1988.3</v>
       </c>
       <c r="M347" s="2">
-        <v>940</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="2" t="s">
         <v>359</v>
       </c>
       <c r="B348" s="2">
-        <v>5100</v>
+        <v>5588</v>
       </c>
       <c r="C348" s="2">
-        <v>5197.9</v>
+        <v>5788.8</v>
       </c>
       <c r="D348" s="2">
-        <v>5215</v>
+        <v>5811</v>
       </c>
       <c r="E348" s="2">
-        <v>5033</v>
+        <v>5541</v>
       </c>
       <c r="F348" s="2">
-        <v>4100</v>
+        <v>4714.9</v>
       </c>
       <c r="G348" s="2">
-        <v>4229.9</v>
+        <v>4986.4</v>
       </c>
       <c r="H348" s="2">
-        <v>4252</v>
+        <v>4995</v>
       </c>
       <c r="I348" s="2">
-        <v>4001</v>
+        <v>4685.2</v>
       </c>
       <c r="J348" s="2">
-        <v>1000</v>
+        <v>873.1</v>
       </c>
       <c r="K348" s="2">
-        <v>968</v>
+        <v>802.4</v>
       </c>
       <c r="L348" s="2">
-        <v>963</v>
+        <v>816</v>
       </c>
       <c r="M348" s="2">
-        <v>1032</v>
+        <v>855.8</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="2" t="s">
         <v>360</v>
       </c>
       <c r="B349" s="2">
-        <v>5230</v>
+        <v>5555</v>
       </c>
       <c r="C349" s="2">
-        <v>5149.2</v>
+        <v>5632.2</v>
       </c>
       <c r="D349" s="2">
-        <v>5275</v>
+        <v>5650</v>
       </c>
       <c r="E349" s="2">
-        <v>5058.6</v>
+        <v>5528</v>
       </c>
       <c r="F349" s="2">
-        <v>4230</v>
+        <v>4580</v>
       </c>
       <c r="G349" s="2">
-        <v>4121</v>
+        <v>4815</v>
       </c>
       <c r="H349" s="2">
-        <v>4276.4</v>
+        <v>4854.9</v>
       </c>
       <c r="I349" s="2">
-        <v>4009.8</v>
+        <v>4560</v>
       </c>
       <c r="J349" s="2">
-        <v>1000</v>
+        <v>975</v>
       </c>
       <c r="K349" s="2">
-        <v>1028.2</v>
+        <v>817.2</v>
       </c>
       <c r="L349" s="2">
-        <v>998.6</v>
+        <v>795.1</v>
       </c>
       <c r="M349" s="2">
-        <v>1048.8</v>
+        <v>968</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="2" t="s">
         <v>361</v>
       </c>
       <c r="B350" s="2">
-        <v>5300</v>
+        <v>5458.8</v>
       </c>
       <c r="C350" s="2">
-        <v>5294.9</v>
+        <v>5575</v>
       </c>
       <c r="D350" s="2">
-        <v>5338.2</v>
+        <v>5579.1</v>
       </c>
       <c r="E350" s="2">
-        <v>5225</v>
+        <v>5388</v>
       </c>
       <c r="F350" s="2">
-        <v>4275</v>
+        <v>4513.3</v>
       </c>
       <c r="G350" s="2">
-        <v>4230</v>
+        <v>4610</v>
       </c>
       <c r="H350" s="2">
-        <v>4336</v>
+        <v>4619</v>
       </c>
       <c r="I350" s="2">
-        <v>4173.1</v>
+        <v>4419</v>
       </c>
       <c r="J350" s="2">
-        <v>1025</v>
+        <v>945.5</v>
       </c>
       <c r="K350" s="2">
-        <v>1064.9</v>
+        <v>965</v>
       </c>
       <c r="L350" s="2">
-        <v>1002.2</v>
+        <v>960.1</v>
       </c>
       <c r="M350" s="2">
-        <v>1051.9</v>
+        <v>969</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="2" t="s">
         <v>362</v>
       </c>
       <c r="B351" s="2">
-        <v>5288</v>
+        <v>5320</v>
       </c>
       <c r="C351" s="2">
-        <v>5399</v>
+        <v>5322</v>
       </c>
       <c r="D351" s="2">
-        <v>5422.5</v>
+        <v>5385</v>
       </c>
       <c r="E351" s="2">
-        <v>5235</v>
+        <v>5217.3</v>
       </c>
       <c r="F351" s="2">
-        <v>4110</v>
+        <v>4466</v>
       </c>
       <c r="G351" s="2">
-        <v>4375</v>
+        <v>4382.7</v>
       </c>
       <c r="H351" s="2">
-        <v>4439.9</v>
+        <v>4590</v>
       </c>
       <c r="I351" s="2">
-        <v>4110</v>
+        <v>4168.8</v>
       </c>
       <c r="J351" s="2">
-        <v>1178</v>
+        <v>854</v>
       </c>
       <c r="K351" s="2">
-        <v>1024</v>
+        <v>939.3</v>
       </c>
       <c r="L351" s="2">
-        <v>982.6</v>
+        <v>795</v>
       </c>
       <c r="M351" s="2">
-        <v>1125</v>
+        <v>1048.5</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="2" t="s">
         <v>363</v>
       </c>
       <c r="B352" s="2">
-        <v>5276</v>
+        <v>5215</v>
       </c>
       <c r="C352" s="2">
-        <v>5289.8</v>
+        <v>5226</v>
       </c>
       <c r="D352" s="2">
-        <v>5298</v>
+        <v>5293</v>
       </c>
       <c r="E352" s="2">
-        <v>5111</v>
+        <v>5160</v>
       </c>
       <c r="F352" s="2">
-        <v>4144</v>
+        <v>4225</v>
       </c>
       <c r="G352" s="2">
-        <v>4188.3</v>
+        <v>4399.3</v>
       </c>
       <c r="H352" s="2">
-        <v>4236.6</v>
+        <v>4428</v>
       </c>
       <c r="I352" s="2">
-        <v>4010</v>
+        <v>4220</v>
       </c>
       <c r="J352" s="2">
-        <v>1132</v>
+        <v>990</v>
       </c>
       <c r="K352" s="2">
-        <v>1101.5</v>
+        <v>826.7</v>
       </c>
       <c r="L352" s="2">
-        <v>1061.4</v>
+        <v>865</v>
       </c>
       <c r="M352" s="2">
-        <v>1101</v>
+        <v>940</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="2" t="s">
         <v>364</v>
       </c>
       <c r="B353" s="2">
-        <v>4950</v>
+        <v>5100</v>
       </c>
       <c r="C353" s="2">
-        <v>5297.9</v>
+        <v>5197.9</v>
       </c>
       <c r="D353" s="2">
-        <v>5300.3</v>
+        <v>5215</v>
       </c>
       <c r="E353" s="2">
-        <v>4940</v>
+        <v>5033</v>
       </c>
       <c r="F353" s="2">
-        <v>3735</v>
+        <v>4100</v>
       </c>
       <c r="G353" s="2">
-        <v>4140</v>
+        <v>4229.9</v>
       </c>
       <c r="H353" s="2">
-        <v>4145</v>
+        <v>4252</v>
       </c>
       <c r="I353" s="2">
-        <v>3723</v>
+        <v>4001</v>
       </c>
       <c r="J353" s="2">
-        <v>1215</v>
+        <v>1000</v>
       </c>
       <c r="K353" s="2">
-        <v>1157.9</v>
+        <v>968</v>
       </c>
       <c r="L353" s="2">
-        <v>1155.3</v>
+        <v>963</v>
       </c>
       <c r="M353" s="2">
-        <v>1217</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="2" t="s">
         <v>365</v>
       </c>
       <c r="B354" s="2">
-        <v>5022.9</v>
+        <v>5230</v>
       </c>
       <c r="C354" s="2">
-        <v>4917.4</v>
+        <v>5149.2</v>
       </c>
       <c r="D354" s="2">
-        <v>5059</v>
+        <v>5275</v>
       </c>
       <c r="E354" s="2">
-        <v>4887.9</v>
+        <v>5058.6</v>
       </c>
       <c r="F354" s="2">
-        <v>3935.9</v>
+        <v>4230</v>
       </c>
       <c r="G354" s="2">
-        <v>3670.2</v>
+        <v>4121</v>
       </c>
       <c r="H354" s="2">
-        <v>3988.8</v>
+        <v>4276.4</v>
       </c>
       <c r="I354" s="2">
-        <v>3666</v>
+        <v>4009.8</v>
       </c>
       <c r="J354" s="2">
-        <v>1087</v>
+        <v>1000</v>
       </c>
       <c r="K354" s="2">
-        <v>1247.2</v>
+        <v>1028.2</v>
       </c>
       <c r="L354" s="2">
-        <v>1070.2</v>
+        <v>998.6</v>
       </c>
       <c r="M354" s="2">
-        <v>1221.9</v>
+        <v>1048.8</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B355" s="2">
-        <v>4930.1</v>
+        <v>5300</v>
       </c>
       <c r="C355" s="2">
-        <v>5028</v>
+        <v>5294.9</v>
       </c>
       <c r="D355" s="2">
-        <v>5028</v>
+        <v>5338.2</v>
       </c>
       <c r="E355" s="2">
-        <v>4868</v>
+        <v>5225</v>
       </c>
       <c r="F355" s="2">
-        <v>3880</v>
+        <v>4275</v>
       </c>
       <c r="G355" s="2">
-        <v>3970</v>
+        <v>4230</v>
       </c>
       <c r="H355" s="2">
-        <v>3999</v>
+        <v>4336</v>
       </c>
       <c r="I355" s="2">
-        <v>3852</v>
+        <v>4173.1</v>
       </c>
       <c r="J355" s="2">
-        <v>1050.1</v>
+        <v>1025</v>
       </c>
       <c r="K355" s="2">
-        <v>1058</v>
+        <v>1064.9</v>
       </c>
       <c r="L355" s="2">
-        <v>1029</v>
+        <v>1002.2</v>
       </c>
       <c r="M355" s="2">
-        <v>1016</v>
+        <v>1051.9</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="2" t="s">
         <v>367</v>
       </c>
       <c r="B356" s="2">
-        <v>4750.1</v>
+        <v>5288</v>
       </c>
       <c r="C356" s="2">
-        <v>4834</v>
+        <v>5399</v>
       </c>
       <c r="D356" s="2">
-        <v>4845</v>
+        <v>5422.5</v>
       </c>
       <c r="E356" s="2">
-        <v>4620</v>
+        <v>5235</v>
       </c>
       <c r="F356" s="2">
-        <v>3800</v>
+        <v>4110</v>
       </c>
       <c r="G356" s="2">
-        <v>3825</v>
+        <v>4375</v>
       </c>
       <c r="H356" s="2">
-        <v>3898</v>
+        <v>4439.9</v>
       </c>
       <c r="I356" s="2">
-        <v>3562.8</v>
+        <v>4110</v>
       </c>
       <c r="J356" s="2">
-        <v>950.1</v>
+        <v>1178</v>
       </c>
       <c r="K356" s="2">
-        <v>1009</v>
+        <v>1024</v>
       </c>
       <c r="L356" s="2">
-        <v>947</v>
+        <v>982.6</v>
       </c>
       <c r="M356" s="2">
-        <v>1057.2</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="2" t="s">
         <v>368</v>
       </c>
       <c r="B357" s="2">
-        <v>4690</v>
+        <v>5276</v>
       </c>
       <c r="C357" s="2">
-        <v>4744.8</v>
+        <v>5289.8</v>
       </c>
       <c r="D357" s="2">
-        <v>4750</v>
+        <v>5298</v>
       </c>
       <c r="E357" s="2">
-        <v>4631</v>
+        <v>5111</v>
       </c>
       <c r="F357" s="2">
-        <v>3700</v>
+        <v>4144</v>
       </c>
       <c r="G357" s="2">
-        <v>3840.4</v>
+        <v>4188.3</v>
       </c>
       <c r="H357" s="2">
-        <v>3878.7</v>
+        <v>4236.6</v>
       </c>
       <c r="I357" s="2">
-        <v>3665</v>
+        <v>4010</v>
       </c>
       <c r="J357" s="2">
-        <v>990</v>
+        <v>1132</v>
       </c>
       <c r="K357" s="2">
-        <v>904.4</v>
+        <v>1101.5</v>
       </c>
       <c r="L357" s="2">
-        <v>871.3</v>
+        <v>1061.4</v>
       </c>
       <c r="M357" s="2">
-        <v>966</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="2" t="s">
         <v>369</v>
       </c>
       <c r="B358" s="2">
-        <v>4671</v>
+        <v>4950</v>
       </c>
       <c r="C358" s="2">
-        <v>4650.9</v>
+        <v>5297.9</v>
       </c>
       <c r="D358" s="2">
-        <v>4680</v>
+        <v>5300.3</v>
       </c>
       <c r="E358" s="2">
-        <v>4462</v>
+        <v>4940</v>
       </c>
       <c r="F358" s="2">
-        <v>3593.9</v>
+        <v>3735</v>
       </c>
       <c r="G358" s="2">
-        <v>3660</v>
+        <v>4140</v>
       </c>
       <c r="H358" s="2">
-        <v>3745</v>
+        <v>4145</v>
       </c>
       <c r="I358" s="2">
-        <v>3380</v>
+        <v>3723</v>
       </c>
       <c r="J358" s="2">
-        <v>1077.1</v>
+        <v>1215</v>
       </c>
       <c r="K358" s="2">
-        <v>990.9</v>
+        <v>1157.9</v>
       </c>
       <c r="L358" s="2">
-        <v>935</v>
+        <v>1155.3</v>
       </c>
       <c r="M358" s="2">
-        <v>1082</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="2" t="s">
         <v>370</v>
       </c>
       <c r="B359" s="2">
-        <v>4434.1</v>
+        <v>5022.9</v>
       </c>
       <c r="C359" s="2">
-        <v>4570.3</v>
+        <v>4917.4</v>
       </c>
       <c r="D359" s="2">
-        <v>4579</v>
+        <v>5059</v>
       </c>
       <c r="E359" s="2">
-        <v>4333</v>
+        <v>4887.9</v>
       </c>
       <c r="F359" s="2">
-        <v>3388</v>
+        <v>3935.9</v>
       </c>
       <c r="G359" s="2">
-        <v>3568</v>
+        <v>3670.2</v>
       </c>
       <c r="H359" s="2">
-        <v>3586</v>
+        <v>3988.8</v>
       </c>
       <c r="I359" s="2">
-        <v>3215</v>
+        <v>3666</v>
       </c>
       <c r="J359" s="2">
-        <v>1046.1</v>
+        <v>1087</v>
       </c>
       <c r="K359" s="2">
-        <v>1002.3</v>
+        <v>1247.2</v>
       </c>
       <c r="L359" s="2">
-        <v>993</v>
+        <v>1070.2</v>
       </c>
       <c r="M359" s="2">
-        <v>1118</v>
+        <v>1221.9</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="2" t="s">
         <v>371</v>
       </c>
       <c r="B360" s="2">
-        <v>4720</v>
+        <v>4930.1</v>
       </c>
       <c r="C360" s="2">
-        <v>4419.5</v>
+        <v>5028</v>
       </c>
       <c r="D360" s="2">
-        <v>4798.9</v>
+        <v>5028</v>
       </c>
       <c r="E360" s="2">
-        <v>4200</v>
+        <v>4868</v>
       </c>
       <c r="F360" s="2">
-        <v>3870</v>
+        <v>3880</v>
       </c>
       <c r="G360" s="2">
-        <v>3320.6</v>
+        <v>3970</v>
       </c>
       <c r="H360" s="2">
-        <v>4009.6</v>
+        <v>3999</v>
       </c>
       <c r="I360" s="2">
-        <v>3250.8</v>
+        <v>3852</v>
       </c>
       <c r="J360" s="2">
-        <v>850</v>
+        <v>1050.1</v>
       </c>
       <c r="K360" s="2">
-        <v>1098.9</v>
+        <v>1058</v>
       </c>
       <c r="L360" s="2">
-        <v>789.3</v>
+        <v>1029</v>
       </c>
       <c r="M360" s="2">
-        <v>949.2</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="2" t="s">
         <v>372</v>
       </c>
       <c r="B361" s="2">
-        <v>4546</v>
+        <v>4750.1</v>
       </c>
       <c r="C361" s="2">
-        <v>4728.2</v>
+        <v>4834</v>
       </c>
       <c r="D361" s="2">
-        <v>4739</v>
+        <v>4845</v>
       </c>
       <c r="E361" s="2">
-        <v>4546</v>
+        <v>4620</v>
       </c>
       <c r="F361" s="2">
-        <v>3710</v>
+        <v>3800</v>
       </c>
       <c r="G361" s="2">
-        <v>3900</v>
+        <v>3825</v>
       </c>
       <c r="H361" s="2">
-        <v>3995</v>
+        <v>3898</v>
       </c>
       <c r="I361" s="2">
-        <v>3690</v>
+        <v>3562.8</v>
       </c>
       <c r="J361" s="2">
-        <v>836</v>
+        <v>950.1</v>
       </c>
       <c r="K361" s="2">
-        <v>828.2</v>
+        <v>1009</v>
       </c>
       <c r="L361" s="2">
-        <v>744</v>
+        <v>947</v>
       </c>
       <c r="M361" s="2">
-        <v>856</v>
+        <v>1057.2</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="2" t="s">
         <v>373</v>
       </c>
       <c r="B362" s="2">
-        <v>4496</v>
+        <v>4690</v>
       </c>
       <c r="C362" s="2">
-        <v>4592</v>
+        <v>4744.8</v>
       </c>
       <c r="D362" s="2">
-        <v>4628</v>
+        <v>4750</v>
       </c>
       <c r="E362" s="2">
-        <v>4489</v>
+        <v>4631</v>
       </c>
       <c r="F362" s="2">
-        <v>3640</v>
+        <v>3700</v>
       </c>
       <c r="G362" s="2">
-        <v>3762.1</v>
+        <v>3840.4</v>
       </c>
       <c r="H362" s="2">
-        <v>3818.1</v>
+        <v>3878.7</v>
       </c>
       <c r="I362" s="2">
-        <v>3593.5</v>
+        <v>3665</v>
       </c>
       <c r="J362" s="2">
-        <v>856</v>
+        <v>990</v>
       </c>
       <c r="K362" s="2">
-        <v>829.9</v>
+        <v>904.4</v>
       </c>
       <c r="L362" s="2">
-        <v>809.9</v>
+        <v>871.3</v>
       </c>
       <c r="M362" s="2">
-        <v>895.5</v>
+        <v>966</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="2" t="s">
         <v>374</v>
       </c>
       <c r="B363" s="2">
-        <v>4600</v>
+        <v>4671</v>
       </c>
       <c r="C363" s="2">
-        <v>4480</v>
+        <v>4650.9</v>
       </c>
       <c r="D363" s="2">
-        <v>4600</v>
+        <v>4680</v>
       </c>
       <c r="E363" s="2">
-        <v>4380</v>
+        <v>4462</v>
       </c>
       <c r="F363" s="2">
-        <v>3723</v>
+        <v>3593.9</v>
       </c>
       <c r="G363" s="2">
-        <v>3573.9</v>
+        <v>3660</v>
       </c>
       <c r="H363" s="2">
-        <v>3774.9</v>
+        <v>3745</v>
       </c>
       <c r="I363" s="2">
-        <v>3400.1</v>
+        <v>3380</v>
       </c>
       <c r="J363" s="2">
-        <v>877</v>
+        <v>1077.1</v>
       </c>
       <c r="K363" s="2">
-        <v>906.1</v>
+        <v>990.9</v>
       </c>
       <c r="L363" s="2">
-        <v>825.1</v>
+        <v>935</v>
       </c>
       <c r="M363" s="2">
-        <v>979.9</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="2" t="s">
         <v>375</v>
       </c>
       <c r="B364" s="2">
-        <v>4248</v>
+        <v>4434.1</v>
       </c>
       <c r="C364" s="2">
-        <v>4614.9</v>
+        <v>4570.3</v>
       </c>
       <c r="D364" s="2">
-        <v>4635</v>
+        <v>4579</v>
       </c>
       <c r="E364" s="2">
-        <v>4177</v>
+        <v>4333</v>
       </c>
       <c r="F364" s="2">
-        <v>3190</v>
+        <v>3388</v>
       </c>
       <c r="G364" s="2">
-        <v>3674.4</v>
+        <v>3568</v>
       </c>
       <c r="H364" s="2">
-        <v>3674.4</v>
+        <v>3586</v>
       </c>
       <c r="I364" s="2">
-        <v>3030.1</v>
+        <v>3215</v>
       </c>
       <c r="J364" s="2">
-        <v>1058</v>
+        <v>1046.1</v>
       </c>
       <c r="K364" s="2">
-        <v>940.5</v>
+        <v>1002.3</v>
       </c>
       <c r="L364" s="2">
-        <v>960.6</v>
+        <v>993</v>
       </c>
       <c r="M364" s="2">
-        <v>1146.9</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="2" t="s">
         <v>376</v>
       </c>
       <c r="B365" s="2">
-        <v>4280</v>
+        <v>4720</v>
       </c>
       <c r="C365" s="2">
-        <v>4188.6</v>
+        <v>4419.5</v>
       </c>
       <c r="D365" s="2">
-        <v>4391.2</v>
+        <v>4798.9</v>
       </c>
       <c r="E365" s="2">
-        <v>4100</v>
+        <v>4200</v>
       </c>
       <c r="F365" s="2">
-        <v>3188</v>
+        <v>3870</v>
       </c>
       <c r="G365" s="2">
-        <v>3116</v>
+        <v>3320.6</v>
       </c>
       <c r="H365" s="2">
-        <v>3393.4</v>
+        <v>4009.6</v>
       </c>
       <c r="I365" s="2">
-        <v>3020</v>
+        <v>3250.8</v>
       </c>
       <c r="J365" s="2">
-        <v>1092</v>
+        <v>850</v>
       </c>
       <c r="K365" s="2">
-        <v>1072.6</v>
+        <v>1098.9</v>
       </c>
       <c r="L365" s="2">
-        <v>997.8</v>
+        <v>789.3</v>
       </c>
       <c r="M365" s="2">
-        <v>1080</v>
+        <v>949.2</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="2" t="s">
         <v>377</v>
       </c>
       <c r="B366" s="2">
-        <v>4138</v>
+        <v>4546</v>
       </c>
       <c r="C366" s="2">
-        <v>4297.5</v>
+        <v>4728.2</v>
       </c>
       <c r="D366" s="2">
-        <v>4301</v>
+        <v>4739</v>
       </c>
       <c r="E366" s="2">
-        <v>4075.8</v>
+        <v>4546</v>
       </c>
       <c r="F366" s="2">
-        <v>3119</v>
+        <v>3710</v>
       </c>
       <c r="G366" s="2">
-        <v>3288</v>
+        <v>3900</v>
       </c>
       <c r="H366" s="2">
-        <v>3288</v>
+        <v>3995</v>
       </c>
       <c r="I366" s="2">
-        <v>3012</v>
+        <v>3690</v>
       </c>
       <c r="J366" s="2">
-        <v>1019</v>
+        <v>836</v>
       </c>
       <c r="K366" s="2">
-        <v>1009.5</v>
+        <v>828.2</v>
       </c>
       <c r="L366" s="2">
-        <v>1013</v>
+        <v>744</v>
       </c>
       <c r="M366" s="2">
-        <v>1063.8</v>
+        <v>856</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="2" t="s">
         <v>378</v>
       </c>
       <c r="B367" s="2">
-        <v>4240</v>
+        <v>4496</v>
       </c>
       <c r="C367" s="2">
-        <v>4138</v>
+        <v>4592</v>
       </c>
       <c r="D367" s="2">
-        <v>4314</v>
+        <v>4628</v>
       </c>
       <c r="E367" s="2">
-        <v>4095</v>
+        <v>4489</v>
       </c>
       <c r="F367" s="2">
-        <v>3310</v>
+        <v>3640</v>
       </c>
       <c r="G367" s="2">
-        <v>3100.7</v>
+        <v>3762.1</v>
       </c>
       <c r="H367" s="2">
-        <v>3346</v>
+        <v>3818.1</v>
       </c>
       <c r="I367" s="2">
-        <v>3070.6</v>
+        <v>3593.5</v>
       </c>
       <c r="J367" s="2">
-        <v>930</v>
+        <v>856</v>
       </c>
       <c r="K367" s="2">
-        <v>1037.3</v>
+        <v>829.9</v>
       </c>
       <c r="L367" s="2">
-        <v>968</v>
+        <v>809.9</v>
       </c>
       <c r="M367" s="2">
-        <v>1024.4</v>
+        <v>895.5</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="2" t="s">
         <v>379</v>
       </c>
       <c r="B368" s="2">
-        <v>4190</v>
+        <v>4600</v>
       </c>
       <c r="C368" s="2">
-        <v>4260</v>
+        <v>4480</v>
       </c>
       <c r="D368" s="2">
-        <v>4297</v>
+        <v>4600</v>
       </c>
       <c r="E368" s="2">
-        <v>4110</v>
+        <v>4380</v>
       </c>
       <c r="F368" s="2">
-        <v>3356.3</v>
+        <v>3723</v>
       </c>
       <c r="G368" s="2">
-        <v>3298</v>
+        <v>3573.9</v>
       </c>
       <c r="H368" s="2">
-        <v>3370</v>
+        <v>3774.9</v>
       </c>
       <c r="I368" s="2">
-        <v>3188</v>
+        <v>3400.1</v>
       </c>
       <c r="J368" s="2">
-        <v>833.7</v>
+        <v>877</v>
       </c>
       <c r="K368" s="2">
-        <v>962</v>
+        <v>906.1</v>
       </c>
       <c r="L368" s="2">
-        <v>927</v>
+        <v>825.1</v>
       </c>
       <c r="M368" s="2">
-        <v>922</v>
+        <v>979.9</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="2" t="s">
         <v>380</v>
       </c>
       <c r="B369" s="2">
-        <v>4330</v>
+        <v>4248</v>
       </c>
       <c r="C369" s="2">
-        <v>4193.4</v>
+        <v>4614.9</v>
       </c>
       <c r="D369" s="2">
-        <v>4444</v>
+        <v>4635</v>
       </c>
       <c r="E369" s="2">
-        <v>4165</v>
+        <v>4177</v>
       </c>
       <c r="F369" s="2">
-        <v>3488</v>
+        <v>3190</v>
       </c>
       <c r="G369" s="2">
-        <v>3356.3</v>
+        <v>3674.4</v>
       </c>
       <c r="H369" s="2">
-        <v>3554.1</v>
+        <v>3674.4</v>
       </c>
       <c r="I369" s="2">
-        <v>3332</v>
+        <v>3030.1</v>
       </c>
       <c r="J369" s="2">
-        <v>842</v>
+        <v>1058</v>
       </c>
       <c r="K369" s="2">
-        <v>837.1</v>
+        <v>940.5</v>
       </c>
       <c r="L369" s="2">
-        <v>889.9</v>
+        <v>960.6</v>
       </c>
       <c r="M369" s="2">
-        <v>833</v>
+        <v>1146.9</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="2" t="s">
         <v>381</v>
       </c>
       <c r="B370" s="2">
         <v>4280</v>
       </c>
       <c r="C370" s="2">
-        <v>4313.1</v>
+        <v>4188.6</v>
       </c>
       <c r="D370" s="2">
-        <v>4329</v>
+        <v>4391.2</v>
       </c>
       <c r="E370" s="2">
-        <v>4205</v>
+        <v>4100</v>
       </c>
       <c r="F370" s="2">
-        <v>3460</v>
+        <v>3188</v>
       </c>
       <c r="G370" s="2">
-        <v>3485</v>
+        <v>3116</v>
       </c>
       <c r="H370" s="2">
-        <v>3600</v>
+        <v>3393.4</v>
       </c>
       <c r="I370" s="2">
-        <v>3410</v>
+        <v>3020</v>
       </c>
       <c r="J370" s="2">
-        <v>820</v>
+        <v>1092</v>
       </c>
       <c r="K370" s="2">
-        <v>828.1</v>
+        <v>1072.6</v>
       </c>
       <c r="L370" s="2">
-        <v>729</v>
+        <v>997.8</v>
       </c>
       <c r="M370" s="2">
-        <v>795</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="2" t="s">
         <v>382</v>
       </c>
       <c r="B371" s="2">
-        <v>4183</v>
+        <v>4138</v>
       </c>
       <c r="C371" s="2">
-        <v>4229.3</v>
+        <v>4297.5</v>
       </c>
       <c r="D371" s="2">
-        <v>4244.5</v>
+        <v>4301</v>
       </c>
       <c r="E371" s="2">
-        <v>4101</v>
+        <v>4075.8</v>
       </c>
       <c r="F371" s="2">
-        <v>3389.8</v>
+        <v>3119</v>
       </c>
       <c r="G371" s="2">
-        <v>3452.5</v>
+        <v>3288</v>
       </c>
       <c r="H371" s="2">
-        <v>3490</v>
+        <v>3288</v>
       </c>
       <c r="I371" s="2">
-        <v>3362.1</v>
+        <v>3012</v>
       </c>
       <c r="J371" s="2">
-        <v>793.2</v>
+        <v>1019</v>
       </c>
       <c r="K371" s="2">
-        <v>776.8</v>
+        <v>1009.5</v>
       </c>
       <c r="L371" s="2">
-        <v>754.5</v>
+        <v>1013</v>
       </c>
       <c r="M371" s="2">
-        <v>738.9</v>
+        <v>1063.8</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="2" t="s">
         <v>383</v>
       </c>
       <c r="B372" s="2">
-        <v>4120</v>
+        <v>4240</v>
       </c>
       <c r="C372" s="2">
-        <v>4128</v>
+        <v>4138</v>
       </c>
       <c r="D372" s="2">
-        <v>4183</v>
+        <v>4314</v>
       </c>
       <c r="E372" s="2">
-        <v>3956</v>
+        <v>4095</v>
       </c>
       <c r="F372" s="2">
-        <v>3361</v>
+        <v>3310</v>
       </c>
       <c r="G372" s="2">
-        <v>3389.8</v>
+        <v>3100.7</v>
       </c>
       <c r="H372" s="2">
-        <v>3462</v>
+        <v>3346</v>
       </c>
       <c r="I372" s="2">
-        <v>3233</v>
+        <v>3070.6</v>
       </c>
       <c r="J372" s="2">
-        <v>759</v>
+        <v>930</v>
       </c>
       <c r="K372" s="2">
-        <v>738.2</v>
+        <v>1037.3</v>
       </c>
       <c r="L372" s="2">
-        <v>721</v>
+        <v>968</v>
       </c>
       <c r="M372" s="2">
-        <v>723</v>
+        <v>1024.4</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="2" t="s">
         <v>384</v>
       </c>
       <c r="B373" s="2">
-        <v>4300</v>
+        <v>4190</v>
       </c>
       <c r="C373" s="2">
-        <v>4145</v>
+        <v>4260</v>
       </c>
       <c r="D373" s="2">
-        <v>4317.1</v>
+        <v>4297</v>
       </c>
       <c r="E373" s="2">
-        <v>4081.3</v>
+        <v>4110</v>
       </c>
       <c r="F373" s="2">
-        <v>3510</v>
+        <v>3356.3</v>
       </c>
       <c r="G373" s="2">
-        <v>3420.2</v>
+        <v>3298</v>
       </c>
       <c r="H373" s="2">
-        <v>3624</v>
+        <v>3370</v>
       </c>
       <c r="I373" s="2">
-        <v>3361</v>
+        <v>3188</v>
       </c>
       <c r="J373" s="2">
-        <v>790</v>
+        <v>833.7</v>
       </c>
       <c r="K373" s="2">
-        <v>724.8</v>
+        <v>962</v>
       </c>
       <c r="L373" s="2">
-        <v>693.1</v>
+        <v>927</v>
       </c>
       <c r="M373" s="2">
-        <v>720.3</v>
+        <v>922</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="2" t="s">
         <v>385</v>
       </c>
       <c r="B374" s="2">
-        <v>4200</v>
+        <v>4330</v>
       </c>
       <c r="C374" s="2">
-        <v>4288.9</v>
+        <v>4193.4</v>
       </c>
       <c r="D374" s="2">
-        <v>4362</v>
+        <v>4444</v>
       </c>
       <c r="E374" s="2">
-        <v>4071.9</v>
+        <v>4165</v>
       </c>
       <c r="F374" s="2">
-        <v>3390</v>
+        <v>3488</v>
       </c>
       <c r="G374" s="2">
-        <v>3530.8</v>
+        <v>3356.3</v>
       </c>
       <c r="H374" s="2">
-        <v>3633</v>
+        <v>3554.1</v>
       </c>
       <c r="I374" s="2">
-        <v>3268.8</v>
+        <v>3332</v>
       </c>
       <c r="J374" s="2">
-        <v>810</v>
+        <v>842</v>
       </c>
       <c r="K374" s="2">
-        <v>758.1</v>
+        <v>837.1</v>
       </c>
       <c r="L374" s="2">
-        <v>729</v>
+        <v>889.9</v>
       </c>
       <c r="M374" s="2">
-        <v>803.1</v>
+        <v>833</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="2" t="s">
         <v>386</v>
       </c>
       <c r="B375" s="2">
-        <v>4070</v>
+        <v>4280</v>
       </c>
       <c r="C375" s="2">
-        <v>4191.5</v>
+        <v>4313.1</v>
       </c>
       <c r="D375" s="2">
-        <v>4194.9</v>
+        <v>4329</v>
       </c>
       <c r="E375" s="2">
-        <v>3870</v>
+        <v>4205</v>
       </c>
       <c r="F375" s="2">
-        <v>3230</v>
+        <v>3460</v>
       </c>
       <c r="G375" s="2">
-        <v>3363.2</v>
+        <v>3485</v>
       </c>
       <c r="H375" s="2">
-        <v>3372</v>
+        <v>3600</v>
       </c>
       <c r="I375" s="2">
-        <v>3020</v>
+        <v>3410</v>
       </c>
       <c r="J375" s="2">
-        <v>840</v>
+        <v>820</v>
       </c>
       <c r="K375" s="2">
-        <v>828.3</v>
+        <v>828.1</v>
       </c>
       <c r="L375" s="2">
-        <v>822.9</v>
+        <v>729</v>
       </c>
       <c r="M375" s="2">
-        <v>850</v>
+        <v>795</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="2" t="s">
         <v>387</v>
       </c>
       <c r="B376" s="2">
-        <v>4100</v>
+        <v>4183</v>
       </c>
       <c r="C376" s="2">
-        <v>4003.5</v>
+        <v>4229.3</v>
       </c>
       <c r="D376" s="2">
-        <v>4110</v>
+        <v>4244.5</v>
       </c>
       <c r="E376" s="2">
-        <v>3834</v>
+        <v>4101</v>
       </c>
       <c r="F376" s="2">
-        <v>3118.3</v>
+        <v>3389.8</v>
       </c>
       <c r="G376" s="2">
-        <v>3190.2</v>
+        <v>3452.5</v>
       </c>
       <c r="H376" s="2">
-        <v>3274</v>
+        <v>3490</v>
       </c>
       <c r="I376" s="2">
-        <v>3000</v>
+        <v>3362.1</v>
       </c>
       <c r="J376" s="2">
-        <v>981.7</v>
+        <v>793.2</v>
       </c>
       <c r="K376" s="2">
-        <v>813.3</v>
+        <v>776.8</v>
       </c>
       <c r="L376" s="2">
-        <v>836</v>
+        <v>754.5</v>
       </c>
       <c r="M376" s="2">
-        <v>834</v>
+        <v>738.9</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="2" t="s">
         <v>388</v>
       </c>
       <c r="B377" s="2">
-        <v>4260.1</v>
+        <v>4120</v>
       </c>
       <c r="C377" s="2">
-        <v>3931</v>
+        <v>4128</v>
       </c>
       <c r="D377" s="2">
-        <v>4321.9</v>
+        <v>4183</v>
       </c>
       <c r="E377" s="2">
-        <v>3900</v>
+        <v>3956</v>
       </c>
       <c r="F377" s="2">
-        <v>3960</v>
+        <v>3361</v>
       </c>
       <c r="G377" s="2">
-        <v>3833</v>
+        <v>3389.8</v>
       </c>
       <c r="H377" s="2">
-        <v>4168</v>
+        <v>3462</v>
       </c>
       <c r="I377" s="2">
-        <v>3832</v>
+        <v>3233</v>
       </c>
       <c r="J377" s="2">
-        <v>300.1</v>
+        <v>759</v>
       </c>
       <c r="K377" s="2">
-        <v>98</v>
+        <v>738.2</v>
       </c>
       <c r="L377" s="2">
-        <v>153.9</v>
+        <v>721</v>
       </c>
       <c r="M377" s="2">
-        <v>68</v>
+        <v>723</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="2" t="s">
         <v>389</v>
       </c>
       <c r="B378" s="2">
-        <v>3860</v>
+        <v>4300</v>
       </c>
       <c r="C378" s="2">
-        <v>4033.5</v>
+        <v>4145</v>
       </c>
       <c r="D378" s="2">
-        <v>4038</v>
+        <v>4317.1</v>
       </c>
       <c r="E378" s="2">
-        <v>3668</v>
+        <v>4081.3</v>
       </c>
       <c r="F378" s="2">
-        <v>3750</v>
+        <v>3510</v>
       </c>
       <c r="G378" s="2">
-        <v>3866.1</v>
+        <v>3420.2</v>
       </c>
       <c r="H378" s="2">
-        <v>3888</v>
+        <v>3624</v>
       </c>
       <c r="I378" s="2">
-        <v>3620</v>
+        <v>3361</v>
       </c>
       <c r="J378" s="2">
-        <v>110</v>
+        <v>790</v>
       </c>
       <c r="K378" s="2">
-        <v>167.4</v>
+        <v>724.8</v>
       </c>
       <c r="L378" s="2">
-        <v>150</v>
+        <v>693.1</v>
       </c>
       <c r="M378" s="2">
-        <v>48</v>
+        <v>720.3</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="2" t="s">
         <v>390</v>
       </c>
       <c r="B379" s="2">
-        <v>4000</v>
+        <v>4200</v>
       </c>
       <c r="C379" s="2">
-        <v>3728.2</v>
+        <v>4288.9</v>
       </c>
       <c r="D379" s="2">
-        <v>4020</v>
+        <v>4362</v>
       </c>
       <c r="E379" s="2">
-        <v>3630</v>
+        <v>4071.9</v>
       </c>
       <c r="F379" s="2">
-        <v>3994.9</v>
+        <v>3390</v>
       </c>
       <c r="G379" s="2">
-        <v>3795.7</v>
+        <v>3530.8</v>
       </c>
       <c r="H379" s="2">
-        <v>4159.5</v>
+        <v>3633</v>
       </c>
       <c r="I379" s="2">
-        <v>3678</v>
+        <v>3268.8</v>
       </c>
       <c r="J379" s="2">
-        <v>5.1</v>
+        <v>810</v>
       </c>
       <c r="K379" s="2">
-        <v>-67.5</v>
+        <v>758.1</v>
       </c>
       <c r="L379" s="2">
-        <v>-139.5</v>
+        <v>729</v>
       </c>
       <c r="M379" s="2">
-        <v>-48</v>
+        <v>803.1</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="2" t="s">
         <v>391</v>
       </c>
       <c r="B380" s="2">
-        <v>3560</v>
+        <v>4070</v>
       </c>
       <c r="C380" s="2">
-        <v>4008.9</v>
+        <v>4191.5</v>
       </c>
       <c r="D380" s="2">
-        <v>4034.3</v>
+        <v>4194.9</v>
       </c>
       <c r="E380" s="2">
-        <v>3560</v>
+        <v>3870</v>
       </c>
       <c r="F380" s="2">
-        <v>3586</v>
+        <v>3230</v>
       </c>
       <c r="G380" s="2">
-        <v>3932.6</v>
+        <v>3363.2</v>
       </c>
       <c r="H380" s="2">
-        <v>3932.6</v>
+        <v>3372</v>
       </c>
       <c r="I380" s="2">
-        <v>3570</v>
+        <v>3020</v>
       </c>
       <c r="J380" s="2">
-        <v>-26</v>
+        <v>840</v>
       </c>
       <c r="K380" s="2">
-        <v>76.3</v>
+        <v>828.3</v>
       </c>
       <c r="L380" s="2">
-        <v>101.7</v>
+        <v>822.9</v>
       </c>
       <c r="M380" s="2">
-        <v>-10</v>
+        <v>850</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="2" t="s">
         <v>392</v>
       </c>
       <c r="B381" s="2">
-        <v>3500</v>
+        <v>4100</v>
       </c>
       <c r="C381" s="2">
-        <v>3576</v>
+        <v>4003.5</v>
       </c>
       <c r="D381" s="2">
-        <v>3620</v>
+        <v>4110</v>
       </c>
       <c r="E381" s="2">
-        <v>3389</v>
+        <v>3834</v>
       </c>
       <c r="F381" s="2">
-        <v>3250</v>
+        <v>3118.3</v>
       </c>
       <c r="G381" s="2">
-        <v>3499.8</v>
+        <v>3190.2</v>
       </c>
       <c r="H381" s="2">
-        <v>3545.7</v>
+        <v>3274</v>
       </c>
       <c r="I381" s="2">
-        <v>3230</v>
+        <v>3000</v>
       </c>
       <c r="J381" s="2">
-        <v>250</v>
+        <v>981.7</v>
       </c>
       <c r="K381" s="2">
-        <v>76.2</v>
+        <v>813.3</v>
       </c>
       <c r="L381" s="2">
-        <v>74.3</v>
+        <v>836</v>
       </c>
       <c r="M381" s="2">
-        <v>159</v>
+        <v>834</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="2" t="s">
         <v>393</v>
       </c>
       <c r="B382" s="2">
-        <v>3165.6</v>
+        <v>4260.1</v>
       </c>
       <c r="C382" s="2">
-        <v>3486.2</v>
+        <v>3931</v>
       </c>
       <c r="D382" s="2">
-        <v>3509.9</v>
+        <v>4321.9</v>
       </c>
       <c r="E382" s="2">
-        <v>3165.6</v>
+        <v>3900</v>
       </c>
       <c r="F382" s="2">
-        <v>2900</v>
+        <v>3960</v>
       </c>
       <c r="G382" s="2">
-        <v>3162.6</v>
+        <v>3833</v>
       </c>
       <c r="H382" s="2">
-        <v>3170</v>
+        <v>4168</v>
       </c>
       <c r="I382" s="2">
-        <v>2890</v>
+        <v>3832</v>
       </c>
       <c r="J382" s="2">
-        <v>265.6</v>
+        <v>300.1</v>
       </c>
       <c r="K382" s="2">
-        <v>323.6</v>
+        <v>98</v>
       </c>
       <c r="L382" s="2">
-        <v>339.9</v>
+        <v>153.9</v>
       </c>
       <c r="M382" s="2">
-        <v>275.6</v>
+        <v>68</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="2" t="s">
         <v>394</v>
       </c>
       <c r="B383" s="2">
-        <v>3120</v>
+        <v>3860</v>
       </c>
       <c r="C383" s="2">
-        <v>3195</v>
+        <v>4033.5</v>
       </c>
       <c r="D383" s="2">
-        <v>3196.5</v>
+        <v>4038</v>
       </c>
       <c r="E383" s="2">
-        <v>3055.8</v>
+        <v>3668</v>
       </c>
       <c r="F383" s="2">
-        <v>2825</v>
+        <v>3750</v>
       </c>
       <c r="G383" s="2">
-        <v>2864.9</v>
+        <v>3866.1</v>
       </c>
       <c r="H383" s="2">
-        <v>2866</v>
+        <v>3888</v>
       </c>
       <c r="I383" s="2">
-        <v>2790</v>
+        <v>3620</v>
       </c>
       <c r="J383" s="2">
-        <v>295</v>
+        <v>110</v>
       </c>
       <c r="K383" s="2">
-        <v>330.1</v>
+        <v>167.4</v>
       </c>
       <c r="L383" s="2">
-        <v>330.5</v>
+        <v>150</v>
       </c>
       <c r="M383" s="2">
-        <v>265.8</v>
+        <v>48</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="2" t="s">
         <v>395</v>
       </c>
       <c r="B384" s="2">
-        <v>3103.2</v>
+        <v>4000</v>
       </c>
       <c r="C384" s="2">
-        <v>3098.9</v>
+        <v>3728.2</v>
       </c>
       <c r="D384" s="2">
-        <v>3149</v>
+        <v>4020</v>
       </c>
       <c r="E384" s="2">
-        <v>3012</v>
+        <v>3630</v>
       </c>
       <c r="F384" s="2">
-        <v>2820</v>
+        <v>3994.9</v>
       </c>
       <c r="G384" s="2">
-        <v>2800</v>
+        <v>3795.7</v>
       </c>
       <c r="H384" s="2">
-        <v>2894.4</v>
+        <v>4159.5</v>
       </c>
       <c r="I384" s="2">
-        <v>2743</v>
+        <v>3678</v>
       </c>
       <c r="J384" s="2">
-        <v>283.2</v>
+        <v>5.1</v>
       </c>
       <c r="K384" s="2">
-        <v>298.9</v>
+        <v>-67.5</v>
       </c>
       <c r="L384" s="2">
-        <v>254.6</v>
+        <v>-139.5</v>
       </c>
       <c r="M384" s="2">
-        <v>269</v>
+        <v>-48</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="2" t="s">
         <v>396</v>
       </c>
       <c r="B385" s="2">
-        <v>2985.1</v>
+        <v>3560</v>
       </c>
       <c r="C385" s="2">
-        <v>3100.9</v>
+        <v>4008.9</v>
       </c>
       <c r="D385" s="2">
-        <v>3104</v>
+        <v>4034.3</v>
       </c>
       <c r="E385" s="2">
-        <v>2914</v>
+        <v>3560</v>
       </c>
       <c r="F385" s="2">
-        <v>2749.9</v>
+        <v>3586</v>
       </c>
       <c r="G385" s="2">
-        <v>2836</v>
+        <v>3932.6</v>
       </c>
       <c r="H385" s="2">
-        <v>2846</v>
+        <v>3932.6</v>
       </c>
       <c r="I385" s="2">
-        <v>2703.1</v>
+        <v>3570</v>
       </c>
       <c r="J385" s="2">
-        <v>235.2</v>
+        <v>-26</v>
       </c>
       <c r="K385" s="2">
-        <v>264.9</v>
+        <v>76.3</v>
       </c>
       <c r="L385" s="2">
-        <v>258</v>
+        <v>101.7</v>
       </c>
       <c r="M385" s="2">
-        <v>210.9</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="2" t="s">
         <v>397</v>
       </c>
       <c r="B386" s="2">
-        <v>2870.1</v>
+        <v>3500</v>
       </c>
       <c r="C386" s="2">
-        <v>2982.6</v>
+        <v>3576</v>
       </c>
       <c r="D386" s="2">
-        <v>2989</v>
+        <v>3620</v>
       </c>
       <c r="E386" s="2">
-        <v>2811.2</v>
+        <v>3389</v>
       </c>
       <c r="F386" s="2">
-        <v>2620</v>
+        <v>3250</v>
       </c>
       <c r="G386" s="2">
-        <v>2781.1</v>
+        <v>3499.8</v>
       </c>
       <c r="H386" s="2">
-        <v>2781.1</v>
+        <v>3545.7</v>
       </c>
       <c r="I386" s="2">
-        <v>2580</v>
+        <v>3230</v>
       </c>
       <c r="J386" s="2">
-        <v>250.1</v>
+        <v>250</v>
       </c>
       <c r="K386" s="2">
-        <v>201.5</v>
+        <v>76.2</v>
       </c>
       <c r="L386" s="2">
-        <v>207.9</v>
+        <v>74.3</v>
       </c>
       <c r="M386" s="2">
-        <v>231.2</v>
+        <v>159</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="2" t="s">
         <v>398</v>
       </c>
       <c r="B387" s="2">
-        <v>2981.4</v>
+        <v>3165.6</v>
       </c>
       <c r="C387" s="2">
-        <v>2784.3</v>
+        <v>3486.2</v>
       </c>
       <c r="D387" s="2">
-        <v>2998.5</v>
+        <v>3509.9</v>
       </c>
       <c r="E387" s="2">
-        <v>2622</v>
+        <v>3165.6</v>
       </c>
       <c r="F387" s="2">
-        <v>2948</v>
+        <v>2900</v>
       </c>
       <c r="G387" s="2">
-        <v>2550</v>
+        <v>3162.6</v>
       </c>
       <c r="H387" s="2">
-        <v>2948</v>
+        <v>3170</v>
       </c>
       <c r="I387" s="2">
-        <v>2450</v>
+        <v>2890</v>
       </c>
       <c r="J387" s="2">
-        <v>33.4</v>
+        <v>265.6</v>
       </c>
       <c r="K387" s="2">
-        <v>234.3</v>
+        <v>323.6</v>
       </c>
       <c r="L387" s="2">
-        <v>50.5</v>
+        <v>339.9</v>
       </c>
       <c r="M387" s="2">
-        <v>172</v>
+        <v>275.6</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="2" t="s">
         <v>399</v>
       </c>
       <c r="B388" s="2">
-        <v>2838</v>
+        <v>3120</v>
       </c>
       <c r="C388" s="2">
-        <v>2981.4</v>
+        <v>3195</v>
       </c>
       <c r="D388" s="2">
-        <v>2999</v>
+        <v>3196.5</v>
       </c>
       <c r="E388" s="2">
-        <v>2766</v>
+        <v>3055.8</v>
       </c>
       <c r="F388" s="2">
-        <v>2975</v>
+        <v>2825</v>
       </c>
       <c r="G388" s="2">
-        <v>2948</v>
+        <v>2864.9</v>
       </c>
       <c r="H388" s="2">
-        <v>2976</v>
+        <v>2866</v>
       </c>
       <c r="I388" s="2">
-        <v>2760</v>
+        <v>2790</v>
       </c>
       <c r="J388" s="2">
-        <v>-137</v>
+        <v>295</v>
       </c>
       <c r="K388" s="2">
-        <v>33.4</v>
+        <v>330.1</v>
       </c>
       <c r="L388" s="2">
-        <v>23</v>
+        <v>330.5</v>
       </c>
       <c r="M388" s="2">
-        <v>6</v>
+        <v>265.8</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="2" t="s">
         <v>400</v>
       </c>
       <c r="B389" s="2">
-        <v>2750</v>
+        <v>3103.2</v>
       </c>
       <c r="C389" s="2">
-        <v>2815</v>
+        <v>3098.9</v>
       </c>
       <c r="D389" s="2">
-        <v>2871.7</v>
+        <v>3149</v>
       </c>
       <c r="E389" s="2">
-        <v>2681.1</v>
+        <v>3012</v>
       </c>
       <c r="F389" s="2">
-        <v>2950</v>
+        <v>2820</v>
       </c>
       <c r="G389" s="2">
-        <v>2940</v>
+        <v>2800</v>
       </c>
       <c r="H389" s="2">
-        <v>2977</v>
+        <v>2894.4</v>
       </c>
       <c r="I389" s="2">
-        <v>2830</v>
+        <v>2743</v>
       </c>
       <c r="J389" s="2">
-        <v>-200</v>
+        <v>283.2</v>
       </c>
       <c r="K389" s="2">
-        <v>-125</v>
+        <v>298.9</v>
       </c>
       <c r="L389" s="2">
-        <v>-105.3</v>
+        <v>254.6</v>
       </c>
       <c r="M389" s="2">
-        <v>-148.9</v>
+        <v>269</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="2" t="s">
         <v>401</v>
       </c>
       <c r="B390" s="2">
-        <v>2565.1</v>
+        <v>2985.1</v>
       </c>
       <c r="C390" s="2">
-        <v>2681.6</v>
+        <v>3100.9</v>
       </c>
       <c r="D390" s="2">
-        <v>2692</v>
+        <v>3104</v>
       </c>
       <c r="E390" s="2">
-        <v>2532</v>
+        <v>2914</v>
       </c>
       <c r="F390" s="2">
-        <v>2579</v>
+        <v>2749.9</v>
       </c>
       <c r="G390" s="2">
-        <v>2813.3</v>
+        <v>2836</v>
       </c>
       <c r="H390" s="2">
-        <v>2819</v>
+        <v>2846</v>
       </c>
       <c r="I390" s="2">
-        <v>2579</v>
+        <v>2703.1</v>
       </c>
       <c r="J390" s="2">
-        <v>-13.9</v>
+        <v>235.2</v>
       </c>
       <c r="K390" s="2">
-        <v>-131.7</v>
+        <v>264.9</v>
       </c>
       <c r="L390" s="2">
-        <v>-127</v>
+        <v>258</v>
       </c>
       <c r="M390" s="2">
-        <v>-47</v>
+        <v>210.9</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="2" t="s">
         <v>402</v>
       </c>
       <c r="B391" s="2">
-        <v>2639.4</v>
+        <v>2870.1</v>
       </c>
       <c r="C391" s="2">
-        <v>2557</v>
+        <v>2982.6</v>
       </c>
       <c r="D391" s="2">
-        <v>2649.2</v>
+        <v>2989</v>
       </c>
       <c r="E391" s="2">
-        <v>2500</v>
+        <v>2811.2</v>
       </c>
       <c r="F391" s="2">
-        <v>2540</v>
+        <v>2620</v>
       </c>
       <c r="G391" s="2">
-        <v>2568.1</v>
+        <v>2781.1</v>
       </c>
       <c r="H391" s="2">
-        <v>2600</v>
+        <v>2781.1</v>
       </c>
       <c r="I391" s="2">
-        <v>2490.2</v>
+        <v>2580</v>
       </c>
       <c r="J391" s="2">
-        <v>99.4</v>
+        <v>250.1</v>
       </c>
       <c r="K391" s="2">
-        <v>-11.1</v>
+        <v>201.5</v>
       </c>
       <c r="L391" s="2">
-        <v>49.2</v>
+        <v>207.9</v>
       </c>
       <c r="M391" s="2">
-        <v>9.8</v>
+        <v>231.2</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="2" t="s">
         <v>403</v>
       </c>
       <c r="B392" s="2">
-        <v>2629.9</v>
+        <v>2981.4</v>
       </c>
       <c r="C392" s="2">
-        <v>2573.1</v>
+        <v>2784.3</v>
       </c>
       <c r="D392" s="2">
-        <v>2704</v>
+        <v>2998.5</v>
       </c>
       <c r="E392" s="2">
-        <v>2512</v>
+        <v>2622</v>
       </c>
       <c r="F392" s="2">
-        <v>2555</v>
+        <v>2948</v>
       </c>
       <c r="G392" s="2">
-        <v>2527</v>
+        <v>2550</v>
       </c>
       <c r="H392" s="2">
-        <v>2615</v>
+        <v>2948</v>
       </c>
       <c r="I392" s="2">
-        <v>2455</v>
+        <v>2450</v>
       </c>
       <c r="J392" s="2">
-        <v>74.9</v>
+        <v>33.4</v>
       </c>
       <c r="K392" s="2">
-        <v>46.1</v>
+        <v>234.3</v>
       </c>
       <c r="L392" s="2">
-        <v>89</v>
+        <v>50.5</v>
       </c>
       <c r="M392" s="2">
-        <v>57</v>
+        <v>172</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="2" t="s">
         <v>404</v>
       </c>
       <c r="B393" s="2">
-        <v>2440</v>
+        <v>2838</v>
       </c>
       <c r="C393" s="2">
-        <v>2629.2</v>
+        <v>2981.4</v>
       </c>
       <c r="D393" s="2">
-        <v>2740</v>
+        <v>2999</v>
       </c>
       <c r="E393" s="2">
-        <v>2420.1</v>
+        <v>2766</v>
       </c>
       <c r="F393" s="2">
-        <v>2352</v>
+        <v>2975</v>
       </c>
       <c r="G393" s="2">
-        <v>2550.5</v>
+        <v>2948</v>
       </c>
       <c r="H393" s="2">
-        <v>2638</v>
+        <v>2976</v>
       </c>
       <c r="I393" s="2">
-        <v>2330.1</v>
+        <v>2760</v>
       </c>
       <c r="J393" s="2">
-        <v>88</v>
+        <v>-137</v>
       </c>
       <c r="K393" s="2">
-        <v>78.7</v>
+        <v>33.4</v>
       </c>
       <c r="L393" s="2">
-        <v>102</v>
+        <v>23</v>
       </c>
       <c r="M393" s="2">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="2" t="s">
         <v>405</v>
       </c>
       <c r="B394" s="2">
-        <v>2319.9</v>
+        <v>2750</v>
       </c>
       <c r="C394" s="2">
-        <v>2433</v>
+        <v>2815</v>
       </c>
       <c r="D394" s="2">
-        <v>2436</v>
+        <v>2871.7</v>
       </c>
       <c r="E394" s="2">
-        <v>2297.7</v>
+        <v>2681.1</v>
       </c>
       <c r="F394" s="2">
-        <v>2200</v>
+        <v>2950</v>
       </c>
       <c r="G394" s="2">
-        <v>2347.9</v>
+        <v>2940</v>
       </c>
       <c r="H394" s="2">
-        <v>2349</v>
+        <v>2977</v>
       </c>
       <c r="I394" s="2">
-        <v>2200</v>
+        <v>2830</v>
       </c>
       <c r="J394" s="2">
-        <v>119.9</v>
+        <v>-200</v>
       </c>
       <c r="K394" s="2">
-        <v>85.1</v>
+        <v>-125</v>
       </c>
       <c r="L394" s="2">
-        <v>87</v>
+        <v>-105.3</v>
       </c>
       <c r="M394" s="2">
-        <v>97.7</v>
+        <v>-148.9</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="2" t="s">
         <v>406</v>
       </c>
       <c r="B395" s="2">
-        <v>2285</v>
+        <v>2565.1</v>
       </c>
       <c r="C395" s="2">
-        <v>2337.1</v>
+        <v>2681.6</v>
       </c>
       <c r="D395" s="2">
-        <v>2345</v>
+        <v>2692</v>
       </c>
       <c r="E395" s="2">
-        <v>2215</v>
+        <v>2532</v>
       </c>
       <c r="F395" s="2">
-        <v>2185</v>
+        <v>2579</v>
       </c>
       <c r="G395" s="2">
-        <v>2218.1</v>
+        <v>2813.3</v>
       </c>
       <c r="H395" s="2">
-        <v>2219</v>
+        <v>2819</v>
       </c>
       <c r="I395" s="2">
-        <v>2088</v>
+        <v>2579</v>
       </c>
       <c r="J395" s="2">
-        <v>100</v>
+        <v>-13.9</v>
       </c>
       <c r="K395" s="2">
-        <v>119</v>
+        <v>-131.7</v>
       </c>
       <c r="L395" s="2">
-        <v>126</v>
+        <v>-127</v>
       </c>
       <c r="M395" s="2">
-        <v>127</v>
+        <v>-47</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="2" t="s">
         <v>407</v>
       </c>
       <c r="B396" s="2">
-        <v>2294.1</v>
+        <v>2639.4</v>
       </c>
       <c r="C396" s="2">
-        <v>2276.2</v>
+        <v>2557</v>
       </c>
       <c r="D396" s="2">
-        <v>2345.2</v>
+        <v>2649.2</v>
       </c>
       <c r="E396" s="2">
-        <v>2233</v>
+        <v>2500</v>
       </c>
       <c r="F396" s="2">
-        <v>2135</v>
+        <v>2540</v>
       </c>
       <c r="G396" s="2">
-        <v>2164.9</v>
+        <v>2568.1</v>
       </c>
       <c r="H396" s="2">
-        <v>2210.3</v>
+        <v>2600</v>
       </c>
       <c r="I396" s="2">
-        <v>2091.3</v>
+        <v>2490.2</v>
       </c>
       <c r="J396" s="2">
-        <v>159.1</v>
+        <v>99.4</v>
       </c>
       <c r="K396" s="2">
-        <v>111.3</v>
+        <v>-11.1</v>
       </c>
       <c r="L396" s="2">
-        <v>134.9</v>
+        <v>49.2</v>
       </c>
       <c r="M396" s="2">
-        <v>141.7</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="2" t="s">
         <v>408</v>
       </c>
       <c r="B397" s="2">
-        <v>2230</v>
+        <v>2629.9</v>
       </c>
       <c r="C397" s="2">
-        <v>2287</v>
+        <v>2573.1</v>
       </c>
       <c r="D397" s="2">
-        <v>2288</v>
+        <v>2704</v>
       </c>
       <c r="E397" s="2">
-        <v>2155</v>
+        <v>2512</v>
       </c>
       <c r="F397" s="2">
-        <v>2005</v>
+        <v>2555</v>
       </c>
       <c r="G397" s="2">
-        <v>2128</v>
+        <v>2527</v>
       </c>
       <c r="H397" s="2">
-        <v>2128</v>
+        <v>2615</v>
       </c>
       <c r="I397" s="2">
-        <v>1961</v>
+        <v>2455</v>
       </c>
       <c r="J397" s="2">
-        <v>225</v>
+        <v>74.9</v>
       </c>
       <c r="K397" s="2">
-        <v>159</v>
+        <v>46.1</v>
       </c>
       <c r="L397" s="2">
-        <v>160</v>
+        <v>89</v>
       </c>
       <c r="M397" s="2">
-        <v>194</v>
+        <v>57</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="2" t="s">
         <v>409</v>
       </c>
       <c r="B398" s="2">
-        <v>2125</v>
+        <v>2440</v>
       </c>
       <c r="C398" s="2">
-        <v>2192</v>
+        <v>2629.2</v>
       </c>
       <c r="D398" s="2">
-        <v>2192.8</v>
+        <v>2740</v>
       </c>
       <c r="E398" s="2">
-        <v>2062</v>
+        <v>2420.1</v>
       </c>
       <c r="F398" s="2">
-        <v>1924.4</v>
+        <v>2352</v>
       </c>
       <c r="G398" s="2">
-        <v>2010</v>
+        <v>2550.5</v>
       </c>
       <c r="H398" s="2">
-        <v>2015</v>
+        <v>2638</v>
       </c>
       <c r="I398" s="2">
-        <v>1883.2</v>
+        <v>2330.1</v>
       </c>
       <c r="J398" s="2">
-        <v>200.6</v>
+        <v>88</v>
       </c>
       <c r="K398" s="2">
-        <v>182</v>
+        <v>78.7</v>
       </c>
       <c r="L398" s="2">
-        <v>177.8</v>
+        <v>102</v>
       </c>
       <c r="M398" s="2">
-        <v>178.8</v>
+        <v>90</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="2" t="s">
         <v>410</v>
       </c>
       <c r="B399" s="2">
-        <v>2100</v>
+        <v>2319.9</v>
       </c>
       <c r="C399" s="2">
-        <v>2054.8</v>
+        <v>2433</v>
       </c>
       <c r="D399" s="2">
-        <v>2125</v>
+        <v>2436</v>
       </c>
       <c r="E399" s="2">
-        <v>2038.2</v>
+        <v>2297.7</v>
       </c>
       <c r="F399" s="2">
-        <v>1950</v>
+        <v>2200</v>
       </c>
       <c r="G399" s="2">
-        <v>1892.3</v>
+        <v>2347.9</v>
       </c>
       <c r="H399" s="2">
-        <v>2008.9</v>
+        <v>2349</v>
       </c>
       <c r="I399" s="2">
-        <v>1885.4</v>
+        <v>2200</v>
       </c>
       <c r="J399" s="2">
-        <v>150</v>
+        <v>119.9</v>
       </c>
       <c r="K399" s="2">
-        <v>162.5</v>
+        <v>85.1</v>
       </c>
       <c r="L399" s="2">
-        <v>116.1</v>
+        <v>87</v>
       </c>
       <c r="M399" s="2">
-        <v>152.8</v>
+        <v>97.7</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="2" t="s">
         <v>411</v>
       </c>
       <c r="B400" s="2">
-        <v>2050</v>
+        <v>2285</v>
       </c>
       <c r="C400" s="2">
-        <v>2081</v>
+        <v>2337.1</v>
       </c>
       <c r="D400" s="2">
-        <v>2108</v>
+        <v>2345</v>
       </c>
       <c r="E400" s="2">
-        <v>2030.2</v>
+        <v>2215</v>
       </c>
       <c r="F400" s="2">
-        <v>1950</v>
+        <v>2185</v>
       </c>
       <c r="G400" s="2">
-        <v>1963</v>
+        <v>2218.1</v>
       </c>
       <c r="H400" s="2">
-        <v>1980.4</v>
+        <v>2219</v>
       </c>
       <c r="I400" s="2">
-        <v>1885</v>
+        <v>2088</v>
       </c>
       <c r="J400" s="2">
         <v>100</v>
       </c>
       <c r="K400" s="2">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L400" s="2">
-        <v>127.6</v>
+        <v>126</v>
       </c>
       <c r="M400" s="2">
-        <v>145.2</v>
+        <v>127</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="2" t="s">
         <v>412</v>
       </c>
       <c r="B401" s="2">
-        <v>1961.2</v>
+        <v>2294.1</v>
       </c>
       <c r="C401" s="2">
-        <v>1970.9</v>
+        <v>2276.2</v>
       </c>
       <c r="D401" s="2">
-        <v>2009.9</v>
+        <v>2345.2</v>
       </c>
       <c r="E401" s="2">
-        <v>1955</v>
+        <v>2233</v>
       </c>
       <c r="F401" s="2">
-        <v>1805</v>
+        <v>2135</v>
       </c>
       <c r="G401" s="2">
-        <v>1832</v>
+        <v>2164.9</v>
       </c>
       <c r="H401" s="2">
-        <v>1880</v>
+        <v>2210.3</v>
       </c>
       <c r="I401" s="2">
-        <v>1800.1</v>
+        <v>2091.3</v>
       </c>
       <c r="J401" s="2">
-        <v>156.2</v>
+        <v>159.1</v>
       </c>
       <c r="K401" s="2">
-        <v>138.9</v>
+        <v>111.3</v>
       </c>
       <c r="L401" s="2">
-        <v>129.9</v>
+        <v>134.9</v>
       </c>
       <c r="M401" s="2">
-        <v>154.9</v>
+        <v>141.7</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="2" t="s">
         <v>413</v>
       </c>
       <c r="B402" s="2">
-        <v>1906.3</v>
+        <v>2230</v>
       </c>
       <c r="C402" s="2">
-        <v>1952.6</v>
+        <v>2287</v>
       </c>
       <c r="D402" s="2">
-        <v>2014.2</v>
+        <v>2288</v>
       </c>
       <c r="E402" s="2">
-        <v>1868</v>
+        <v>2155</v>
       </c>
       <c r="F402" s="2">
-        <v>1797.9</v>
+        <v>2005</v>
       </c>
       <c r="G402" s="2">
-        <v>1796.9</v>
+        <v>2128</v>
       </c>
       <c r="H402" s="2">
-        <v>1840</v>
+        <v>2128</v>
       </c>
       <c r="I402" s="2">
-        <v>1675.9</v>
+        <v>1961</v>
       </c>
       <c r="J402" s="2">
-        <v>108.4</v>
+        <v>225</v>
       </c>
       <c r="K402" s="2">
-        <v>155.7</v>
+        <v>159</v>
       </c>
       <c r="L402" s="2">
-        <v>174.2</v>
+        <v>160</v>
       </c>
       <c r="M402" s="2">
-        <v>192.1</v>
+        <v>194</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="2" t="s">
         <v>414</v>
       </c>
       <c r="B403" s="2">
-        <v>2050</v>
+        <v>2125</v>
       </c>
       <c r="C403" s="2">
-        <v>2047.1</v>
+        <v>2192</v>
       </c>
       <c r="D403" s="2">
-        <v>2098.7</v>
+        <v>2192.8</v>
       </c>
       <c r="E403" s="2">
-        <v>2002</v>
+        <v>2062</v>
       </c>
       <c r="F403" s="2">
-        <v>1816</v>
+        <v>1924.4</v>
       </c>
       <c r="G403" s="2">
-        <v>1879</v>
+        <v>2010</v>
       </c>
       <c r="H403" s="2">
-        <v>1937</v>
+        <v>2015</v>
       </c>
       <c r="I403" s="2">
-        <v>1816</v>
+        <v>1883.2</v>
       </c>
       <c r="J403" s="2">
-        <v>234</v>
+        <v>200.6</v>
       </c>
       <c r="K403" s="2">
-        <v>168.1</v>
+        <v>182</v>
       </c>
       <c r="L403" s="2">
-        <v>161.7</v>
+        <v>177.8</v>
       </c>
       <c r="M403" s="2">
-        <v>186</v>
+        <v>178.8</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="2" t="s">
         <v>415</v>
       </c>
       <c r="B404" s="2">
-        <v>1901</v>
+        <v>2100</v>
       </c>
       <c r="C404" s="2">
-        <v>2042.5</v>
+        <v>2054.8</v>
       </c>
       <c r="D404" s="2">
-        <v>2049.9</v>
+        <v>2125</v>
       </c>
       <c r="E404" s="2">
-        <v>1901</v>
+        <v>2038.2</v>
       </c>
       <c r="F404" s="2">
-        <v>1658</v>
+        <v>1950</v>
       </c>
       <c r="G404" s="2">
-        <v>1814.7</v>
+        <v>1892.3</v>
       </c>
       <c r="H404" s="2">
-        <v>1816</v>
+        <v>2008.9</v>
       </c>
       <c r="I404" s="2">
-        <v>1658</v>
+        <v>1885.4</v>
       </c>
       <c r="J404" s="2">
-        <v>243</v>
+        <v>150</v>
       </c>
       <c r="K404" s="2">
-        <v>227.8</v>
+        <v>162.5</v>
       </c>
       <c r="L404" s="2">
-        <v>233.9</v>
+        <v>116.1</v>
       </c>
       <c r="M404" s="2">
-        <v>243</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="2" t="s">
         <v>416</v>
       </c>
       <c r="B405" s="2">
-        <v>1848.8</v>
+        <v>2050</v>
       </c>
       <c r="C405" s="2">
-        <v>1875.3</v>
+        <v>2081</v>
       </c>
       <c r="D405" s="2">
-        <v>1913</v>
+        <v>2108</v>
       </c>
       <c r="E405" s="2">
-        <v>1826</v>
+        <v>2030.2</v>
       </c>
       <c r="F405" s="2">
-        <v>2110</v>
+        <v>1950</v>
       </c>
       <c r="G405" s="2">
-        <v>2119.8</v>
+        <v>1963</v>
       </c>
       <c r="H405" s="2">
-        <v>2149</v>
+        <v>1980.4</v>
       </c>
       <c r="I405" s="2">
-        <v>2100</v>
+        <v>1885</v>
       </c>
       <c r="J405" s="2">
-        <v>-261.2</v>
+        <v>100</v>
       </c>
       <c r="K405" s="2">
-        <v>-244.5</v>
+        <v>118</v>
       </c>
       <c r="L405" s="2">
-        <v>-236</v>
+        <v>127.6</v>
       </c>
       <c r="M405" s="2">
-        <v>-274</v>
+        <v>145.2</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="2" t="s">
         <v>417</v>
       </c>
       <c r="B406" s="2">
+        <v>1961.2</v>
+      </c>
+      <c r="C406" s="2">
+        <v>1970.9</v>
+      </c>
+      <c r="D406" s="2">
+        <v>2009.9</v>
+      </c>
+      <c r="E406" s="2">
+        <v>1955</v>
+      </c>
+      <c r="F406" s="2">
         <v>1805</v>
       </c>
-      <c r="C406" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="G406" s="2">
-        <v>1594.1</v>
+        <v>1832</v>
       </c>
       <c r="H406" s="2">
-        <v>1636.3</v>
+        <v>1880</v>
       </c>
       <c r="I406" s="2">
-        <v>1563</v>
+        <v>1800.1</v>
       </c>
       <c r="J406" s="2">
-        <v>197.1</v>
+        <v>156.2</v>
       </c>
       <c r="K406" s="2">
-        <v>239.5</v>
+        <v>138.9</v>
       </c>
       <c r="L406" s="2">
-        <v>222.7</v>
+        <v>129.9</v>
       </c>
       <c r="M406" s="2">
-        <v>202.5</v>
+        <v>154.9</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="2" t="s">
         <v>418</v>
       </c>
       <c r="B407" s="2">
-        <v>1846.8</v>
+        <v>1906.3</v>
       </c>
       <c r="C407" s="2">
-        <v>1815</v>
+        <v>1952.6</v>
       </c>
       <c r="D407" s="2">
-        <v>1878.5</v>
+        <v>2014.2</v>
       </c>
       <c r="E407" s="2">
-        <v>1781</v>
+        <v>1868</v>
       </c>
       <c r="F407" s="2">
-        <v>2076.8</v>
+        <v>1797.9</v>
       </c>
       <c r="G407" s="2">
-        <v>2080</v>
+        <v>1796.9</v>
       </c>
       <c r="H407" s="2">
-        <v>2096</v>
+        <v>1840</v>
       </c>
       <c r="I407" s="2">
-        <v>2050</v>
+        <v>1675.9</v>
       </c>
       <c r="J407" s="2">
-        <v>-230</v>
+        <v>108.4</v>
       </c>
       <c r="K407" s="2">
-        <v>-265</v>
+        <v>155.7</v>
       </c>
       <c r="L407" s="2">
-        <v>-217.5</v>
+        <v>174.2</v>
       </c>
       <c r="M407" s="2">
-        <v>-269</v>
+        <v>192.1</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="2" t="s">
         <v>419</v>
       </c>
       <c r="B408" s="2">
-        <v>1810</v>
+        <v>2050</v>
       </c>
       <c r="C408" s="2">
-        <v>1846.8</v>
+        <v>2047.1</v>
       </c>
       <c r="D408" s="2">
-        <v>1860</v>
+        <v>2098.7</v>
       </c>
       <c r="E408" s="2">
-        <v>1730</v>
+        <v>2002</v>
       </c>
       <c r="F408" s="2">
-        <v>2058.8</v>
+        <v>1816</v>
       </c>
       <c r="G408" s="2">
-        <v>2098.5</v>
+        <v>1879</v>
       </c>
       <c r="H408" s="2">
-        <v>2099</v>
+        <v>1937</v>
       </c>
       <c r="I408" s="2">
-        <v>2031</v>
+        <v>1816</v>
       </c>
       <c r="J408" s="2">
-        <v>-248.8</v>
+        <v>234</v>
       </c>
       <c r="K408" s="2">
-        <v>-251.7</v>
+        <v>168.1</v>
       </c>
       <c r="L408" s="2">
-        <v>-239</v>
+        <v>161.7</v>
       </c>
       <c r="M408" s="2">
-        <v>-301</v>
+        <v>186</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="2" t="s">
         <v>420</v>
       </c>
       <c r="B409" s="2">
-        <v>1872.9</v>
+        <v>1901</v>
       </c>
       <c r="C409" s="2">
-        <v>1786.9</v>
+        <v>2042.5</v>
       </c>
       <c r="D409" s="2">
-        <v>1896</v>
+        <v>2049.9</v>
       </c>
       <c r="E409" s="2">
-        <v>1750</v>
+        <v>1901</v>
       </c>
       <c r="F409" s="2">
-        <v>2028</v>
+        <v>1658</v>
       </c>
       <c r="G409" s="2">
-        <v>2051.5</v>
+        <v>1814.7</v>
       </c>
       <c r="H409" s="2">
-        <v>2076</v>
+        <v>1816</v>
       </c>
       <c r="I409" s="2">
-        <v>2001</v>
+        <v>1658</v>
       </c>
       <c r="J409" s="2">
-        <v>-155.1</v>
+        <v>243</v>
       </c>
       <c r="K409" s="2">
-        <v>-264.6</v>
+        <v>227.8</v>
       </c>
       <c r="L409" s="2">
-        <v>-180</v>
+        <v>233.9</v>
       </c>
       <c r="M409" s="2">
-        <v>-251</v>
+        <v>243</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="2" t="s">
         <v>421</v>
       </c>
       <c r="B410" s="2">
-        <v>1830.3</v>
+        <v>1848.8</v>
       </c>
       <c r="C410" s="2">
-        <v>1922.9</v>
+        <v>1875.3</v>
       </c>
       <c r="D410" s="2">
-        <v>1952</v>
+        <v>1913</v>
       </c>
       <c r="E410" s="2">
-        <v>1816</v>
+        <v>1826</v>
       </c>
       <c r="F410" s="2">
-        <v>2045</v>
+        <v>2110</v>
       </c>
       <c r="G410" s="2">
-        <v>2094</v>
+        <v>2119.8</v>
       </c>
       <c r="H410" s="2">
-        <v>2108</v>
+        <v>2149</v>
       </c>
       <c r="I410" s="2">
-        <v>2022.4</v>
+        <v>2100</v>
       </c>
       <c r="J410" s="2">
-        <v>-214.7</v>
+        <v>-261.2</v>
       </c>
       <c r="K410" s="2">
-        <v>-171.1</v>
+        <v>-244.5</v>
       </c>
       <c r="L410" s="2">
-        <v>-156</v>
+        <v>-236</v>
       </c>
       <c r="M410" s="2">
-        <v>-206.4</v>
+        <v>-274</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="2" t="s">
         <v>422</v>
       </c>
       <c r="B411" s="2">
-        <v>2084.9</v>
+        <v>1805</v>
       </c>
       <c r="C411" s="2">
-        <v>2010.1</v>
+        <v>1833.6</v>
       </c>
       <c r="D411" s="2">
-        <v>2122.6</v>
+        <v>1859</v>
       </c>
       <c r="E411" s="2">
-        <v>1991.5</v>
+        <v>1765.5</v>
       </c>
       <c r="F411" s="2">
-        <v>1828</v>
+        <v>1607.9</v>
       </c>
       <c r="G411" s="2">
-        <v>1789.4</v>
+        <v>1594.1</v>
       </c>
       <c r="H411" s="2">
-        <v>1894.6</v>
+        <v>1636.3</v>
       </c>
       <c r="I411" s="2">
-        <v>1756.1</v>
+        <v>1563</v>
       </c>
       <c r="J411" s="2">
-        <v>256.9</v>
+        <v>197.1</v>
       </c>
       <c r="K411" s="2">
-        <v>220.7</v>
+        <v>239.5</v>
       </c>
       <c r="L411" s="2">
-        <v>228</v>
+        <v>222.7</v>
       </c>
       <c r="M411" s="2">
-        <v>235.4</v>
+        <v>202.5</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" s="2" t="s">
         <v>423</v>
       </c>
       <c r="B412" s="2">
-        <v>1935</v>
+        <v>1846.8</v>
       </c>
       <c r="C412" s="2">
-        <v>2096.3</v>
+        <v>1815</v>
       </c>
       <c r="D412" s="2">
-        <v>2141.5</v>
+        <v>1878.5</v>
       </c>
       <c r="E412" s="2">
-        <v>1913</v>
+        <v>1781</v>
       </c>
       <c r="F412" s="2">
-        <v>1610</v>
+        <v>2076.8</v>
       </c>
       <c r="G412" s="2">
-        <v>1827.4</v>
+        <v>2080</v>
       </c>
       <c r="H412" s="2">
-        <v>1827.4</v>
+        <v>2096</v>
       </c>
       <c r="I412" s="2">
-        <v>1588.5</v>
+        <v>2050</v>
       </c>
       <c r="J412" s="2">
-        <v>325</v>
+        <v>-230</v>
       </c>
       <c r="K412" s="2">
-        <v>268.9</v>
+        <v>-265</v>
       </c>
       <c r="L412" s="2">
-        <v>314.1</v>
+        <v>-217.5</v>
       </c>
       <c r="M412" s="2">
-        <v>324.5</v>
+        <v>-269</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="2" t="s">
         <v>424</v>
       </c>
       <c r="B413" s="2">
-        <v>1925</v>
+        <v>1810</v>
       </c>
       <c r="C413" s="2">
-        <v>1910.9</v>
+        <v>1846.8</v>
       </c>
       <c r="D413" s="2">
-        <v>1950</v>
+        <v>1860</v>
       </c>
       <c r="E413" s="2">
-        <v>1880</v>
+        <v>1730</v>
       </c>
       <c r="F413" s="2">
-        <v>1615.3</v>
+        <v>2058.8</v>
       </c>
       <c r="G413" s="2">
-        <v>1586.7</v>
+        <v>2098.5</v>
       </c>
       <c r="H413" s="2">
-        <v>1615.3</v>
+        <v>2099</v>
       </c>
       <c r="I413" s="2">
-        <v>1540</v>
+        <v>2031</v>
       </c>
       <c r="J413" s="2">
-        <v>309.7</v>
+        <v>-248.8</v>
       </c>
       <c r="K413" s="2">
-        <v>324.2</v>
+        <v>-251.7</v>
       </c>
       <c r="L413" s="2">
-        <v>334.7</v>
+        <v>-239</v>
       </c>
       <c r="M413" s="2">
-        <v>340</v>
+        <v>-301</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="2" t="s">
         <v>425</v>
       </c>
       <c r="B414" s="2">
-        <v>1908</v>
+        <v>1872.9</v>
       </c>
       <c r="C414" s="2">
-        <v>1918</v>
+        <v>1786.9</v>
       </c>
       <c r="D414" s="2">
-        <v>1939.4</v>
+        <v>1896</v>
       </c>
       <c r="E414" s="2">
-        <v>1861</v>
+        <v>1750</v>
       </c>
       <c r="F414" s="2">
-        <v>1588.6</v>
+        <v>2028</v>
       </c>
       <c r="G414" s="2">
-        <v>1568.2</v>
+        <v>2051.5</v>
       </c>
       <c r="H414" s="2">
-        <v>1610</v>
+        <v>2076</v>
       </c>
       <c r="I414" s="2">
-        <v>1540</v>
+        <v>2001</v>
       </c>
       <c r="J414" s="2">
-        <v>319.4</v>
+        <v>-155.1</v>
       </c>
       <c r="K414" s="2">
-        <v>349.8</v>
+        <v>-264.6</v>
       </c>
       <c r="L414" s="2">
-        <v>329.4</v>
+        <v>-180</v>
       </c>
       <c r="M414" s="2">
-        <v>321</v>
+        <v>-251</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" s="2" t="s">
         <v>426</v>
       </c>
       <c r="B415" s="2">
-        <v>1791.8</v>
+        <v>1830.3</v>
       </c>
       <c r="C415" s="2">
-        <v>1826.1</v>
+        <v>1922.9</v>
       </c>
       <c r="D415" s="2">
-        <v>1859.3</v>
+        <v>1952</v>
       </c>
       <c r="E415" s="2">
-        <v>1778.2</v>
+        <v>1816</v>
       </c>
       <c r="F415" s="2">
-        <v>1510.6</v>
+        <v>2045</v>
       </c>
       <c r="G415" s="2">
-        <v>1533</v>
+        <v>2094</v>
       </c>
       <c r="H415" s="2">
-        <v>1570</v>
+        <v>2108</v>
       </c>
       <c r="I415" s="2">
-        <v>1482.1</v>
+        <v>2022.4</v>
       </c>
       <c r="J415" s="2">
-        <v>281.2</v>
+        <v>-214.7</v>
       </c>
       <c r="K415" s="2">
-        <v>293.1</v>
+        <v>-171.1</v>
       </c>
       <c r="L415" s="2">
-        <v>289.3</v>
+        <v>-156</v>
       </c>
       <c r="M415" s="2">
-        <v>296.1</v>
+        <v>-206.4</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" s="2" t="s">
         <v>427</v>
       </c>
       <c r="B416" s="2">
-        <v>1799</v>
+        <v>2084.9</v>
       </c>
       <c r="C416" s="2">
-        <v>1797.2</v>
+        <v>2010.1</v>
       </c>
       <c r="D416" s="2">
-        <v>1820</v>
+        <v>2122.6</v>
       </c>
       <c r="E416" s="2">
-        <v>1696</v>
+        <v>1991.5</v>
       </c>
       <c r="F416" s="2">
-        <v>1456</v>
+        <v>1828</v>
       </c>
       <c r="G416" s="2">
-        <v>1481</v>
+        <v>1789.4</v>
       </c>
       <c r="H416" s="2">
-        <v>1486</v>
+        <v>1894.6</v>
       </c>
       <c r="I416" s="2">
-        <v>1411</v>
+        <v>1756.1</v>
       </c>
       <c r="J416" s="2">
-        <v>343</v>
+        <v>256.9</v>
       </c>
       <c r="K416" s="2">
-        <v>316.2</v>
+        <v>220.7</v>
       </c>
       <c r="L416" s="2">
-        <v>334</v>
+        <v>228</v>
       </c>
       <c r="M416" s="2">
-        <v>285</v>
+        <v>235.4</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" s="2" t="s">
         <v>428</v>
       </c>
       <c r="B417" s="2">
-        <v>1830</v>
+        <v>1935</v>
       </c>
       <c r="C417" s="2">
-        <v>1776</v>
+        <v>2096.3</v>
       </c>
       <c r="D417" s="2">
-        <v>1855</v>
+        <v>2141.5</v>
       </c>
       <c r="E417" s="2">
-        <v>1760.2</v>
+        <v>1913</v>
       </c>
       <c r="F417" s="2">
-        <v>1475</v>
+        <v>1610</v>
       </c>
       <c r="G417" s="2">
-        <v>1456</v>
+        <v>1827.4</v>
       </c>
       <c r="H417" s="2">
-        <v>1500</v>
+        <v>1827.4</v>
       </c>
       <c r="I417" s="2">
-        <v>1455</v>
+        <v>1588.5</v>
       </c>
       <c r="J417" s="2">
-        <v>355</v>
+        <v>325</v>
       </c>
       <c r="K417" s="2">
-        <v>320</v>
+        <v>268.9</v>
       </c>
       <c r="L417" s="2">
-        <v>355</v>
+        <v>314.1</v>
       </c>
       <c r="M417" s="2">
-        <v>305.2</v>
+        <v>324.5</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" s="2" t="s">
         <v>429</v>
       </c>
       <c r="B418" s="2">
-        <v>1790</v>
+        <v>1925</v>
       </c>
       <c r="C418" s="2">
-        <v>1794.9</v>
+        <v>1910.9</v>
       </c>
       <c r="D418" s="2">
-        <v>1830</v>
+        <v>1950</v>
       </c>
       <c r="E418" s="2">
-        <v>1760</v>
+        <v>1880</v>
       </c>
       <c r="F418" s="2">
-        <v>1443</v>
+        <v>1615.3</v>
       </c>
       <c r="G418" s="2">
-        <v>1455</v>
+        <v>1586.7</v>
       </c>
       <c r="H418" s="2">
-        <v>1485.6</v>
+        <v>1615.3</v>
       </c>
       <c r="I418" s="2">
-        <v>1443</v>
+        <v>1540</v>
       </c>
       <c r="J418" s="2">
-        <v>347</v>
+        <v>309.7</v>
       </c>
       <c r="K418" s="2">
-        <v>339.9</v>
+        <v>324.2</v>
       </c>
       <c r="L418" s="2">
-        <v>344.4</v>
+        <v>334.7</v>
       </c>
       <c r="M418" s="2">
-        <v>317</v>
+        <v>340</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" s="2" t="s">
         <v>430</v>
       </c>
       <c r="B419" s="2">
-        <v>1755</v>
+        <v>1908</v>
       </c>
       <c r="C419" s="2">
-        <v>1803.5</v>
+        <v>1918</v>
       </c>
       <c r="D419" s="2">
-        <v>1813</v>
+        <v>1939.4</v>
       </c>
       <c r="E419" s="2">
-        <v>1755</v>
+        <v>1861</v>
       </c>
       <c r="F419" s="2">
-        <v>1469.3</v>
+        <v>1588.6</v>
       </c>
       <c r="G419" s="2">
-        <v>1478.6</v>
+        <v>1568.2</v>
       </c>
       <c r="H419" s="2">
-        <v>1495</v>
+        <v>1610</v>
       </c>
       <c r="I419" s="2">
-        <v>1442</v>
+        <v>1540</v>
       </c>
       <c r="J419" s="2">
-        <v>285.7</v>
+        <v>319.4</v>
       </c>
       <c r="K419" s="2">
-        <v>324.9</v>
+        <v>349.8</v>
       </c>
       <c r="L419" s="2">
-        <v>318</v>
+        <v>329.4</v>
       </c>
       <c r="M419" s="2">
-        <v>313</v>
+        <v>321</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="2" t="s">
         <v>431</v>
       </c>
       <c r="B420" s="2">
-        <v>1829.5</v>
+        <v>1791.8</v>
       </c>
       <c r="C420" s="2">
-        <v>1815</v>
+        <v>1826.1</v>
       </c>
       <c r="D420" s="2">
-        <v>1899</v>
+        <v>1859.3</v>
       </c>
       <c r="E420" s="2">
-        <v>1806.2</v>
+        <v>1778.2</v>
       </c>
       <c r="F420" s="2">
-        <v>1480</v>
+        <v>1510.6</v>
       </c>
       <c r="G420" s="2">
-        <v>1484.9</v>
+        <v>1533</v>
       </c>
       <c r="H420" s="2">
-        <v>1557.4</v>
+        <v>1570</v>
       </c>
       <c r="I420" s="2">
-        <v>1480</v>
+        <v>1482.1</v>
       </c>
       <c r="J420" s="2">
-        <v>349.5</v>
+        <v>281.2</v>
       </c>
       <c r="K420" s="2">
-        <v>330.1</v>
+        <v>293.1</v>
       </c>
       <c r="L420" s="2">
-        <v>341.6</v>
+        <v>289.3</v>
       </c>
       <c r="M420" s="2">
-        <v>326.2</v>
+        <v>296.1</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" s="2" t="s">
         <v>432</v>
       </c>
       <c r="B421" s="2">
-        <v>1808</v>
+        <v>1799</v>
       </c>
       <c r="C421" s="2">
-        <v>1824</v>
+        <v>1797.2</v>
       </c>
       <c r="D421" s="2">
-        <v>1840.6</v>
+        <v>1820</v>
       </c>
       <c r="E421" s="2">
-        <v>1802</v>
+        <v>1696</v>
       </c>
       <c r="F421" s="2">
-        <v>1480</v>
+        <v>1456</v>
       </c>
       <c r="G421" s="2">
-        <v>1490</v>
+        <v>1481</v>
       </c>
       <c r="H421" s="2">
-        <v>1520</v>
+        <v>1486</v>
       </c>
       <c r="I421" s="2">
-        <v>1480</v>
+        <v>1411</v>
       </c>
       <c r="J421" s="2">
-        <v>328</v>
+        <v>343</v>
       </c>
       <c r="K421" s="2">
+        <v>316.2</v>
+      </c>
+      <c r="L421" s="2">
         <v>334</v>
       </c>
-      <c r="L421" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="M421" s="2">
-        <v>322</v>
+        <v>285</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="2" t="s">
         <v>433</v>
       </c>
       <c r="B422" s="2">
-        <v>1802</v>
+        <v>1830</v>
       </c>
       <c r="C422" s="2">
-        <v>1794.3</v>
+        <v>1776</v>
       </c>
       <c r="D422" s="2">
-        <v>1866.1</v>
+        <v>1855</v>
       </c>
       <c r="E422" s="2">
-        <v>1781.4</v>
+        <v>1760.2</v>
       </c>
       <c r="F422" s="2">
-        <v>1498</v>
+        <v>1475</v>
       </c>
       <c r="G422" s="2">
-        <v>1486</v>
+        <v>1456</v>
       </c>
       <c r="H422" s="2">
-        <v>1528.7</v>
+        <v>1500</v>
       </c>
       <c r="I422" s="2">
-        <v>1469.9</v>
+        <v>1455</v>
       </c>
       <c r="J422" s="2">
-        <v>304</v>
+        <v>355</v>
       </c>
       <c r="K422" s="2">
-        <v>308.3</v>
+        <v>320</v>
       </c>
       <c r="L422" s="2">
-        <v>337.4</v>
+        <v>355</v>
       </c>
       <c r="M422" s="2">
-        <v>311.5</v>
+        <v>305.2</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="2" t="s">
         <v>434</v>
       </c>
       <c r="B423" s="2">
-        <v>1731</v>
+        <v>1790</v>
       </c>
       <c r="C423" s="2">
-        <v>1781.6</v>
+        <v>1794.9</v>
       </c>
       <c r="D423" s="2">
-        <v>1818.5</v>
+        <v>1830</v>
       </c>
       <c r="E423" s="2">
-        <v>1731</v>
+        <v>1760</v>
       </c>
       <c r="F423" s="2">
-        <v>1448</v>
+        <v>1443</v>
       </c>
       <c r="G423" s="2">
-        <v>1470</v>
+        <v>1455</v>
       </c>
       <c r="H423" s="2">
-        <v>1504.9</v>
+        <v>1485.6</v>
       </c>
       <c r="I423" s="2">
-        <v>1423.4</v>
+        <v>1443</v>
       </c>
       <c r="J423" s="2">
-        <v>283</v>
+        <v>347</v>
       </c>
       <c r="K423" s="2">
-        <v>311.6</v>
+        <v>339.9</v>
       </c>
       <c r="L423" s="2">
-        <v>313.6</v>
+        <v>344.4</v>
       </c>
       <c r="M423" s="2">
-        <v>307.6</v>
+        <v>317</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="2" t="s">
         <v>435</v>
       </c>
       <c r="B424" s="2">
-        <v>1850</v>
+        <v>1755</v>
       </c>
       <c r="C424" s="2">
-        <v>1802.5</v>
+        <v>1803.5</v>
       </c>
       <c r="D424" s="2">
-        <v>1891.2</v>
+        <v>1813</v>
       </c>
       <c r="E424" s="2">
-        <v>1795</v>
+        <v>1755</v>
       </c>
       <c r="F424" s="2">
-        <v>1525.3</v>
+        <v>1469.3</v>
       </c>
       <c r="G424" s="2">
-        <v>1475</v>
+        <v>1478.6</v>
       </c>
       <c r="H424" s="2">
-        <v>1560</v>
+        <v>1495</v>
       </c>
       <c r="I424" s="2">
-        <v>1463.6</v>
+        <v>1442</v>
       </c>
       <c r="J424" s="2">
-        <v>324.7</v>
+        <v>285.7</v>
       </c>
       <c r="K424" s="2">
-        <v>327.5</v>
+        <v>324.9</v>
       </c>
       <c r="L424" s="2">
-        <v>331.2</v>
+        <v>318</v>
       </c>
       <c r="M424" s="2">
-        <v>331.4</v>
+        <v>313</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="2" t="s">
         <v>436</v>
       </c>
       <c r="B425" s="2">
-        <v>1802</v>
+        <v>1829.5</v>
       </c>
       <c r="C425" s="2">
-        <v>1831</v>
+        <v>1815</v>
       </c>
       <c r="D425" s="2">
-        <v>1857</v>
+        <v>1899</v>
       </c>
       <c r="E425" s="2">
-        <v>1731.8</v>
+        <v>1806.2</v>
       </c>
       <c r="F425" s="2">
         <v>1480</v>
       </c>
       <c r="G425" s="2">
-        <v>1531.5</v>
+        <v>1484.9</v>
       </c>
       <c r="H425" s="2">
-        <v>1559.2</v>
+        <v>1557.4</v>
       </c>
       <c r="I425" s="2">
-        <v>1440</v>
+        <v>1480</v>
       </c>
       <c r="J425" s="2">
-        <v>322</v>
+        <v>349.5</v>
       </c>
       <c r="K425" s="2">
-        <v>299.5</v>
+        <v>330.1</v>
       </c>
       <c r="L425" s="2">
-        <v>297.8</v>
+        <v>341.6</v>
       </c>
       <c r="M425" s="2">
-        <v>291.8</v>
+        <v>326.2</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="2" t="s">
         <v>437</v>
       </c>
       <c r="B426" s="2">
-        <v>1800</v>
+        <v>1808</v>
       </c>
       <c r="C426" s="2">
-        <v>1780</v>
+        <v>1824</v>
       </c>
       <c r="D426" s="2">
-        <v>1855.4</v>
+        <v>1840.6</v>
       </c>
       <c r="E426" s="2">
-        <v>1758</v>
+        <v>1802</v>
       </c>
       <c r="F426" s="2">
-        <v>1498</v>
+        <v>1480</v>
       </c>
       <c r="G426" s="2">
-        <v>1474</v>
+        <v>1490</v>
       </c>
       <c r="H426" s="2">
-        <v>1527.8</v>
+        <v>1520</v>
       </c>
       <c r="I426" s="2">
-        <v>1410.8</v>
+        <v>1480</v>
       </c>
       <c r="J426" s="2">
-        <v>302</v>
+        <v>328</v>
       </c>
       <c r="K426" s="2">
-        <v>306</v>
+        <v>334</v>
       </c>
       <c r="L426" s="2">
-        <v>327.6</v>
+        <v>320.6</v>
       </c>
       <c r="M426" s="2">
-        <v>347.2</v>
+        <v>322</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" s="2" t="s">
         <v>438</v>
       </c>
       <c r="B427" s="2">
-        <v>1931.3</v>
+        <v>1802</v>
       </c>
       <c r="C427" s="2">
-        <v>1904</v>
+        <v>1794.3</v>
       </c>
       <c r="D427" s="2">
-        <v>1938</v>
+        <v>1866.1</v>
       </c>
       <c r="E427" s="2">
-        <v>1890</v>
+        <v>1781.4</v>
       </c>
       <c r="F427" s="2">
-        <v>1585.1</v>
+        <v>1498</v>
       </c>
       <c r="G427" s="2">
-        <v>1569.5</v>
+        <v>1486</v>
       </c>
       <c r="H427" s="2">
-        <v>1616</v>
+        <v>1528.7</v>
       </c>
       <c r="I427" s="2">
-        <v>1561.2</v>
+        <v>1469.9</v>
       </c>
       <c r="J427" s="2">
-        <v>346.2</v>
+        <v>304</v>
       </c>
       <c r="K427" s="2">
-        <v>334.5</v>
+        <v>308.3</v>
       </c>
       <c r="L427" s="2">
-        <v>322</v>
+        <v>337.4</v>
       </c>
       <c r="M427" s="2">
-        <v>328.8</v>
+        <v>311.5</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="2" t="s">
         <v>439</v>
       </c>
       <c r="B428" s="2">
-        <v>1886</v>
+        <v>1731</v>
       </c>
       <c r="C428" s="2">
-        <v>1931.7</v>
+        <v>1781.6</v>
       </c>
       <c r="D428" s="2">
-        <v>1945</v>
+        <v>1818.5</v>
       </c>
       <c r="E428" s="2">
-        <v>1886</v>
+        <v>1731</v>
       </c>
       <c r="F428" s="2">
-        <v>1545</v>
+        <v>1448</v>
       </c>
       <c r="G428" s="2">
-        <v>1585.1</v>
+        <v>1470</v>
       </c>
       <c r="H428" s="2">
-        <v>1585.1</v>
+        <v>1504.9</v>
       </c>
       <c r="I428" s="2">
-        <v>1520.8</v>
+        <v>1423.4</v>
       </c>
       <c r="J428" s="2">
-        <v>341</v>
+        <v>283</v>
       </c>
       <c r="K428" s="2">
-        <v>346.6</v>
+        <v>311.6</v>
       </c>
       <c r="L428" s="2">
-        <v>359.9</v>
+        <v>313.6</v>
       </c>
       <c r="M428" s="2">
-        <v>365.2</v>
+        <v>307.6</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="2" t="s">
         <v>440</v>
       </c>
       <c r="B429" s="2">
-        <v>1949.9</v>
+        <v>1850</v>
       </c>
       <c r="C429" s="2">
-        <v>1878</v>
+        <v>1802.5</v>
       </c>
       <c r="D429" s="2">
-        <v>1949.9</v>
+        <v>1891.2</v>
       </c>
       <c r="E429" s="2">
-        <v>1862</v>
+        <v>1795</v>
       </c>
       <c r="F429" s="2">
-        <v>1666</v>
+        <v>1525.3</v>
       </c>
       <c r="G429" s="2">
-        <v>1550.5</v>
+        <v>1475</v>
       </c>
       <c r="H429" s="2">
-        <v>1689</v>
+        <v>1560</v>
       </c>
       <c r="I429" s="2">
-        <v>1526.7</v>
+        <v>1463.6</v>
       </c>
       <c r="J429" s="2">
-        <v>283.9</v>
+        <v>324.7</v>
       </c>
       <c r="K429" s="2">
         <v>327.5</v>
       </c>
       <c r="L429" s="2">
-        <v>260.9</v>
+        <v>331.2</v>
       </c>
       <c r="M429" s="2">
-        <v>335.3</v>
+        <v>331.4</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" s="2" t="s">
         <v>441</v>
       </c>
       <c r="B430" s="2">
-        <v>2002</v>
+        <v>1802</v>
       </c>
       <c r="C430" s="2">
-        <v>1965.5</v>
+        <v>1831</v>
       </c>
       <c r="D430" s="2">
-        <v>2020</v>
+        <v>1857</v>
       </c>
       <c r="E430" s="2">
-        <v>1940</v>
+        <v>1731.8</v>
       </c>
       <c r="F430" s="2">
-        <v>1718.5</v>
+        <v>1480</v>
       </c>
       <c r="G430" s="2">
-        <v>1678.2</v>
+        <v>1531.5</v>
       </c>
       <c r="H430" s="2">
-        <v>1724.2</v>
+        <v>1559.2</v>
       </c>
       <c r="I430" s="2">
-        <v>1666</v>
+        <v>1440</v>
       </c>
       <c r="J430" s="2">
-        <v>283.5</v>
+        <v>322</v>
       </c>
       <c r="K430" s="2">
-        <v>287.3</v>
+        <v>299.5</v>
       </c>
       <c r="L430" s="2">
-        <v>295.8</v>
+        <v>297.8</v>
       </c>
       <c r="M430" s="2">
-        <v>274</v>
+        <v>291.8</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" s="2" t="s">
         <v>442</v>
       </c>
       <c r="B431" s="2">
-        <v>2049.9</v>
+        <v>1800</v>
       </c>
       <c r="C431" s="2">
-        <v>2045</v>
+        <v>1780</v>
       </c>
       <c r="D431" s="2">
-        <v>2100</v>
+        <v>1855.4</v>
       </c>
       <c r="E431" s="2">
-        <v>2024</v>
+        <v>1758</v>
       </c>
       <c r="F431" s="2">
-        <v>1715</v>
+        <v>1498</v>
       </c>
       <c r="G431" s="2">
-        <v>1735.9</v>
+        <v>1474</v>
       </c>
       <c r="H431" s="2">
-        <v>1768.8</v>
+        <v>1527.8</v>
       </c>
       <c r="I431" s="2">
-        <v>1690.4</v>
+        <v>1410.8</v>
       </c>
       <c r="J431" s="2">
-        <v>334.9</v>
+        <v>302</v>
       </c>
       <c r="K431" s="2">
-        <v>309.1</v>
+        <v>306</v>
       </c>
       <c r="L431" s="2">
-        <v>331.2</v>
+        <v>327.6</v>
       </c>
       <c r="M431" s="2">
-        <v>333.6</v>
+        <v>347.2</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B432" s="2">
-        <v>2049.9</v>
+        <v>1931.3</v>
       </c>
       <c r="C432" s="2">
-        <v>2054.7</v>
+        <v>1904</v>
       </c>
       <c r="D432" s="2">
-        <v>2077.6</v>
+        <v>1938</v>
       </c>
       <c r="E432" s="2">
-        <v>2000</v>
+        <v>1890</v>
       </c>
       <c r="F432" s="2">
-        <v>1719.8</v>
+        <v>1585.1</v>
       </c>
       <c r="G432" s="2">
-        <v>1709.8</v>
+        <v>1569.5</v>
       </c>
       <c r="H432" s="2">
-        <v>1725</v>
+        <v>1616</v>
       </c>
       <c r="I432" s="2">
-        <v>1685.1</v>
+        <v>1561.2</v>
       </c>
       <c r="J432" s="2">
-        <v>330.1</v>
+        <v>346.2</v>
       </c>
       <c r="K432" s="2">
-        <v>344.9</v>
+        <v>334.5</v>
       </c>
       <c r="L432" s="2">
-        <v>352.6</v>
+        <v>322</v>
       </c>
       <c r="M432" s="2">
-        <v>314.9</v>
+        <v>328.8</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="2" t="s">
         <v>444</v>
       </c>
       <c r="B433" s="2">
-        <v>2030</v>
+        <v>1886</v>
       </c>
       <c r="C433" s="2">
-        <v>2054.1</v>
+        <v>1931.7</v>
       </c>
       <c r="D433" s="2">
-        <v>2129.9</v>
+        <v>1945</v>
       </c>
       <c r="E433" s="2">
-        <v>1983</v>
+        <v>1886</v>
       </c>
       <c r="F433" s="2">
-        <v>1686.9</v>
+        <v>1545</v>
       </c>
       <c r="G433" s="2">
-        <v>1701</v>
+        <v>1585.1</v>
       </c>
       <c r="H433" s="2">
-        <v>1758</v>
+        <v>1585.1</v>
       </c>
       <c r="I433" s="2">
-        <v>1656.1</v>
+        <v>1520.8</v>
       </c>
       <c r="J433" s="2">
-        <v>343.1</v>
+        <v>341</v>
       </c>
       <c r="K433" s="2">
-        <v>353.1</v>
+        <v>346.6</v>
       </c>
       <c r="L433" s="2">
-        <v>371.9</v>
+        <v>359.9</v>
       </c>
       <c r="M433" s="2">
-        <v>326.9</v>
+        <v>365.2</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="2" t="s">
         <v>445</v>
       </c>
       <c r="B434" s="2">
-        <v>2149.9</v>
+        <v>1949.9</v>
       </c>
       <c r="C434" s="2">
-        <v>2045.1</v>
+        <v>1878</v>
       </c>
       <c r="D434" s="2">
-        <v>2170</v>
+        <v>1949.9</v>
       </c>
       <c r="E434" s="2">
-        <v>2030</v>
+        <v>1862</v>
       </c>
       <c r="F434" s="2">
-        <v>1750</v>
+        <v>1666</v>
       </c>
       <c r="G434" s="2">
-        <v>1686.9</v>
+        <v>1550.5</v>
       </c>
       <c r="H434" s="2">
-        <v>1750</v>
+        <v>1689</v>
       </c>
       <c r="I434" s="2">
-        <v>1668.7</v>
+        <v>1526.7</v>
       </c>
       <c r="J434" s="2">
-        <v>399.9</v>
+        <v>283.9</v>
       </c>
       <c r="K434" s="2">
-        <v>358.2</v>
+        <v>327.5</v>
       </c>
       <c r="L434" s="2">
-        <v>420</v>
+        <v>260.9</v>
       </c>
       <c r="M434" s="2">
-        <v>361.3</v>
+        <v>335.3</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="2" t="s">
         <v>446</v>
       </c>
       <c r="B435" s="2">
-        <v>2150</v>
+        <v>2002</v>
       </c>
       <c r="C435" s="2">
-        <v>2189.9</v>
+        <v>1965.5</v>
       </c>
       <c r="D435" s="2">
-        <v>2220</v>
+        <v>2020</v>
       </c>
       <c r="E435" s="2">
-        <v>2120</v>
+        <v>1940</v>
       </c>
       <c r="F435" s="2">
-        <v>1800</v>
+        <v>1718.5</v>
       </c>
       <c r="G435" s="2">
-        <v>1754</v>
+        <v>1678.2</v>
       </c>
       <c r="H435" s="2">
-        <v>1800</v>
+        <v>1724.2</v>
       </c>
       <c r="I435" s="2">
-        <v>1720</v>
+        <v>1666</v>
       </c>
       <c r="J435" s="2">
-        <v>350</v>
+        <v>283.5</v>
       </c>
       <c r="K435" s="2">
-        <v>435.9</v>
+        <v>287.3</v>
       </c>
       <c r="L435" s="2">
-        <v>420</v>
+        <v>295.8</v>
       </c>
       <c r="M435" s="2">
-        <v>400</v>
+        <v>274</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="2" t="s">
         <v>447</v>
       </c>
       <c r="B436" s="2">
-        <v>2064</v>
+        <v>2049.9</v>
       </c>
       <c r="C436" s="2">
-        <v>2107.8</v>
+        <v>2045</v>
       </c>
       <c r="D436" s="2">
-        <v>2160</v>
+        <v>2100</v>
       </c>
       <c r="E436" s="2">
-        <v>2040</v>
+        <v>2024</v>
       </c>
       <c r="F436" s="2">
-        <v>1699.9</v>
+        <v>1715</v>
       </c>
       <c r="G436" s="2">
-        <v>1715</v>
+        <v>1735.9</v>
       </c>
       <c r="H436" s="2">
-        <v>1769</v>
+        <v>1768.8</v>
       </c>
       <c r="I436" s="2">
-        <v>1668.1</v>
+        <v>1690.4</v>
       </c>
       <c r="J436" s="2">
-        <v>364.1</v>
+        <v>334.9</v>
       </c>
       <c r="K436" s="2">
-        <v>392.8</v>
+        <v>309.1</v>
       </c>
       <c r="L436" s="2">
-        <v>391</v>
+        <v>331.2</v>
       </c>
       <c r="M436" s="2">
-        <v>371.9</v>
+        <v>333.6</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="2" t="s">
         <v>448</v>
       </c>
       <c r="B437" s="2">
-        <v>1846</v>
+        <v>2049.9</v>
       </c>
       <c r="C437" s="2">
-        <v>2063</v>
+        <v>2054.7</v>
       </c>
       <c r="D437" s="2">
-        <v>2138.6</v>
+        <v>2077.6</v>
       </c>
       <c r="E437" s="2">
-        <v>1830.6</v>
+        <v>2000</v>
       </c>
       <c r="F437" s="2">
-        <v>1570</v>
+        <v>1719.8</v>
       </c>
       <c r="G437" s="2">
-        <v>1718.1</v>
+        <v>1709.8</v>
       </c>
       <c r="H437" s="2">
-        <v>1822.8</v>
+        <v>1725</v>
       </c>
       <c r="I437" s="2">
-        <v>1555.4</v>
+        <v>1685.1</v>
       </c>
       <c r="J437" s="2">
-        <v>276</v>
+        <v>330.1</v>
       </c>
       <c r="K437" s="2">
         <v>344.9</v>
       </c>
       <c r="L437" s="2">
-        <v>315.8</v>
+        <v>352.6</v>
       </c>
       <c r="M437" s="2">
-        <v>275.2</v>
+        <v>314.9</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="2" t="s">
         <v>449</v>
       </c>
       <c r="B438" s="2">
-        <v>1780</v>
+        <v>2030</v>
       </c>
       <c r="C438" s="2">
-        <v>1808.7</v>
+        <v>2054.1</v>
       </c>
       <c r="D438" s="2">
-        <v>1810.9</v>
+        <v>2129.9</v>
       </c>
       <c r="E438" s="2">
-        <v>1755.2</v>
+        <v>1983</v>
       </c>
       <c r="F438" s="2">
-        <v>1556</v>
+        <v>1686.9</v>
       </c>
       <c r="G438" s="2">
-        <v>1550</v>
+        <v>1701</v>
       </c>
       <c r="H438" s="2">
-        <v>1560</v>
+        <v>1758</v>
       </c>
       <c r="I438" s="2">
-        <v>1504.2</v>
+        <v>1656.1</v>
       </c>
       <c r="J438" s="2">
-        <v>224</v>
+        <v>343.1</v>
       </c>
       <c r="K438" s="2">
-        <v>258.7</v>
+        <v>353.1</v>
       </c>
       <c r="L438" s="2">
-        <v>250.9</v>
+        <v>371.9</v>
       </c>
       <c r="M438" s="2">
-        <v>251</v>
+        <v>326.9</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="2" t="s">
         <v>450</v>
       </c>
       <c r="B439" s="2">
+        <v>2149.9</v>
+      </c>
+      <c r="C439" s="2">
+        <v>2045.1</v>
+      </c>
+      <c r="D439" s="2">
+        <v>2170</v>
+      </c>
+      <c r="E439" s="2">
+        <v>2030</v>
+      </c>
+      <c r="F439" s="2">
         <v>1750</v>
       </c>
-      <c r="C439" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="G439" s="2">
-        <v>1526.4</v>
+        <v>1686.9</v>
       </c>
       <c r="H439" s="2">
-        <v>1571.8</v>
+        <v>1750</v>
       </c>
       <c r="I439" s="2">
-        <v>1465.6</v>
+        <v>1668.7</v>
       </c>
       <c r="J439" s="2">
-        <v>269.9</v>
+        <v>399.9</v>
       </c>
       <c r="K439" s="2">
-        <v>243.2</v>
+        <v>358.2</v>
       </c>
       <c r="L439" s="2">
-        <v>258.2</v>
+        <v>420</v>
       </c>
       <c r="M439" s="2">
-        <v>253.7</v>
+        <v>361.3</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="2" t="s">
         <v>451</v>
       </c>
       <c r="B440" s="2">
-        <v>1808</v>
+        <v>2150</v>
       </c>
       <c r="C440" s="2">
-        <v>1701.5</v>
+        <v>2189.9</v>
       </c>
       <c r="D440" s="2">
-        <v>1860</v>
+        <v>2220</v>
       </c>
       <c r="E440" s="2">
-        <v>1651.6</v>
+        <v>2120</v>
       </c>
       <c r="F440" s="2">
-        <v>1599.9</v>
+        <v>1800</v>
       </c>
       <c r="G440" s="2">
-        <v>1450.7</v>
+        <v>1754</v>
       </c>
       <c r="H440" s="2">
-        <v>1615.9</v>
+        <v>1800</v>
       </c>
       <c r="I440" s="2">
-        <v>1400</v>
+        <v>1720</v>
       </c>
       <c r="J440" s="2">
-        <v>208.1</v>
+        <v>350</v>
       </c>
       <c r="K440" s="2">
-        <v>250.8</v>
+        <v>435.9</v>
       </c>
       <c r="L440" s="2">
-        <v>244.1</v>
+        <v>420</v>
       </c>
       <c r="M440" s="2">
-        <v>251.6</v>
+        <v>400</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="2" t="s">
         <v>452</v>
       </c>
       <c r="B441" s="2">
-        <v>1900</v>
+        <v>2064</v>
       </c>
       <c r="C441" s="2">
-        <v>1910.2</v>
+        <v>2107.8</v>
       </c>
       <c r="D441" s="2">
-        <v>1925</v>
+        <v>2160</v>
       </c>
       <c r="E441" s="2">
-        <v>1881</v>
+        <v>2040</v>
       </c>
       <c r="F441" s="2">
-        <v>1656.7</v>
+        <v>1699.9</v>
       </c>
       <c r="G441" s="2">
-        <v>1657.9</v>
+        <v>1715</v>
       </c>
       <c r="H441" s="2">
-        <v>1679.4</v>
+        <v>1769</v>
       </c>
       <c r="I441" s="2">
-        <v>1634</v>
+        <v>1668.1</v>
       </c>
       <c r="J441" s="2">
-        <v>243.3</v>
+        <v>364.1</v>
       </c>
       <c r="K441" s="2">
-        <v>252.3</v>
+        <v>392.8</v>
       </c>
       <c r="L441" s="2">
-        <v>245.6</v>
+        <v>391</v>
       </c>
       <c r="M441" s="2">
-        <v>247</v>
+        <v>371.9</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="2" t="s">
         <v>453</v>
       </c>
       <c r="B442" s="2">
-        <v>1950</v>
+        <v>1846</v>
       </c>
       <c r="C442" s="2">
-        <v>1924.9</v>
+        <v>2063</v>
       </c>
       <c r="D442" s="2">
-        <v>1972</v>
+        <v>2138.6</v>
       </c>
       <c r="E442" s="2">
-        <v>1859.6</v>
+        <v>1830.6</v>
       </c>
       <c r="F442" s="2">
-        <v>1685.1</v>
+        <v>1570</v>
       </c>
       <c r="G442" s="2">
-        <v>1655</v>
+        <v>1718.1</v>
       </c>
       <c r="H442" s="2">
-        <v>1718</v>
+        <v>1822.8</v>
       </c>
       <c r="I442" s="2">
-        <v>1616.2</v>
+        <v>1555.4</v>
       </c>
       <c r="J442" s="2">
-        <v>264.9</v>
+        <v>276</v>
       </c>
       <c r="K442" s="2">
-        <v>269.9</v>
+        <v>344.9</v>
       </c>
       <c r="L442" s="2">
-        <v>254</v>
+        <v>315.8</v>
       </c>
       <c r="M442" s="2">
-        <v>243.4</v>
+        <v>275.2</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B443" s="2">
-        <v>1900</v>
+        <v>1780</v>
       </c>
       <c r="C443" s="2">
-        <v>1939.6</v>
+        <v>1808.7</v>
       </c>
       <c r="D443" s="2">
-        <v>1987</v>
+        <v>1810.9</v>
       </c>
       <c r="E443" s="2">
-        <v>1850</v>
+        <v>1755.2</v>
       </c>
       <c r="F443" s="2">
-        <v>1600</v>
+        <v>1556</v>
       </c>
       <c r="G443" s="2">
-        <v>1685</v>
+        <v>1550</v>
       </c>
       <c r="H443" s="2">
-        <v>1719</v>
+        <v>1560</v>
       </c>
       <c r="I443" s="2">
-        <v>1600</v>
+        <v>1504.2</v>
       </c>
       <c r="J443" s="2">
-        <v>300</v>
+        <v>224</v>
       </c>
       <c r="K443" s="2">
-        <v>254.6</v>
+        <v>258.7</v>
       </c>
       <c r="L443" s="2">
-        <v>268</v>
+        <v>250.9</v>
       </c>
       <c r="M443" s="2">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="2" t="s">
         <v>455</v>
       </c>
       <c r="B444" s="2">
-        <v>1974</v>
+        <v>1750</v>
       </c>
       <c r="C444" s="2">
-        <v>1908</v>
+        <v>1769.6</v>
       </c>
       <c r="D444" s="2">
-        <v>1998</v>
+        <v>1830</v>
       </c>
       <c r="E444" s="2">
-        <v>1883</v>
+        <v>1719.3</v>
       </c>
       <c r="F444" s="2">
-        <v>1651.1</v>
+        <v>1480.1</v>
       </c>
       <c r="G444" s="2">
-        <v>1658</v>
+        <v>1526.4</v>
       </c>
       <c r="H444" s="2">
-        <v>1728.5</v>
+        <v>1571.8</v>
       </c>
       <c r="I444" s="2">
-        <v>1637</v>
+        <v>1465.6</v>
       </c>
       <c r="J444" s="2">
-        <v>322.9</v>
+        <v>269.9</v>
       </c>
       <c r="K444" s="2">
-        <v>250</v>
+        <v>243.2</v>
       </c>
       <c r="L444" s="2">
-        <v>269.5</v>
+        <v>258.2</v>
       </c>
       <c r="M444" s="2">
-        <v>246</v>
+        <v>253.7</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="2" t="s">
         <v>456</v>
       </c>
       <c r="B445" s="2">
-        <v>1998.8</v>
+        <v>1808</v>
       </c>
       <c r="C445" s="2">
-        <v>1973.6</v>
+        <v>1701.5</v>
       </c>
       <c r="D445" s="2">
-        <v>2063.8</v>
+        <v>1860</v>
       </c>
       <c r="E445" s="2">
-        <v>1950</v>
+        <v>1651.6</v>
       </c>
       <c r="F445" s="2">
-        <v>1716.6</v>
+        <v>1599.9</v>
       </c>
       <c r="G445" s="2">
-        <v>1718.2</v>
+        <v>1450.7</v>
       </c>
       <c r="H445" s="2">
-        <v>1769</v>
+        <v>1615.9</v>
       </c>
       <c r="I445" s="2">
-        <v>1688.8</v>
+        <v>1400</v>
       </c>
       <c r="J445" s="2">
-        <v>282.2</v>
+        <v>208.1</v>
       </c>
       <c r="K445" s="2">
-        <v>255.4</v>
+        <v>250.8</v>
       </c>
       <c r="L445" s="2">
-        <v>294.8</v>
+        <v>244.1</v>
       </c>
       <c r="M445" s="2">
-        <v>261.2</v>
+        <v>251.6</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" s="2" t="s">
         <v>457</v>
       </c>
       <c r="B446" s="2">
-        <v>1978.8</v>
+        <v>1900</v>
       </c>
       <c r="C446" s="2">
-        <v>1980.5</v>
+        <v>1910.2</v>
       </c>
       <c r="D446" s="2">
-        <v>2030</v>
+        <v>1925</v>
       </c>
       <c r="E446" s="2">
-        <v>1948.8</v>
+        <v>1881</v>
       </c>
       <c r="F446" s="2">
-        <v>1743</v>
+        <v>1656.7</v>
       </c>
       <c r="G446" s="2">
-        <v>1718.6</v>
+        <v>1657.9</v>
       </c>
       <c r="H446" s="2">
-        <v>1758.8</v>
+        <v>1679.4</v>
       </c>
       <c r="I446" s="2">
-        <v>1688</v>
+        <v>1634</v>
       </c>
       <c r="J446" s="2">
-        <v>235.8</v>
+        <v>243.3</v>
       </c>
       <c r="K446" s="2">
-        <v>261.9</v>
+        <v>252.3</v>
       </c>
       <c r="L446" s="2">
-        <v>271.2</v>
+        <v>245.6</v>
       </c>
       <c r="M446" s="2">
-        <v>260.8</v>
+        <v>247</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" s="2" t="s">
         <v>458</v>
       </c>
       <c r="B447" s="2">
-        <v>2000</v>
+        <v>1950</v>
       </c>
       <c r="C447" s="2">
-        <v>1978.7</v>
+        <v>1924.9</v>
       </c>
       <c r="D447" s="2">
-        <v>2076.5</v>
+        <v>1972</v>
       </c>
       <c r="E447" s="2">
-        <v>1957.7</v>
+        <v>1859.6</v>
       </c>
       <c r="F447" s="2">
-        <v>1776</v>
+        <v>1685.1</v>
       </c>
       <c r="G447" s="2">
-        <v>1711.6</v>
+        <v>1655</v>
       </c>
       <c r="H447" s="2">
-        <v>1789.9</v>
+        <v>1718</v>
       </c>
       <c r="I447" s="2">
-        <v>1700.8</v>
+        <v>1616.2</v>
       </c>
       <c r="J447" s="2">
-        <v>224</v>
+        <v>264.9</v>
       </c>
       <c r="K447" s="2">
-        <v>267.1</v>
+        <v>269.9</v>
       </c>
       <c r="L447" s="2">
-        <v>286.6</v>
+        <v>254</v>
       </c>
       <c r="M447" s="2">
-        <v>256.9</v>
+        <v>243.4</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="2" t="s">
         <v>459</v>
       </c>
       <c r="B448" s="2">
-        <v>1991.1</v>
+        <v>1900</v>
       </c>
       <c r="C448" s="2">
-        <v>2025.1</v>
+        <v>1939.6</v>
       </c>
       <c r="D448" s="2">
-        <v>2099</v>
+        <v>1987</v>
       </c>
       <c r="E448" s="2">
-        <v>1892</v>
+        <v>1850</v>
       </c>
       <c r="F448" s="2">
-        <v>1792.1</v>
+        <v>1600</v>
       </c>
       <c r="G448" s="2">
-        <v>1764.9</v>
+        <v>1685</v>
       </c>
       <c r="H448" s="2">
-        <v>1831</v>
+        <v>1719</v>
       </c>
       <c r="I448" s="2">
-        <v>1684</v>
+        <v>1600</v>
       </c>
       <c r="J448" s="2">
-        <v>199</v>
+        <v>300</v>
       </c>
       <c r="K448" s="2">
-        <v>260.2</v>
+        <v>254.6</v>
       </c>
       <c r="L448" s="2">
         <v>268</v>
       </c>
       <c r="M448" s="2">
-        <v>208</v>
+        <v>250</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="2" t="s">
         <v>460</v>
       </c>
       <c r="B449" s="2">
-        <v>1820</v>
+        <v>1974</v>
       </c>
       <c r="C449" s="2">
-        <v>1982.2</v>
+        <v>1908</v>
       </c>
       <c r="D449" s="2">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="E449" s="2">
-        <v>1755</v>
+        <v>1883</v>
       </c>
       <c r="F449" s="2">
-        <v>1600</v>
+        <v>1651.1</v>
       </c>
       <c r="G449" s="2">
-        <v>1765</v>
+        <v>1658</v>
       </c>
       <c r="H449" s="2">
-        <v>1769.4</v>
+        <v>1728.5</v>
       </c>
       <c r="I449" s="2">
-        <v>1536</v>
+        <v>1637</v>
       </c>
       <c r="J449" s="2">
-        <v>220</v>
+        <v>322.9</v>
       </c>
       <c r="K449" s="2">
-        <v>217.2</v>
+        <v>250</v>
       </c>
       <c r="L449" s="2">
-        <v>218.6</v>
+        <v>269.5</v>
       </c>
       <c r="M449" s="2">
-        <v>219</v>
+        <v>246</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" s="2" t="s">
         <v>461</v>
       </c>
       <c r="B450" s="2">
-        <v>1985.6</v>
+        <v>1998.8</v>
       </c>
       <c r="C450" s="2">
-        <v>1867.6</v>
+        <v>1973.6</v>
       </c>
       <c r="D450" s="2">
-        <v>1999</v>
+        <v>2063.8</v>
       </c>
       <c r="E450" s="2">
-        <v>1850.7</v>
+        <v>1950</v>
       </c>
       <c r="F450" s="2">
-        <v>1700.1</v>
+        <v>1716.6</v>
       </c>
       <c r="G450" s="2">
-        <v>1615.9</v>
+        <v>1718.2</v>
       </c>
       <c r="H450" s="2">
-        <v>1710</v>
+        <v>1769</v>
       </c>
       <c r="I450" s="2">
-        <v>1572.6</v>
+        <v>1688.8</v>
       </c>
       <c r="J450" s="2">
-        <v>285.5</v>
+        <v>282.2</v>
       </c>
       <c r="K450" s="2">
-        <v>251.7</v>
+        <v>255.4</v>
       </c>
       <c r="L450" s="2">
-        <v>289</v>
+        <v>294.8</v>
       </c>
       <c r="M450" s="2">
-        <v>278.1</v>
+        <v>261.2</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" s="2" t="s">
         <v>462</v>
       </c>
       <c r="B451" s="2">
-        <v>1950</v>
+        <v>1978.8</v>
       </c>
       <c r="C451" s="2">
-        <v>1965.2</v>
+        <v>1980.5</v>
       </c>
       <c r="D451" s="2">
-        <v>1999</v>
+        <v>2030</v>
       </c>
       <c r="E451" s="2">
-        <v>1888</v>
+        <v>1948.8</v>
       </c>
       <c r="F451" s="2">
-        <v>1701.1</v>
+        <v>1743</v>
       </c>
       <c r="G451" s="2">
-        <v>1695</v>
+        <v>1718.6</v>
       </c>
       <c r="H451" s="2">
-        <v>1750</v>
+        <v>1758.8</v>
       </c>
       <c r="I451" s="2">
-        <v>1618</v>
+        <v>1688</v>
       </c>
       <c r="J451" s="2">
-        <v>248.9</v>
+        <v>235.8</v>
       </c>
       <c r="K451" s="2">
-        <v>270.2</v>
+        <v>261.9</v>
       </c>
       <c r="L451" s="2">
-        <v>249</v>
+        <v>271.2</v>
       </c>
       <c r="M451" s="2">
-        <v>270</v>
+        <v>260.8</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" s="2" t="s">
         <v>463</v>
       </c>
       <c r="B452" s="2">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="C452" s="2">
-        <v>1926.8</v>
+        <v>1978.7</v>
       </c>
       <c r="D452" s="2">
-        <v>2145</v>
+        <v>2076.5</v>
       </c>
       <c r="E452" s="2">
-        <v>1900</v>
+        <v>1957.7</v>
       </c>
       <c r="F452" s="2">
-        <v>1802</v>
+        <v>1776</v>
       </c>
       <c r="G452" s="2">
-        <v>1679.8</v>
+        <v>1711.6</v>
       </c>
       <c r="H452" s="2">
-        <v>1930</v>
+        <v>1789.9</v>
       </c>
       <c r="I452" s="2">
-        <v>1657.7</v>
+        <v>1700.8</v>
       </c>
       <c r="J452" s="2">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="K452" s="2">
-        <v>247</v>
+        <v>267.1</v>
       </c>
       <c r="L452" s="2">
-        <v>215</v>
+        <v>286.6</v>
       </c>
       <c r="M452" s="2">
-        <v>242.3</v>
+        <v>256.9</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="2" t="s">
         <v>464</v>
       </c>
       <c r="B453" s="2">
-        <v>2269.8</v>
+        <v>1991.1</v>
       </c>
       <c r="C453" s="2">
-        <v>2039.6</v>
+        <v>2025.1</v>
       </c>
       <c r="D453" s="2">
-        <v>2269.8</v>
+        <v>2099</v>
       </c>
       <c r="E453" s="2">
-        <v>2020</v>
+        <v>1892</v>
       </c>
       <c r="F453" s="2">
-        <v>2000</v>
+        <v>1792.1</v>
       </c>
       <c r="G453" s="2">
-        <v>1840.1</v>
+        <v>1764.9</v>
       </c>
       <c r="H453" s="2">
-        <v>2038.7</v>
+        <v>1831</v>
       </c>
       <c r="I453" s="2">
-        <v>1820</v>
+        <v>1684</v>
       </c>
       <c r="J453" s="2">
-        <v>269.8</v>
+        <v>199</v>
       </c>
       <c r="K453" s="2">
-        <v>199.5</v>
+        <v>260.2</v>
       </c>
       <c r="L453" s="2">
-        <v>231.1</v>
+        <v>268</v>
       </c>
       <c r="M453" s="2">
-        <v>200</v>
+        <v>208</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="2" t="s">
         <v>465</v>
       </c>
       <c r="B454" s="2">
-        <v>2300</v>
+        <v>1820</v>
       </c>
       <c r="C454" s="2">
-        <v>2068.3</v>
+        <v>1982.2</v>
       </c>
       <c r="D454" s="2">
-        <v>2341.3</v>
+        <v>1988</v>
       </c>
       <c r="E454" s="2">
-        <v>2056</v>
+        <v>1755</v>
       </c>
       <c r="F454" s="2">
-        <v>2027.9</v>
+        <v>1600</v>
       </c>
       <c r="G454" s="2">
-        <v>1871.8</v>
+        <v>1765</v>
       </c>
       <c r="H454" s="2">
-        <v>2100</v>
+        <v>1769.4</v>
       </c>
       <c r="I454" s="2">
-        <v>1863.5</v>
+        <v>1536</v>
       </c>
       <c r="J454" s="2">
-        <v>272.1</v>
+        <v>220</v>
       </c>
       <c r="K454" s="2">
-        <v>196.5</v>
+        <v>217.2</v>
       </c>
       <c r="L454" s="2">
-        <v>241.3</v>
+        <v>218.6</v>
       </c>
       <c r="M454" s="2">
-        <v>192.5</v>
+        <v>219</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="2" t="s">
         <v>466</v>
       </c>
       <c r="B455" s="2">
-        <v>2006.7</v>
+        <v>1985.6</v>
       </c>
       <c r="C455" s="2">
-        <v>2157.1</v>
+        <v>1867.6</v>
       </c>
       <c r="D455" s="2">
-        <v>2173.5</v>
+        <v>1999</v>
       </c>
       <c r="E455" s="2">
-        <v>1900.3</v>
+        <v>1850.7</v>
       </c>
       <c r="F455" s="2">
-        <v>1950</v>
+        <v>1700.1</v>
       </c>
       <c r="G455" s="2">
-        <v>1959</v>
+        <v>1615.9</v>
       </c>
       <c r="H455" s="2">
-        <v>2044.9</v>
+        <v>1710</v>
       </c>
       <c r="I455" s="2">
-        <v>1761</v>
+        <v>1572.6</v>
       </c>
       <c r="J455" s="2">
-        <v>56.7</v>
+        <v>285.5</v>
       </c>
       <c r="K455" s="2">
-        <v>198.1</v>
+        <v>251.7</v>
       </c>
       <c r="L455" s="2">
-        <v>128.6</v>
+        <v>289</v>
       </c>
       <c r="M455" s="2">
-        <v>139.3</v>
+        <v>278.1</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="2" t="s">
         <v>467</v>
       </c>
       <c r="B456" s="2">
-        <v>1848</v>
+        <v>1950</v>
       </c>
       <c r="C456" s="2">
-        <v>1809</v>
+        <v>1965.2</v>
       </c>
       <c r="D456" s="2">
-        <v>1899</v>
+        <v>1999</v>
       </c>
       <c r="E456" s="2">
-        <v>1754</v>
+        <v>1888</v>
       </c>
       <c r="F456" s="2">
-        <v>1732</v>
+        <v>1701.1</v>
       </c>
       <c r="G456" s="2">
-        <v>1682</v>
+        <v>1695</v>
       </c>
       <c r="H456" s="2">
-        <v>1794</v>
+        <v>1750</v>
       </c>
       <c r="I456" s="2">
-        <v>1655</v>
+        <v>1618</v>
       </c>
       <c r="J456" s="2">
-        <v>116</v>
+        <v>248.9</v>
       </c>
       <c r="K456" s="2">
-        <v>127</v>
+        <v>270.2</v>
       </c>
       <c r="L456" s="2">
-        <v>105</v>
+        <v>249</v>
       </c>
       <c r="M456" s="2">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="2" t="s">
         <v>468</v>
       </c>
       <c r="B457" s="2">
-        <v>1512</v>
+        <v>2015</v>
       </c>
       <c r="C457" s="2">
-        <v>1773.7</v>
+        <v>1926.8</v>
       </c>
       <c r="D457" s="2">
-        <v>1895</v>
+        <v>2145</v>
       </c>
       <c r="E457" s="2">
-        <v>1506</v>
+        <v>1900</v>
       </c>
       <c r="F457" s="2">
-        <v>1400.1</v>
+        <v>1802</v>
       </c>
       <c r="G457" s="2">
-        <v>1674</v>
+        <v>1679.8</v>
       </c>
       <c r="H457" s="2">
-        <v>1763.8</v>
+        <v>1930</v>
       </c>
       <c r="I457" s="2">
-        <v>1400</v>
+        <v>1657.7</v>
       </c>
       <c r="J457" s="2">
-        <v>111.9</v>
+        <v>213</v>
       </c>
       <c r="K457" s="2">
-        <v>99.7</v>
+        <v>247</v>
       </c>
       <c r="L457" s="2">
-        <v>131.2</v>
+        <v>215</v>
       </c>
       <c r="M457" s="2">
-        <v>106</v>
+        <v>242.3</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" s="2" t="s">
         <v>469</v>
       </c>
       <c r="B458" s="2">
-        <v>1900</v>
+        <v>2269.8</v>
       </c>
       <c r="C458" s="2">
-        <v>1773.4</v>
+        <v>2039.6</v>
       </c>
       <c r="D458" s="2">
-        <v>1900</v>
+        <v>2269.8</v>
       </c>
       <c r="E458" s="2">
-        <v>1773.4</v>
+        <v>2020</v>
       </c>
       <c r="F458" s="2">
-        <v>1720</v>
+        <v>2000</v>
       </c>
       <c r="G458" s="2">
-        <v>1650.3</v>
+        <v>1840.1</v>
       </c>
       <c r="H458" s="2">
-        <v>1730</v>
+        <v>2038.7</v>
       </c>
       <c r="I458" s="2">
-        <v>1650.3</v>
+        <v>1820</v>
       </c>
       <c r="J458" s="2">
-        <v>180</v>
+        <v>269.8</v>
       </c>
       <c r="K458" s="2">
-        <v>123.1</v>
+        <v>199.5</v>
       </c>
       <c r="L458" s="2">
-        <v>170</v>
+        <v>231.1</v>
       </c>
       <c r="M458" s="2">
-        <v>123.1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" s="2" t="s">
         <v>470</v>
       </c>
       <c r="B459" s="2">
-        <v>2335.4</v>
+        <v>2300</v>
       </c>
       <c r="C459" s="2">
-        <v>2177.5</v>
+        <v>2068.3</v>
       </c>
       <c r="D459" s="2">
-        <v>2430</v>
+        <v>2341.3</v>
       </c>
       <c r="E459" s="2">
-        <v>2129</v>
+        <v>2056</v>
       </c>
       <c r="F459" s="2">
-        <v>2250</v>
+        <v>2027.9</v>
       </c>
       <c r="G459" s="2">
-        <v>2000</v>
+        <v>1871.8</v>
       </c>
       <c r="H459" s="2">
-        <v>2298</v>
+        <v>2100</v>
       </c>
       <c r="I459" s="2">
-        <v>1971</v>
+        <v>1863.5</v>
       </c>
       <c r="J459" s="2">
-        <v>85.4</v>
+        <v>272.1</v>
       </c>
       <c r="K459" s="2">
-        <v>177.5</v>
+        <v>196.5</v>
       </c>
       <c r="L459" s="2">
-        <v>132</v>
+        <v>241.3</v>
       </c>
       <c r="M459" s="2">
-        <v>158</v>
+        <v>192.5</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="2" t="s">
         <v>471</v>
       </c>
       <c r="B460" s="2">
-        <v>2379</v>
+        <v>2006.7</v>
       </c>
       <c r="C460" s="2">
-        <v>2275.5</v>
+        <v>2157.1</v>
       </c>
       <c r="D460" s="2">
-        <v>2380</v>
+        <v>2173.5</v>
       </c>
       <c r="E460" s="2">
-        <v>2187.8</v>
+        <v>1900.3</v>
       </c>
       <c r="F460" s="2">
-        <v>2250</v>
+        <v>1950</v>
       </c>
       <c r="G460" s="2">
-        <v>2180.7</v>
+        <v>1959</v>
       </c>
       <c r="H460" s="2">
-        <v>2260</v>
+        <v>2044.9</v>
       </c>
       <c r="I460" s="2">
-        <v>2071</v>
+        <v>1761</v>
       </c>
       <c r="J460" s="2">
-        <v>129</v>
+        <v>56.7</v>
       </c>
       <c r="K460" s="2">
-        <v>94.8</v>
+        <v>198.1</v>
       </c>
       <c r="L460" s="2">
-        <v>120</v>
+        <v>128.6</v>
       </c>
       <c r="M460" s="2">
-        <v>116.8</v>
+        <v>139.3</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="2" t="s">
         <v>472</v>
       </c>
       <c r="B461" s="2">
-        <v>2549.8</v>
+        <v>1848</v>
       </c>
       <c r="C461" s="2">
-        <v>2446.4</v>
+        <v>1809</v>
       </c>
       <c r="D461" s="2">
-        <v>2650</v>
+        <v>1899</v>
       </c>
       <c r="E461" s="2">
-        <v>2110.3</v>
+        <v>1754</v>
       </c>
       <c r="F461" s="2">
-        <v>2300</v>
+        <v>1732</v>
       </c>
       <c r="G461" s="2">
-        <v>2306.1</v>
+        <v>1682</v>
       </c>
       <c r="H461" s="2">
-        <v>2386.9</v>
+        <v>1794</v>
       </c>
       <c r="I461" s="2">
-        <v>1930</v>
+        <v>1655</v>
       </c>
       <c r="J461" s="2">
-        <v>249.8</v>
+        <v>116</v>
       </c>
       <c r="K461" s="2">
-        <v>140.3</v>
+        <v>127</v>
       </c>
       <c r="L461" s="2">
-        <v>263.1</v>
+        <v>105</v>
       </c>
       <c r="M461" s="2">
-        <v>180.3</v>
+        <v>99</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" s="2" t="s">
         <v>473</v>
       </c>
       <c r="B462" s="2">
-        <v>2345</v>
+        <v>1512</v>
       </c>
       <c r="C462" s="2">
-        <v>2353.9</v>
+        <v>1773.7</v>
       </c>
       <c r="D462" s="2">
-        <v>2353.9</v>
+        <v>1895</v>
       </c>
       <c r="E462" s="2">
-        <v>2216.6</v>
+        <v>1506</v>
       </c>
       <c r="F462" s="2">
-        <v>2005.2</v>
+        <v>1400.1</v>
       </c>
       <c r="G462" s="2">
-        <v>2005.2</v>
+        <v>1674</v>
       </c>
       <c r="H462" s="2">
-        <v>2005.2</v>
+        <v>1763.8</v>
       </c>
       <c r="I462" s="2">
-        <v>1966</v>
+        <v>1400</v>
       </c>
       <c r="J462" s="2">
-        <v>339.8</v>
+        <v>111.9</v>
       </c>
       <c r="K462" s="2">
-        <v>348.7</v>
+        <v>99.7</v>
       </c>
       <c r="L462" s="2">
-        <v>348.7</v>
+        <v>131.2</v>
       </c>
       <c r="M462" s="2">
-        <v>250.6</v>
+        <v>106</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" s="2" t="s">
         <v>474</v>
       </c>
       <c r="B463" s="2">
-        <v>1850</v>
+        <v>1900</v>
       </c>
       <c r="C463" s="2">
-        <v>1924.8</v>
+        <v>1773.4</v>
       </c>
       <c r="D463" s="2">
-        <v>1924.8</v>
+        <v>1900</v>
       </c>
       <c r="E463" s="2">
-        <v>1850</v>
+        <v>1773.4</v>
       </c>
       <c r="F463" s="2">
-        <v>1596</v>
+        <v>1720</v>
       </c>
       <c r="G463" s="2">
-        <v>1641.3</v>
+        <v>1650.3</v>
       </c>
       <c r="H463" s="2">
-        <v>1641.3</v>
+        <v>1730</v>
       </c>
       <c r="I463" s="2">
-        <v>1596</v>
+        <v>1650.3</v>
       </c>
       <c r="J463" s="2">
-        <v>254</v>
+        <v>180</v>
       </c>
       <c r="K463" s="2">
-        <v>283.5</v>
+        <v>123.1</v>
       </c>
       <c r="L463" s="2">
-        <v>283.5</v>
+        <v>170</v>
       </c>
       <c r="M463" s="2">
-        <v>254</v>
+        <v>123.1</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="2" t="s">
         <v>475</v>
       </c>
       <c r="B464" s="2">
-        <v>1671.2</v>
+        <v>2335.4</v>
       </c>
       <c r="C464" s="2">
-        <v>1643</v>
+        <v>2177.5</v>
       </c>
       <c r="D464" s="2">
-        <v>1700</v>
+        <v>2430</v>
       </c>
       <c r="E464" s="2">
-        <v>1510</v>
+        <v>2129</v>
       </c>
       <c r="F464" s="2">
-        <v>1368</v>
+        <v>2250</v>
       </c>
       <c r="G464" s="2">
-        <v>1434.2</v>
+        <v>2000</v>
       </c>
       <c r="H464" s="2">
-        <v>1440</v>
+        <v>2298</v>
       </c>
       <c r="I464" s="2">
-        <v>1288</v>
+        <v>1971</v>
       </c>
       <c r="J464" s="2">
-        <v>303.2</v>
+        <v>85.4</v>
       </c>
       <c r="K464" s="2">
-        <v>208.8</v>
+        <v>177.5</v>
       </c>
       <c r="L464" s="2">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="M464" s="2">
-        <v>222</v>
+        <v>158</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="2" t="s">
         <v>476</v>
       </c>
       <c r="B465" s="2">
-        <v>1660</v>
+        <v>2379</v>
       </c>
       <c r="C465" s="2">
-        <v>1719.4</v>
+        <v>2275.5</v>
       </c>
       <c r="D465" s="2">
-        <v>1849</v>
+        <v>2380</v>
       </c>
       <c r="E465" s="2">
-        <v>1570</v>
+        <v>2187.8</v>
       </c>
       <c r="F465" s="2">
-        <v>1400</v>
+        <v>2250</v>
       </c>
       <c r="G465" s="2">
-        <v>1430.2</v>
+        <v>2180.7</v>
       </c>
       <c r="H465" s="2">
-        <v>1493</v>
+        <v>2260</v>
       </c>
       <c r="I465" s="2">
-        <v>1325.8</v>
+        <v>2071</v>
       </c>
       <c r="J465" s="2">
-        <v>260</v>
+        <v>129</v>
       </c>
       <c r="K465" s="2">
-        <v>289.2</v>
+        <v>94.8</v>
       </c>
       <c r="L465" s="2">
-        <v>356</v>
+        <v>120</v>
       </c>
       <c r="M465" s="2">
-        <v>244.2</v>
+        <v>116.8</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" s="2" t="s">
         <v>477</v>
       </c>
       <c r="B466" s="2">
-        <v>1587.7</v>
+        <v>2549.8</v>
       </c>
       <c r="C466" s="2">
-        <v>1744.9</v>
+        <v>2446.4</v>
       </c>
       <c r="D466" s="2">
-        <v>1744.9</v>
+        <v>2650</v>
       </c>
       <c r="E466" s="2">
-        <v>1552</v>
+        <v>2110.3</v>
       </c>
       <c r="F466" s="2">
-        <v>1333</v>
+        <v>2300</v>
       </c>
       <c r="G466" s="2">
-        <v>1450.1</v>
+        <v>2306.1</v>
       </c>
       <c r="H466" s="2">
-        <v>1473.4</v>
+        <v>2386.9</v>
       </c>
       <c r="I466" s="2">
-        <v>1286.1</v>
+        <v>1930</v>
       </c>
       <c r="J466" s="2">
-        <v>254.7</v>
+        <v>249.8</v>
       </c>
       <c r="K466" s="2">
-        <v>294.8</v>
+        <v>140.3</v>
       </c>
       <c r="L466" s="2">
-        <v>271.5</v>
+        <v>263.1</v>
       </c>
       <c r="M466" s="2">
-        <v>265.9</v>
+        <v>180.3</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="2" t="s">
         <v>478</v>
       </c>
       <c r="B467" s="2">
-        <v>1330</v>
+        <v>2345</v>
       </c>
       <c r="C467" s="2">
-        <v>1498.7</v>
+        <v>2353.9</v>
       </c>
       <c r="D467" s="2">
-        <v>1498.7</v>
+        <v>2353.9</v>
       </c>
       <c r="E467" s="2">
-        <v>1314.3</v>
+        <v>2216.6</v>
       </c>
       <c r="F467" s="2">
-        <v>1115</v>
+        <v>2005.2</v>
       </c>
       <c r="G467" s="2">
-        <v>1271.6</v>
+        <v>2005.2</v>
       </c>
       <c r="H467" s="2">
-        <v>1271.6</v>
+        <v>2005.2</v>
       </c>
       <c r="I467" s="2">
-        <v>1101</v>
+        <v>1966</v>
       </c>
       <c r="J467" s="2">
-        <v>215</v>
+        <v>339.8</v>
       </c>
       <c r="K467" s="2">
-        <v>227.1</v>
+        <v>348.7</v>
       </c>
       <c r="L467" s="2">
-        <v>227.1</v>
+        <v>348.7</v>
       </c>
       <c r="M467" s="2">
-        <v>213.3</v>
+        <v>250.6</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="2" t="s">
         <v>479</v>
       </c>
       <c r="B468" s="2">
-        <v>1348.5</v>
+        <v>1850</v>
       </c>
       <c r="C468" s="2">
-        <v>1330</v>
+        <v>1924.8</v>
       </c>
       <c r="D468" s="2">
-        <v>1416</v>
+        <v>1924.8</v>
       </c>
       <c r="E468" s="2">
-        <v>1163.8</v>
+        <v>1850</v>
       </c>
       <c r="F468" s="2">
-        <v>1170</v>
+        <v>1596</v>
       </c>
       <c r="G468" s="2">
-        <v>1115.1</v>
+        <v>1641.3</v>
       </c>
       <c r="H468" s="2">
-        <v>1200</v>
+        <v>1641.3</v>
       </c>
       <c r="I468" s="2">
-        <v>1034.3</v>
+        <v>1596</v>
       </c>
       <c r="J468" s="2">
-        <v>178.5</v>
+        <v>254</v>
       </c>
       <c r="K468" s="2">
-        <v>214.9</v>
+        <v>283.5</v>
       </c>
       <c r="L468" s="2">
-        <v>216</v>
+        <v>283.5</v>
       </c>
       <c r="M468" s="2">
-        <v>129.5</v>
+        <v>254</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" s="2" t="s">
         <v>480</v>
       </c>
       <c r="B469" s="2">
-        <v>1278.4</v>
+        <v>1671.2</v>
       </c>
       <c r="C469" s="2">
-        <v>1391.2</v>
+        <v>1643</v>
       </c>
       <c r="D469" s="2">
-        <v>1391.2</v>
+        <v>1700</v>
       </c>
       <c r="E469" s="2">
-        <v>1262.8</v>
+        <v>1510</v>
       </c>
       <c r="F469" s="2">
-        <v>1147.7</v>
+        <v>1368</v>
       </c>
       <c r="G469" s="2">
-        <v>1285.4</v>
+        <v>1434.2</v>
       </c>
       <c r="H469" s="2">
-        <v>1285.4</v>
+        <v>1440</v>
       </c>
       <c r="I469" s="2">
-        <v>1135</v>
+        <v>1288</v>
       </c>
       <c r="J469" s="2">
-        <v>130.7</v>
+        <v>303.2</v>
       </c>
       <c r="K469" s="2">
-        <v>105.8</v>
+        <v>208.8</v>
       </c>
       <c r="L469" s="2">
-        <v>105.8</v>
+        <v>260</v>
       </c>
       <c r="M469" s="2">
-        <v>127.8</v>
+        <v>222</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="2" t="s">
         <v>481</v>
       </c>
       <c r="B470" s="2">
-        <v>1166.9</v>
+        <v>1660</v>
       </c>
       <c r="C470" s="2">
-        <v>1236.8</v>
+        <v>1719.4</v>
       </c>
       <c r="D470" s="2">
-        <v>1236.8</v>
+        <v>1849</v>
       </c>
       <c r="E470" s="2">
-        <v>1150.3</v>
+        <v>1570</v>
       </c>
       <c r="F470" s="2">
-        <v>1109.7</v>
+        <v>1400</v>
       </c>
       <c r="G470" s="2">
-        <v>1158</v>
+        <v>1430.2</v>
       </c>
       <c r="H470" s="2">
-        <v>1178</v>
+        <v>1493</v>
       </c>
       <c r="I470" s="2">
-        <v>1100.1</v>
+        <v>1325.8</v>
       </c>
       <c r="J470" s="2">
-        <v>57.2</v>
+        <v>260</v>
       </c>
       <c r="K470" s="2">
-        <v>78.8</v>
+        <v>289.2</v>
       </c>
       <c r="L470" s="2">
-        <v>58.8</v>
+        <v>356</v>
       </c>
       <c r="M470" s="2">
-        <v>50.2</v>
+        <v>244.2</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="2" t="s">
         <v>482</v>
       </c>
       <c r="B471" s="2">
-        <v>1110</v>
+        <v>1587.7</v>
       </c>
       <c r="C471" s="2">
-        <v>1168.4</v>
+        <v>1744.9</v>
       </c>
       <c r="D471" s="2">
-        <v>1168.4</v>
+        <v>1744.9</v>
       </c>
       <c r="E471" s="2">
-        <v>1075</v>
+        <v>1552</v>
       </c>
       <c r="F471" s="2">
-        <v>1116.5</v>
+        <v>1333</v>
       </c>
       <c r="G471" s="2">
-        <v>1111.5</v>
+        <v>1450.1</v>
       </c>
       <c r="H471" s="2">
-        <v>1159.8</v>
+        <v>1473.4</v>
       </c>
       <c r="I471" s="2">
-        <v>1056.3</v>
+        <v>1286.1</v>
       </c>
       <c r="J471" s="2">
-        <v>-6.5</v>
+        <v>254.7</v>
       </c>
       <c r="K471" s="2">
-        <v>56.9</v>
+        <v>294.8</v>
       </c>
       <c r="L471" s="2">
-        <v>8.6</v>
+        <v>271.5</v>
       </c>
       <c r="M471" s="2">
-        <v>18.7</v>
+        <v>265.9</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="2" t="s">
         <v>483</v>
       </c>
       <c r="B472" s="2">
-        <v>1088</v>
+        <v>1330</v>
       </c>
       <c r="C472" s="2">
-        <v>1092.9</v>
+        <v>1498.7</v>
       </c>
       <c r="D472" s="2">
-        <v>1095.1</v>
+        <v>1498.7</v>
       </c>
       <c r="E472" s="2">
-        <v>1030</v>
+        <v>1314.3</v>
       </c>
       <c r="F472" s="2">
-        <v>1114.8</v>
+        <v>1115</v>
       </c>
       <c r="G472" s="2">
-        <v>1133.1</v>
+        <v>1271.6</v>
       </c>
       <c r="H472" s="2">
-        <v>1171.4</v>
+        <v>1271.6</v>
       </c>
       <c r="I472" s="2">
-        <v>1069</v>
+        <v>1101</v>
       </c>
       <c r="J472" s="2">
-        <v>-26.8</v>
+        <v>215</v>
       </c>
       <c r="K472" s="2">
-        <v>-40.2</v>
+        <v>227.1</v>
       </c>
       <c r="L472" s="2">
-        <v>-76.3</v>
+        <v>227.1</v>
       </c>
       <c r="M472" s="2">
-        <v>-39</v>
+        <v>213.3</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="2" t="s">
         <v>484</v>
       </c>
       <c r="B473" s="2">
-        <v>979.7</v>
+        <v>1348.5</v>
       </c>
       <c r="C473" s="2">
-        <v>979.7</v>
+        <v>1330</v>
       </c>
       <c r="D473" s="2">
-        <v>979.7</v>
+        <v>1416</v>
       </c>
       <c r="E473" s="2">
-        <v>953</v>
+        <v>1163.8</v>
       </c>
       <c r="F473" s="2">
-        <v>1044</v>
+        <v>1170</v>
       </c>
       <c r="G473" s="2">
-        <v>1060.8</v>
+        <v>1115.1</v>
       </c>
       <c r="H473" s="2">
-        <v>1060.8</v>
+        <v>1200</v>
       </c>
       <c r="I473" s="2">
-        <v>1012.1</v>
+        <v>1034.3</v>
       </c>
       <c r="J473" s="2">
-        <v>-64.3</v>
+        <v>178.5</v>
       </c>
       <c r="K473" s="2">
-        <v>-81.1</v>
+        <v>214.9</v>
       </c>
       <c r="L473" s="2">
-        <v>-81.1</v>
+        <v>216</v>
       </c>
       <c r="M473" s="2">
-        <v>-59.1</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="2" t="s">
         <v>485</v>
       </c>
       <c r="B474" s="2">
-        <v>890</v>
+        <v>1278.4</v>
       </c>
       <c r="C474" s="2">
-        <v>899.2</v>
+        <v>1391.2</v>
       </c>
       <c r="D474" s="2">
-        <v>899.9</v>
+        <v>1391.2</v>
       </c>
       <c r="E474" s="2">
-        <v>878</v>
+        <v>1262.8</v>
       </c>
       <c r="F474" s="2">
-        <v>973.6</v>
+        <v>1147.7</v>
       </c>
       <c r="G474" s="2">
-        <v>969.7</v>
+        <v>1285.4</v>
       </c>
       <c r="H474" s="2">
-        <v>975.4</v>
+        <v>1285.4</v>
       </c>
       <c r="I474" s="2">
-        <v>953.3</v>
+        <v>1135</v>
       </c>
       <c r="J474" s="2">
-        <v>-83.6</v>
+        <v>130.7</v>
       </c>
       <c r="K474" s="2">
-        <v>-70.5</v>
+        <v>105.8</v>
       </c>
       <c r="L474" s="2">
-        <v>-75.5</v>
+        <v>105.8</v>
       </c>
       <c r="M474" s="2">
-        <v>-75.3</v>
+        <v>127.8</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="2" t="s">
         <v>486</v>
       </c>
       <c r="B475" s="2">
-        <v>903</v>
+        <v>1166.9</v>
       </c>
       <c r="C475" s="2">
-        <v>886</v>
+        <v>1236.8</v>
       </c>
       <c r="D475" s="2">
-        <v>931.3</v>
+        <v>1236.8</v>
       </c>
       <c r="E475" s="2">
-        <v>883</v>
+        <v>1150.3</v>
       </c>
       <c r="F475" s="2">
-        <v>975.1</v>
+        <v>1109.7</v>
       </c>
       <c r="G475" s="2">
-        <v>964</v>
+        <v>1158</v>
       </c>
       <c r="H475" s="2">
-        <v>997.9</v>
+        <v>1178</v>
       </c>
       <c r="I475" s="2">
-        <v>962</v>
+        <v>1100.1</v>
       </c>
       <c r="J475" s="2">
-        <v>-72.1</v>
+        <v>57.2</v>
       </c>
       <c r="K475" s="2">
-        <v>-78</v>
+        <v>78.8</v>
       </c>
       <c r="L475" s="2">
-        <v>-66.6</v>
+        <v>58.8</v>
       </c>
       <c r="M475" s="2">
-        <v>-79</v>
+        <v>50.2</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="2" t="s">
         <v>487</v>
       </c>
       <c r="B476" s="2">
-        <v>900.1</v>
+        <v>1110</v>
       </c>
       <c r="C476" s="2">
-        <v>893</v>
+        <v>1168.4</v>
       </c>
       <c r="D476" s="2">
-        <v>905</v>
+        <v>1168.4</v>
       </c>
       <c r="E476" s="2">
-        <v>872.2</v>
+        <v>1075</v>
       </c>
       <c r="F476" s="2">
-        <v>980.2</v>
+        <v>1116.5</v>
       </c>
       <c r="G476" s="2">
-        <v>974.8</v>
+        <v>1111.5</v>
       </c>
       <c r="H476" s="2">
-        <v>980.5</v>
+        <v>1159.8</v>
       </c>
       <c r="I476" s="2">
-        <v>935</v>
+        <v>1056.3</v>
       </c>
       <c r="J476" s="2">
-        <v>-80.1</v>
+        <v>-6.5</v>
       </c>
       <c r="K476" s="2">
-        <v>-81.8</v>
+        <v>56.9</v>
       </c>
       <c r="L476" s="2">
-        <v>-75.5</v>
+        <v>8.6</v>
       </c>
       <c r="M476" s="2">
-        <v>-62.8</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="2" t="s">
         <v>488</v>
       </c>
       <c r="B477" s="2">
-        <v>917</v>
+        <v>1088</v>
       </c>
       <c r="C477" s="2">
-        <v>909.9</v>
+        <v>1092.9</v>
       </c>
       <c r="D477" s="2">
-        <v>923</v>
+        <v>1095.1</v>
       </c>
       <c r="E477" s="2">
-        <v>888.2</v>
+        <v>1030</v>
       </c>
       <c r="F477" s="2">
-        <v>993</v>
+        <v>1114.8</v>
       </c>
       <c r="G477" s="2">
-        <v>986.4</v>
+        <v>1133.1</v>
       </c>
       <c r="H477" s="2">
-        <v>1007.2</v>
+        <v>1171.4</v>
       </c>
       <c r="I477" s="2">
-        <v>964.4</v>
+        <v>1069</v>
       </c>
       <c r="J477" s="2">
-        <v>-76</v>
+        <v>-26.8</v>
       </c>
       <c r="K477" s="2">
-        <v>-76.5</v>
+        <v>-40.2</v>
       </c>
       <c r="L477" s="2">
-        <v>-84.2</v>
+        <v>-76.3</v>
       </c>
       <c r="M477" s="2">
-        <v>-76.2</v>
+        <v>-39</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="2" t="s">
         <v>489</v>
       </c>
       <c r="B478" s="2">
-        <v>904.2</v>
+        <v>979.7</v>
       </c>
       <c r="C478" s="2">
-        <v>900.4</v>
+        <v>979.7</v>
       </c>
       <c r="D478" s="2">
-        <v>914.7</v>
+        <v>979.7</v>
       </c>
       <c r="E478" s="2">
-        <v>880.2</v>
+        <v>953</v>
       </c>
       <c r="F478" s="2">
-        <v>1000</v>
+        <v>1044</v>
       </c>
       <c r="G478" s="2">
-        <v>987.3</v>
+        <v>1060.8</v>
       </c>
       <c r="H478" s="2">
-        <v>1012.9</v>
+        <v>1060.8</v>
       </c>
       <c r="I478" s="2">
-        <v>955</v>
+        <v>1012.1</v>
       </c>
       <c r="J478" s="2">
-        <v>-95.8</v>
+        <v>-64.3</v>
       </c>
       <c r="K478" s="2">
-        <v>-86.9</v>
+        <v>-81.1</v>
       </c>
       <c r="L478" s="2">
-        <v>-98.2</v>
+        <v>-81.1</v>
       </c>
       <c r="M478" s="2">
-        <v>-74.8</v>
+        <v>-59.1</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="2" t="s">
         <v>490</v>
       </c>
       <c r="B479" s="2">
-        <v>875.7</v>
+        <v>890</v>
       </c>
       <c r="C479" s="2">
-        <v>894</v>
+        <v>899.2</v>
       </c>
       <c r="D479" s="2">
-        <v>898</v>
+        <v>899.9</v>
       </c>
       <c r="E479" s="2">
-        <v>859.4</v>
+        <v>878</v>
       </c>
       <c r="F479" s="2">
-        <v>985</v>
+        <v>973.6</v>
       </c>
       <c r="G479" s="2">
-        <v>992.8</v>
+        <v>969.7</v>
       </c>
       <c r="H479" s="2">
-        <v>1013</v>
+        <v>975.4</v>
       </c>
       <c r="I479" s="2">
-        <v>965.1</v>
+        <v>953.3</v>
       </c>
       <c r="J479" s="2">
-        <v>-109.3</v>
+        <v>-83.6</v>
       </c>
       <c r="K479" s="2">
-        <v>-98.8</v>
+        <v>-70.5</v>
       </c>
       <c r="L479" s="2">
-        <v>-115</v>
+        <v>-75.5</v>
       </c>
       <c r="M479" s="2">
-        <v>-105.7</v>
+        <v>-75.3</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="2" t="s">
         <v>491</v>
       </c>
       <c r="B480" s="2">
-        <v>806</v>
+        <v>903</v>
       </c>
       <c r="C480" s="2">
-        <v>870.1</v>
+        <v>886</v>
       </c>
       <c r="D480" s="2">
-        <v>876</v>
+        <v>931.3</v>
       </c>
       <c r="E480" s="2">
-        <v>801.1</v>
+        <v>883</v>
       </c>
       <c r="F480" s="2">
-        <v>930</v>
+        <v>975.1</v>
       </c>
       <c r="G480" s="2">
-        <v>984</v>
+        <v>964</v>
       </c>
       <c r="H480" s="2">
-        <v>984.5</v>
+        <v>997.9</v>
       </c>
       <c r="I480" s="2">
-        <v>920.1</v>
+        <v>962</v>
       </c>
       <c r="J480" s="2">
-        <v>-124</v>
+        <v>-72.1</v>
       </c>
       <c r="K480" s="2">
-        <v>-113.9</v>
+        <v>-78</v>
       </c>
       <c r="L480" s="2">
-        <v>-108.5</v>
+        <v>-66.6</v>
       </c>
       <c r="M480" s="2">
-        <v>-119</v>
+        <v>-79</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="2" t="s">
         <v>492</v>
       </c>
       <c r="B481" s="2">
-        <v>799</v>
+        <v>900.1</v>
       </c>
       <c r="C481" s="2">
-        <v>810.4</v>
+        <v>893</v>
       </c>
       <c r="D481" s="2">
-        <v>815</v>
+        <v>905</v>
       </c>
       <c r="E481" s="2">
-        <v>782</v>
+        <v>872.2</v>
       </c>
       <c r="F481" s="2">
-        <v>880.2</v>
+        <v>980.2</v>
       </c>
       <c r="G481" s="2">
-        <v>932.1</v>
+        <v>974.8</v>
       </c>
       <c r="H481" s="2">
-        <v>967</v>
+        <v>980.5</v>
       </c>
       <c r="I481" s="2">
-        <v>880.2</v>
+        <v>935</v>
       </c>
       <c r="J481" s="2">
-        <v>-81.2</v>
+        <v>-80.1</v>
       </c>
       <c r="K481" s="2">
-        <v>-121.7</v>
+        <v>-81.8</v>
       </c>
       <c r="L481" s="2">
-        <v>-152</v>
+        <v>-75.5</v>
       </c>
       <c r="M481" s="2">
-        <v>-98.2</v>
+        <v>-62.8</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="2" t="s">
         <v>493</v>
       </c>
       <c r="B482" s="2">
-        <v>819</v>
+        <v>917</v>
       </c>
       <c r="C482" s="2">
-        <v>796</v>
+        <v>909.9</v>
       </c>
       <c r="D482" s="2">
-        <v>838</v>
+        <v>923</v>
       </c>
       <c r="E482" s="2">
-        <v>751.9</v>
+        <v>888.2</v>
       </c>
       <c r="F482" s="2">
-        <v>917</v>
+        <v>993</v>
       </c>
       <c r="G482" s="2">
-        <v>899.4</v>
+        <v>986.4</v>
       </c>
       <c r="H482" s="2">
-        <v>937</v>
+        <v>1007.2</v>
       </c>
       <c r="I482" s="2">
-        <v>835.2</v>
+        <v>964.4</v>
       </c>
       <c r="J482" s="2">
-        <v>-98</v>
+        <v>-76</v>
       </c>
       <c r="K482" s="2">
-        <v>-103.4</v>
+        <v>-76.5</v>
       </c>
       <c r="L482" s="2">
-        <v>-99</v>
+        <v>-84.2</v>
       </c>
       <c r="M482" s="2">
-        <v>-83.3</v>
+        <v>-76.2</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="2" t="s">
         <v>494</v>
       </c>
       <c r="B483" s="2">
-        <v>826.9</v>
+        <v>904.2</v>
       </c>
       <c r="C483" s="2">
-        <v>824.4</v>
+        <v>900.4</v>
       </c>
       <c r="D483" s="2">
-        <v>858</v>
+        <v>914.7</v>
       </c>
       <c r="E483" s="2">
-        <v>808</v>
+        <v>880.2</v>
       </c>
       <c r="F483" s="2">
-        <v>909.8</v>
+        <v>1000</v>
       </c>
       <c r="G483" s="2">
-        <v>925.9</v>
+        <v>987.3</v>
       </c>
       <c r="H483" s="2">
-        <v>958.8</v>
+        <v>1012.9</v>
       </c>
       <c r="I483" s="2">
-        <v>901</v>
+        <v>955</v>
       </c>
       <c r="J483" s="2">
-        <v>-82.9</v>
+        <v>-95.8</v>
       </c>
       <c r="K483" s="2">
-        <v>-101.5</v>
+        <v>-86.9</v>
       </c>
       <c r="L483" s="2">
-        <v>-100.8</v>
+        <v>-98.2</v>
       </c>
       <c r="M483" s="2">
-        <v>-93</v>
+        <v>-74.8</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B484" s="2">
-        <v>828</v>
+        <v>875.7</v>
       </c>
       <c r="C484" s="2">
-        <v>818.5</v>
+        <v>894</v>
       </c>
       <c r="D484" s="2">
-        <v>852.4</v>
+        <v>898</v>
       </c>
       <c r="E484" s="2">
-        <v>805</v>
+        <v>859.4</v>
       </c>
       <c r="F484" s="2">
-        <v>884.5</v>
+        <v>985</v>
       </c>
       <c r="G484" s="2">
-        <v>900.1</v>
+        <v>992.8</v>
       </c>
       <c r="H484" s="2">
-        <v>923</v>
+        <v>1013</v>
       </c>
       <c r="I484" s="2">
-        <v>880</v>
+        <v>965.1</v>
       </c>
       <c r="J484" s="2">
-        <v>-56.5</v>
+        <v>-109.3</v>
       </c>
       <c r="K484" s="2">
-        <v>-81.6</v>
+        <v>-98.8</v>
       </c>
       <c r="L484" s="2">
-        <v>-70.6</v>
+        <v>-115</v>
       </c>
       <c r="M484" s="2">
-        <v>-75</v>
+        <v>-105.7</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="2" t="s">
         <v>496</v>
       </c>
       <c r="B485" s="2">
-        <v>794.5</v>
+        <v>806</v>
       </c>
       <c r="C485" s="2">
-        <v>829</v>
+        <v>870.1</v>
       </c>
       <c r="D485" s="2">
-        <v>843</v>
+        <v>876</v>
       </c>
       <c r="E485" s="2">
-        <v>786.4</v>
+        <v>801.1</v>
       </c>
       <c r="F485" s="2">
-        <v>832</v>
+        <v>930</v>
       </c>
       <c r="G485" s="2">
-        <v>886.3</v>
+        <v>984</v>
       </c>
       <c r="H485" s="2">
-        <v>898.9</v>
+        <v>984.5</v>
       </c>
       <c r="I485" s="2">
-        <v>821.3</v>
+        <v>920.1</v>
       </c>
       <c r="J485" s="2">
-        <v>-37.5</v>
+        <v>-124</v>
       </c>
       <c r="K485" s="2">
-        <v>-57.3</v>
+        <v>-113.9</v>
       </c>
       <c r="L485" s="2">
-        <v>-55.9</v>
+        <v>-108.5</v>
       </c>
       <c r="M485" s="2">
-        <v>-34.9</v>
+        <v>-119</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="2" t="s">
         <v>497</v>
       </c>
       <c r="B486" s="2">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C486" s="2">
-        <v>790.3</v>
+        <v>810.4</v>
       </c>
       <c r="D486" s="2">
-        <v>808.1</v>
+        <v>815</v>
       </c>
       <c r="E486" s="2">
-        <v>775.5</v>
+        <v>782</v>
       </c>
       <c r="F486" s="2">
-        <v>824.7</v>
+        <v>880.2</v>
       </c>
       <c r="G486" s="2">
-        <v>825.3</v>
+        <v>932.1</v>
       </c>
       <c r="H486" s="2">
-        <v>837.6</v>
+        <v>967</v>
       </c>
       <c r="I486" s="2">
-        <v>807.3</v>
+        <v>880.2</v>
       </c>
       <c r="J486" s="2">
-        <v>-29.7</v>
+        <v>-81.2</v>
       </c>
       <c r="K486" s="2">
-        <v>-35</v>
+        <v>-121.7</v>
       </c>
       <c r="L486" s="2">
-        <v>-29.5</v>
+        <v>-152</v>
       </c>
       <c r="M486" s="2">
-        <v>-31.8</v>
+        <v>-98.2</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="2" t="s">
         <v>498</v>
       </c>
       <c r="B487" s="2">
-        <v>764</v>
+        <v>819</v>
       </c>
       <c r="C487" s="2">
-        <v>786.2</v>
+        <v>796</v>
       </c>
       <c r="D487" s="2">
-        <v>796</v>
+        <v>838</v>
       </c>
       <c r="E487" s="2">
-        <v>757.5</v>
+        <v>751.9</v>
       </c>
       <c r="F487" s="2">
-        <v>794.4</v>
+        <v>917</v>
       </c>
       <c r="G487" s="2">
-        <v>818.5</v>
+        <v>899.4</v>
       </c>
       <c r="H487" s="2">
-        <v>827.6</v>
+        <v>937</v>
       </c>
       <c r="I487" s="2">
-        <v>787</v>
+        <v>835.2</v>
       </c>
       <c r="J487" s="2">
-        <v>-30.4</v>
+        <v>-98</v>
       </c>
       <c r="K487" s="2">
-        <v>-32.3</v>
+        <v>-103.4</v>
       </c>
       <c r="L487" s="2">
-        <v>-31.6</v>
+        <v>-99</v>
       </c>
       <c r="M487" s="2">
-        <v>-29.5</v>
+        <v>-83.3</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="2" t="s">
         <v>499</v>
       </c>
       <c r="B488" s="2">
-        <v>770</v>
+        <v>826.9</v>
       </c>
       <c r="C488" s="2">
-        <v>767</v>
+        <v>824.4</v>
       </c>
       <c r="D488" s="2">
-        <v>778.8</v>
+        <v>858</v>
       </c>
       <c r="E488" s="2">
-        <v>756.7</v>
+        <v>808</v>
       </c>
       <c r="F488" s="2">
-        <v>794</v>
+        <v>909.8</v>
       </c>
       <c r="G488" s="2">
-        <v>794.4</v>
+        <v>925.9</v>
       </c>
       <c r="H488" s="2">
-        <v>807.5</v>
+        <v>958.8</v>
       </c>
       <c r="I488" s="2">
-        <v>784.9</v>
+        <v>901</v>
       </c>
       <c r="J488" s="2">
-        <v>-24</v>
+        <v>-82.9</v>
       </c>
       <c r="K488" s="2">
-        <v>-27.4</v>
+        <v>-101.5</v>
       </c>
       <c r="L488" s="2">
-        <v>-28.7</v>
+        <v>-100.8</v>
       </c>
       <c r="M488" s="2">
-        <v>-28.2</v>
+        <v>-93</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="2" t="s">
         <v>500</v>
       </c>
       <c r="B489" s="2">
-        <v>736</v>
+        <v>828</v>
       </c>
       <c r="C489" s="2">
-        <v>758.9</v>
+        <v>818.5</v>
       </c>
       <c r="D489" s="2">
-        <v>770</v>
+        <v>852.4</v>
       </c>
       <c r="E489" s="2">
-        <v>735</v>
+        <v>805</v>
       </c>
       <c r="F489" s="2">
-        <v>761.2</v>
+        <v>884.5</v>
       </c>
       <c r="G489" s="2">
-        <v>788.6</v>
+        <v>900.1</v>
       </c>
       <c r="H489" s="2">
-        <v>796.7</v>
+        <v>923</v>
       </c>
       <c r="I489" s="2">
-        <v>760.1</v>
+        <v>880</v>
       </c>
       <c r="J489" s="2">
-        <v>-25.2</v>
+        <v>-56.5</v>
       </c>
       <c r="K489" s="2">
-        <v>-29.7</v>
+        <v>-81.6</v>
       </c>
       <c r="L489" s="2">
-        <v>-26.7</v>
+        <v>-70.6</v>
       </c>
       <c r="M489" s="2">
-        <v>-25.1</v>
+        <v>-75</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="2" t="s">
         <v>501</v>
       </c>
       <c r="B490" s="2">
-        <v>736.3</v>
+        <v>794.5</v>
       </c>
       <c r="C490" s="2">
-        <v>733.6</v>
+        <v>829</v>
       </c>
       <c r="D490" s="2">
-        <v>739.4</v>
+        <v>843</v>
       </c>
       <c r="E490" s="2">
-        <v>720</v>
+        <v>786.4</v>
       </c>
       <c r="F490" s="2">
-        <v>760</v>
+        <v>832</v>
       </c>
       <c r="G490" s="2">
-        <v>758</v>
+        <v>886.3</v>
       </c>
       <c r="H490" s="2">
-        <v>763.3</v>
+        <v>898.9</v>
       </c>
       <c r="I490" s="2">
-        <v>743.3</v>
+        <v>821.3</v>
       </c>
       <c r="J490" s="2">
-        <v>-23.7</v>
+        <v>-37.5</v>
       </c>
       <c r="K490" s="2">
-        <v>-24.4</v>
+        <v>-57.3</v>
       </c>
       <c r="L490" s="2">
-        <v>-23.9</v>
+        <v>-55.9</v>
       </c>
       <c r="M490" s="2">
-        <v>-23.3</v>
+        <v>-34.9</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="2" t="s">
         <v>502</v>
       </c>
       <c r="B491" s="2">
-        <v>736</v>
+        <v>795</v>
       </c>
       <c r="C491" s="2">
-        <v>738.3</v>
+        <v>790.3</v>
       </c>
       <c r="D491" s="2">
-        <v>742.8</v>
+        <v>808.1</v>
       </c>
       <c r="E491" s="2">
-        <v>726</v>
+        <v>775.5</v>
       </c>
       <c r="F491" s="2">
-        <v>756.7</v>
+        <v>824.7</v>
       </c>
       <c r="G491" s="2">
-        <v>763.5</v>
+        <v>825.3</v>
       </c>
       <c r="H491" s="2">
-        <v>767.3</v>
+        <v>837.6</v>
       </c>
       <c r="I491" s="2">
-        <v>751.5</v>
+        <v>807.3</v>
       </c>
       <c r="J491" s="2">
-        <v>-20.7</v>
+        <v>-29.7</v>
       </c>
       <c r="K491" s="2">
-        <v>-25.2</v>
+        <v>-35</v>
       </c>
       <c r="L491" s="2">
-        <v>-24.5</v>
+        <v>-29.5</v>
       </c>
       <c r="M491" s="2">
-        <v>-25.5</v>
+        <v>-31.8</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" s="2" t="s">
         <v>503</v>
       </c>
       <c r="B492" s="2">
-        <v>750.4</v>
+        <v>764</v>
       </c>
       <c r="C492" s="2">
-        <v>734</v>
+        <v>786.2</v>
       </c>
       <c r="D492" s="2">
-        <v>764.3</v>
+        <v>796</v>
       </c>
       <c r="E492" s="2">
-        <v>730.1</v>
+        <v>757.5</v>
       </c>
       <c r="F492" s="2">
-        <v>775</v>
+        <v>794.4</v>
       </c>
       <c r="G492" s="2">
-        <v>757.5</v>
+        <v>818.5</v>
       </c>
       <c r="H492" s="2">
-        <v>789.3</v>
+        <v>827.6</v>
       </c>
       <c r="I492" s="2">
-        <v>753.3</v>
+        <v>787</v>
       </c>
       <c r="J492" s="2">
-        <v>-24.6</v>
+        <v>-30.4</v>
       </c>
       <c r="K492" s="2">
-        <v>-23.5</v>
+        <v>-32.3</v>
       </c>
       <c r="L492" s="2">
-        <v>-25</v>
+        <v>-31.6</v>
       </c>
       <c r="M492" s="2">
-        <v>-23.2</v>
+        <v>-29.5</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" s="2" t="s">
         <v>504</v>
       </c>
       <c r="B493" s="2">
         <v>770</v>
       </c>
       <c r="C493" s="2">
-        <v>758.9</v>
+        <v>767</v>
       </c>
       <c r="D493" s="2">
-        <v>780.8</v>
+        <v>778.8</v>
       </c>
       <c r="E493" s="2">
-        <v>758.5</v>
+        <v>756.7</v>
       </c>
       <c r="F493" s="2">
-        <v>793.8</v>
+        <v>794</v>
       </c>
       <c r="G493" s="2">
-        <v>781.5</v>
+        <v>794.4</v>
       </c>
       <c r="H493" s="2">
-        <v>810</v>
+        <v>807.5</v>
       </c>
       <c r="I493" s="2">
-        <v>781.5</v>
+        <v>784.9</v>
       </c>
       <c r="J493" s="2">
-        <v>-23.8</v>
+        <v>-24</v>
       </c>
       <c r="K493" s="2">
-        <v>-22.6</v>
+        <v>-27.4</v>
       </c>
       <c r="L493" s="2">
-        <v>-29.2</v>
+        <v>-28.7</v>
       </c>
       <c r="M493" s="2">
-        <v>-23</v>
+        <v>-28.2</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" s="2" t="s">
         <v>505</v>
       </c>
       <c r="B494" s="2">
-        <v>772</v>
+        <v>736</v>
       </c>
       <c r="C494" s="2">
-        <v>761.9</v>
+        <v>758.9</v>
       </c>
       <c r="D494" s="2">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="E494" s="2">
-        <v>745.3</v>
+        <v>735</v>
       </c>
       <c r="F494" s="2">
-        <v>802</v>
+        <v>761.2</v>
       </c>
       <c r="G494" s="2">
-        <v>788</v>
+        <v>788.6</v>
       </c>
       <c r="H494" s="2">
-        <v>802</v>
+        <v>796.7</v>
       </c>
       <c r="I494" s="2">
-        <v>774.4</v>
+        <v>760.1</v>
       </c>
       <c r="J494" s="2">
-        <v>-30</v>
+        <v>-25.2</v>
       </c>
       <c r="K494" s="2">
-        <v>-26.1</v>
+        <v>-29.7</v>
       </c>
       <c r="L494" s="2">
-        <v>-29</v>
+        <v>-26.7</v>
       </c>
       <c r="M494" s="2">
-        <v>-29.1</v>
+        <v>-25.1</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" s="2" t="s">
         <v>506</v>
       </c>
       <c r="B495" s="2">
-        <v>764</v>
+        <v>736.3</v>
       </c>
       <c r="C495" s="2">
-        <v>776.1</v>
+        <v>733.6</v>
       </c>
       <c r="D495" s="2">
-        <v>778</v>
+        <v>739.4</v>
       </c>
       <c r="E495" s="2">
-        <v>760.8</v>
+        <v>720</v>
       </c>
       <c r="F495" s="2">
-        <v>793.5</v>
+        <v>760</v>
       </c>
       <c r="G495" s="2">
-        <v>801.1</v>
+        <v>758</v>
       </c>
       <c r="H495" s="2">
-        <v>803.3</v>
+        <v>763.3</v>
       </c>
       <c r="I495" s="2">
-        <v>789.5</v>
+        <v>743.3</v>
       </c>
       <c r="J495" s="2">
-        <v>-29.5</v>
+        <v>-23.7</v>
       </c>
       <c r="K495" s="2">
-        <v>-25</v>
+        <v>-24.4</v>
       </c>
       <c r="L495" s="2">
-        <v>-25.3</v>
+        <v>-23.9</v>
       </c>
       <c r="M495" s="2">
-        <v>-28.7</v>
+        <v>-23.3</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" s="2" t="s">
         <v>507</v>
       </c>
       <c r="B496" s="2">
-        <v>765</v>
+        <v>736</v>
       </c>
       <c r="C496" s="2">
-        <v>767</v>
+        <v>738.3</v>
       </c>
       <c r="D496" s="2">
-        <v>774.6</v>
+        <v>742.8</v>
       </c>
       <c r="E496" s="2">
-        <v>757.8</v>
+        <v>726</v>
       </c>
       <c r="F496" s="2">
-        <v>800</v>
+        <v>756.7</v>
       </c>
       <c r="G496" s="2">
-        <v>794.8</v>
+        <v>763.5</v>
       </c>
       <c r="H496" s="2">
-        <v>801</v>
+        <v>767.3</v>
       </c>
       <c r="I496" s="2">
-        <v>788.1</v>
+        <v>751.5</v>
       </c>
       <c r="J496" s="2">
-        <v>-35</v>
+        <v>-20.7</v>
       </c>
       <c r="K496" s="2">
-        <v>-27.8</v>
+        <v>-25.2</v>
       </c>
       <c r="L496" s="2">
-        <v>-26.4</v>
+        <v>-24.5</v>
       </c>
       <c r="M496" s="2">
-        <v>-30.3</v>
+        <v>-25.5</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="2" t="s">
         <v>508</v>
       </c>
       <c r="B497" s="2">
-        <v>762</v>
+        <v>750.4</v>
       </c>
       <c r="C497" s="2">
-        <v>759.8</v>
+        <v>734</v>
       </c>
       <c r="D497" s="2">
-        <v>798.8</v>
+        <v>764.3</v>
       </c>
       <c r="E497" s="2">
-        <v>756.1</v>
+        <v>730.1</v>
       </c>
       <c r="F497" s="2">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="G497" s="2">
-        <v>787.1</v>
+        <v>757.5</v>
       </c>
       <c r="H497" s="2">
-        <v>828.9</v>
+        <v>789.3</v>
       </c>
       <c r="I497" s="2">
-        <v>780</v>
+        <v>753.3</v>
       </c>
       <c r="J497" s="2">
-        <v>-18</v>
+        <v>-24.6</v>
       </c>
       <c r="K497" s="2">
-        <v>-27.3</v>
+        <v>-23.5</v>
       </c>
       <c r="L497" s="2">
-        <v>-30.1</v>
+        <v>-25</v>
       </c>
       <c r="M497" s="2">
-        <v>-23.9</v>
+        <v>-23.2</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="2" t="s">
         <v>509</v>
       </c>
       <c r="B498" s="2">
-        <v>742</v>
+        <v>770</v>
       </c>
       <c r="C498" s="2">
-        <v>737.3</v>
+        <v>758.9</v>
       </c>
       <c r="D498" s="2">
-        <v>744.8</v>
+        <v>780.8</v>
       </c>
       <c r="E498" s="2">
-        <v>722.8</v>
+        <v>758.5</v>
       </c>
       <c r="F498" s="2">
-        <v>763</v>
+        <v>793.8</v>
       </c>
       <c r="G498" s="2">
-        <v>765.5</v>
+        <v>781.5</v>
       </c>
       <c r="H498" s="2">
-        <v>770</v>
+        <v>810</v>
       </c>
       <c r="I498" s="2">
-        <v>748.2</v>
+        <v>781.5</v>
       </c>
       <c r="J498" s="2">
-        <v>-21</v>
+        <v>-23.8</v>
       </c>
       <c r="K498" s="2">
-        <v>-28.2</v>
+        <v>-22.6</v>
       </c>
       <c r="L498" s="2">
-        <v>-25.2</v>
+        <v>-29.2</v>
       </c>
       <c r="M498" s="2">
-        <v>-25.4</v>
+        <v>-23</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="2" t="s">
         <v>510</v>
       </c>
       <c r="B499" s="2">
-        <v>724</v>
+        <v>772</v>
       </c>
       <c r="C499" s="2">
-        <v>737.9</v>
+        <v>761.9</v>
       </c>
       <c r="D499" s="2">
-        <v>748.6</v>
+        <v>773</v>
       </c>
       <c r="E499" s="2">
-        <v>723.6</v>
+        <v>745.3</v>
       </c>
       <c r="F499" s="2">
-        <v>745</v>
+        <v>802</v>
       </c>
       <c r="G499" s="2">
-        <v>763.7</v>
+        <v>788</v>
       </c>
       <c r="H499" s="2">
-        <v>772</v>
+        <v>802</v>
       </c>
       <c r="I499" s="2">
-        <v>745</v>
+        <v>774.4</v>
       </c>
       <c r="J499" s="2">
-        <v>-21</v>
+        <v>-30</v>
       </c>
       <c r="K499" s="2">
-        <v>-25.8</v>
+        <v>-26.1</v>
       </c>
       <c r="L499" s="2">
-        <v>-23.4</v>
+        <v>-29</v>
       </c>
       <c r="M499" s="2">
-        <v>-21.4</v>
+        <v>-29.1</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="2" t="s">
         <v>511</v>
       </c>
       <c r="B500" s="2">
-        <v>726</v>
+        <v>764</v>
       </c>
       <c r="C500" s="2">
-        <v>719.4</v>
+        <v>776.1</v>
       </c>
       <c r="D500" s="2">
-        <v>734.5</v>
+        <v>778</v>
       </c>
       <c r="E500" s="2">
-        <v>713.3</v>
+        <v>760.8</v>
       </c>
       <c r="F500" s="2">
-        <v>755</v>
+        <v>793.5</v>
       </c>
       <c r="G500" s="2">
-        <v>747.5</v>
+        <v>801.1</v>
       </c>
       <c r="H500" s="2">
-        <v>765</v>
+        <v>803.3</v>
       </c>
       <c r="I500" s="2">
-        <v>741</v>
+        <v>789.5</v>
       </c>
       <c r="J500" s="2">
-        <v>-29</v>
+        <v>-29.5</v>
       </c>
       <c r="K500" s="2">
-        <v>-28.1</v>
+        <v>-25</v>
       </c>
       <c r="L500" s="2">
-        <v>-30.5</v>
+        <v>-25.3</v>
       </c>
       <c r="M500" s="2">
-        <v>-27.7</v>
+        <v>-28.7</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" s="2" t="s">
         <v>512</v>
       </c>
       <c r="B501" s="2">
-        <v>712</v>
+        <v>765</v>
       </c>
       <c r="C501" s="2">
-        <v>727.9</v>
+        <v>767</v>
       </c>
       <c r="D501" s="2">
-        <v>735.4</v>
+        <v>774.6</v>
       </c>
       <c r="E501" s="2">
-        <v>706</v>
+        <v>757.8</v>
       </c>
       <c r="F501" s="2">
-        <v>748</v>
+        <v>800</v>
       </c>
       <c r="G501" s="2">
-        <v>759.2</v>
+        <v>794.8</v>
       </c>
       <c r="H501" s="2">
-        <v>763.4</v>
+        <v>801</v>
       </c>
       <c r="I501" s="2">
-        <v>743</v>
+        <v>788.1</v>
       </c>
       <c r="J501" s="2">
-        <v>-36</v>
+        <v>-35</v>
       </c>
       <c r="K501" s="2">
-        <v>-31.3</v>
+        <v>-27.8</v>
       </c>
       <c r="L501" s="2">
-        <v>-28</v>
+        <v>-26.4</v>
       </c>
       <c r="M501" s="2">
-        <v>-37</v>
+        <v>-30.3</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="2" t="s">
         <v>513</v>
       </c>
       <c r="B502" s="2">
-        <v>762.5</v>
+        <v>762</v>
       </c>
       <c r="C502" s="2">
-        <v>718.9</v>
+        <v>759.8</v>
       </c>
       <c r="D502" s="2">
-        <v>762.5</v>
+        <v>798.8</v>
       </c>
       <c r="E502" s="2">
-        <v>718</v>
+        <v>756.1</v>
       </c>
       <c r="F502" s="2">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="G502" s="2">
-        <v>753.1</v>
+        <v>787.1</v>
       </c>
       <c r="H502" s="2">
-        <v>788</v>
+        <v>828.9</v>
       </c>
       <c r="I502" s="2">
-        <v>753</v>
+        <v>780</v>
       </c>
       <c r="J502" s="2">
-        <v>-25.5</v>
+        <v>-18</v>
       </c>
       <c r="K502" s="2">
-        <v>-34.2</v>
+        <v>-27.3</v>
       </c>
       <c r="L502" s="2">
-        <v>-25.5</v>
+        <v>-30.1</v>
       </c>
       <c r="M502" s="2">
-        <v>-35</v>
+        <v>-23.9</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="2" t="s">
         <v>514</v>
       </c>
       <c r="B503" s="2">
+        <v>742</v>
+      </c>
+      <c r="C503" s="2">
+        <v>737.3</v>
+      </c>
+      <c r="D503" s="2">
+        <v>744.8</v>
+      </c>
+      <c r="E503" s="2">
+        <v>722.8</v>
+      </c>
+      <c r="F503" s="2">
+        <v>763</v>
+      </c>
+      <c r="G503" s="2">
+        <v>765.5</v>
+      </c>
+      <c r="H503" s="2">
         <v>770</v>
       </c>
-      <c r="C503" s="2">
-[...16 lines deleted...]
-      </c>
       <c r="I503" s="2">
-        <v>778.3</v>
+        <v>748.2</v>
       </c>
       <c r="J503" s="2">
         <v>-21</v>
       </c>
       <c r="K503" s="2">
-        <v>-24.8</v>
+        <v>-28.2</v>
       </c>
       <c r="L503" s="2">
-        <v>-19.1</v>
+        <v>-25.2</v>
       </c>
       <c r="M503" s="2">
-        <v>-23.3</v>
+        <v>-25.4</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="2" t="s">
         <v>515</v>
       </c>
       <c r="B504" s="2">
-        <v>762.4</v>
+        <v>724</v>
       </c>
       <c r="C504" s="2">
-        <v>768.1</v>
+        <v>737.9</v>
       </c>
       <c r="D504" s="2">
-        <v>771.6</v>
+        <v>748.6</v>
       </c>
       <c r="E504" s="2">
-        <v>756.5</v>
+        <v>723.6</v>
       </c>
       <c r="F504" s="2">
-        <v>772.3</v>
+        <v>745</v>
       </c>
       <c r="G504" s="2">
-        <v>789</v>
+        <v>763.7</v>
       </c>
       <c r="H504" s="2">
-        <v>790.9</v>
+        <v>772</v>
       </c>
       <c r="I504" s="2">
-        <v>772.3</v>
+        <v>745</v>
       </c>
       <c r="J504" s="2">
-        <v>-9.9</v>
+        <v>-21</v>
       </c>
       <c r="K504" s="2">
-        <v>-20.9</v>
+        <v>-25.8</v>
       </c>
       <c r="L504" s="2">
-        <v>-19.3</v>
+        <v>-23.4</v>
       </c>
       <c r="M504" s="2">
-        <v>-15.8</v>
+        <v>-21.4</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="2" t="s">
         <v>516</v>
       </c>
       <c r="B505" s="2">
-        <v>780</v>
+        <v>726</v>
       </c>
       <c r="C505" s="2">
-        <v>756.4</v>
+        <v>719.4</v>
       </c>
       <c r="D505" s="2">
-        <v>784.9</v>
+        <v>734.5</v>
       </c>
       <c r="E505" s="2">
-        <v>748</v>
+        <v>713.3</v>
       </c>
       <c r="F505" s="2">
-        <v>798.3</v>
+        <v>755</v>
       </c>
       <c r="G505" s="2">
-        <v>772.3</v>
+        <v>747.5</v>
       </c>
       <c r="H505" s="2">
-        <v>799.8</v>
+        <v>765</v>
       </c>
       <c r="I505" s="2">
-        <v>766</v>
+        <v>741</v>
       </c>
       <c r="J505" s="2">
-        <v>-18.3</v>
+        <v>-29</v>
       </c>
       <c r="K505" s="2">
-        <v>-15.9</v>
+        <v>-28.1</v>
       </c>
       <c r="L505" s="2">
-        <v>-14.9</v>
+        <v>-30.5</v>
       </c>
       <c r="M505" s="2">
-        <v>-18</v>
+        <v>-27.7</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" s="2" t="s">
         <v>517</v>
       </c>
       <c r="B506" s="2">
-        <v>776</v>
+        <v>712</v>
       </c>
       <c r="C506" s="2">
-        <v>782.8</v>
+        <v>727.9</v>
       </c>
       <c r="D506" s="2">
-        <v>795</v>
+        <v>735.4</v>
       </c>
       <c r="E506" s="2">
-        <v>774.2</v>
+        <v>706</v>
       </c>
       <c r="F506" s="2">
-        <v>795.4</v>
+        <v>748</v>
       </c>
       <c r="G506" s="2">
-        <v>799.2</v>
+        <v>759.2</v>
       </c>
       <c r="H506" s="2">
-        <v>807.7</v>
+        <v>763.4</v>
       </c>
       <c r="I506" s="2">
-        <v>788.8</v>
+        <v>743</v>
       </c>
       <c r="J506" s="2">
-        <v>-19.4</v>
+        <v>-36</v>
       </c>
       <c r="K506" s="2">
-        <v>-16.4</v>
+        <v>-31.3</v>
       </c>
       <c r="L506" s="2">
-        <v>-12.7</v>
+        <v>-28</v>
       </c>
       <c r="M506" s="2">
-        <v>-14.6</v>
+        <v>-37</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" s="2" t="s">
         <v>518</v>
       </c>
       <c r="B507" s="2">
-        <v>778</v>
+        <v>762.5</v>
       </c>
       <c r="C507" s="2">
-        <v>780.9</v>
+        <v>718.9</v>
       </c>
       <c r="D507" s="2">
-        <v>789.6</v>
+        <v>762.5</v>
       </c>
       <c r="E507" s="2">
-        <v>766.2</v>
+        <v>718</v>
       </c>
       <c r="F507" s="2">
-        <v>815</v>
+        <v>788</v>
       </c>
       <c r="G507" s="2">
-        <v>795.4</v>
+        <v>753.1</v>
       </c>
       <c r="H507" s="2">
-        <v>815</v>
+        <v>788</v>
       </c>
       <c r="I507" s="2">
-        <v>785.1</v>
+        <v>753</v>
       </c>
       <c r="J507" s="2">
-        <v>-37</v>
+        <v>-25.5</v>
       </c>
       <c r="K507" s="2">
-        <v>-14.5</v>
+        <v>-34.2</v>
       </c>
       <c r="L507" s="2">
-        <v>-25.4</v>
+        <v>-25.5</v>
       </c>
       <c r="M507" s="2">
-        <v>-18.9</v>
+        <v>-35</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" s="2" t="s">
         <v>519</v>
       </c>
       <c r="B508" s="2">
-        <v>780</v>
+        <v>770</v>
       </c>
       <c r="C508" s="2">
-        <v>794</v>
+        <v>763.4</v>
       </c>
       <c r="D508" s="2">
-        <v>801</v>
+        <v>775.4</v>
       </c>
       <c r="E508" s="2">
-        <v>777</v>
+        <v>755</v>
       </c>
       <c r="F508" s="2">
-        <v>796.4</v>
+        <v>791</v>
       </c>
       <c r="G508" s="2">
-        <v>817.3</v>
+        <v>788.2</v>
       </c>
       <c r="H508" s="2">
-        <v>824.3</v>
+        <v>794.5</v>
       </c>
       <c r="I508" s="2">
-        <v>796.4</v>
+        <v>778.3</v>
       </c>
       <c r="J508" s="2">
-        <v>-16.4</v>
+        <v>-21</v>
       </c>
       <c r="K508" s="2">
+        <v>-24.8</v>
+      </c>
+      <c r="L508" s="2">
+        <v>-19.1</v>
+      </c>
+      <c r="M508" s="2">
         <v>-23.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>-19.4</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" s="2" t="s">
         <v>520</v>
       </c>
       <c r="B509" s="2">
-        <v>755</v>
+        <v>762.4</v>
       </c>
       <c r="C509" s="2">
-        <v>762.1</v>
+        <v>768.1</v>
       </c>
       <c r="D509" s="2">
-        <v>769</v>
+        <v>771.6</v>
       </c>
       <c r="E509" s="2">
-        <v>744.5</v>
+        <v>756.5</v>
       </c>
       <c r="F509" s="2">
-        <v>786</v>
+        <v>772.3</v>
       </c>
       <c r="G509" s="2">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="H509" s="2">
-        <v>792.6</v>
+        <v>790.9</v>
       </c>
       <c r="I509" s="2">
-        <v>775</v>
+        <v>772.3</v>
       </c>
       <c r="J509" s="2">
-        <v>-31</v>
+        <v>-9.9</v>
       </c>
       <c r="K509" s="2">
-        <v>-23.9</v>
+        <v>-20.9</v>
       </c>
       <c r="L509" s="2">
-        <v>-23.6</v>
+        <v>-19.3</v>
       </c>
       <c r="M509" s="2">
-        <v>-30.5</v>
+        <v>-15.8</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" s="2" t="s">
         <v>521</v>
       </c>
       <c r="B510" s="2">
-        <v>752</v>
+        <v>780</v>
       </c>
       <c r="C510" s="2">
-        <v>758.8</v>
+        <v>756.4</v>
       </c>
       <c r="D510" s="2">
-        <v>763</v>
+        <v>784.9</v>
       </c>
       <c r="E510" s="2">
-        <v>741.1</v>
+        <v>748</v>
       </c>
       <c r="F510" s="2">
-        <v>772.1</v>
+        <v>798.3</v>
       </c>
       <c r="G510" s="2">
-        <v>784.1</v>
+        <v>772.3</v>
       </c>
       <c r="H510" s="2">
-        <v>787</v>
+        <v>799.8</v>
       </c>
       <c r="I510" s="2">
-        <v>767.3</v>
+        <v>766</v>
       </c>
       <c r="J510" s="2">
-        <v>-20.1</v>
+        <v>-18.3</v>
       </c>
       <c r="K510" s="2">
-        <v>-25.3</v>
+        <v>-15.9</v>
       </c>
       <c r="L510" s="2">
-        <v>-24</v>
+        <v>-14.9</v>
       </c>
       <c r="M510" s="2">
-        <v>-26.2</v>
+        <v>-18</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="2" t="s">
         <v>522</v>
       </c>
       <c r="B511" s="2">
-        <v>772.8</v>
+        <v>776</v>
       </c>
       <c r="C511" s="2">
-        <v>746.1</v>
+        <v>782.8</v>
       </c>
       <c r="D511" s="2">
-        <v>781.7</v>
+        <v>795</v>
       </c>
       <c r="E511" s="2">
-        <v>738.9</v>
+        <v>774.2</v>
       </c>
       <c r="F511" s="2">
-        <v>800</v>
+        <v>795.4</v>
       </c>
       <c r="G511" s="2">
-        <v>767.7</v>
+        <v>799.2</v>
       </c>
       <c r="H511" s="2">
-        <v>806</v>
+        <v>807.7</v>
       </c>
       <c r="I511" s="2">
-        <v>762</v>
+        <v>788.8</v>
       </c>
       <c r="J511" s="2">
-        <v>-27.2</v>
+        <v>-19.4</v>
       </c>
       <c r="K511" s="2">
-        <v>-21.6</v>
+        <v>-16.4</v>
       </c>
       <c r="L511" s="2">
-        <v>-24.3</v>
+        <v>-12.7</v>
       </c>
       <c r="M511" s="2">
-        <v>-23.1</v>
+        <v>-14.6</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="2" t="s">
         <v>523</v>
       </c>
       <c r="B512" s="2">
-        <v>755</v>
+        <v>778</v>
       </c>
       <c r="C512" s="2">
-        <v>770.4</v>
+        <v>780.9</v>
       </c>
       <c r="D512" s="2">
-        <v>776.8</v>
+        <v>789.6</v>
       </c>
       <c r="E512" s="2">
-        <v>744.1</v>
+        <v>766.2</v>
       </c>
       <c r="F512" s="2">
-        <v>786.6</v>
+        <v>815</v>
       </c>
       <c r="G512" s="2">
-        <v>798</v>
+        <v>795.4</v>
       </c>
       <c r="H512" s="2">
-        <v>808.1</v>
+        <v>815</v>
       </c>
       <c r="I512" s="2">
-        <v>775.6</v>
+        <v>785.1</v>
       </c>
       <c r="J512" s="2">
-        <v>-31.6</v>
+        <v>-37</v>
       </c>
       <c r="K512" s="2">
-        <v>-27.6</v>
+        <v>-14.5</v>
       </c>
       <c r="L512" s="2">
-        <v>-31.3</v>
+        <v>-25.4</v>
       </c>
       <c r="M512" s="2">
-        <v>-31.5</v>
+        <v>-18.9</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" s="2" t="s">
         <v>524</v>
       </c>
       <c r="B513" s="2">
-        <v>738.8</v>
+        <v>780</v>
       </c>
       <c r="C513" s="2">
-        <v>757.8</v>
+        <v>794</v>
       </c>
       <c r="D513" s="2">
-        <v>769.4</v>
+        <v>801</v>
       </c>
       <c r="E513" s="2">
-        <v>730.1</v>
+        <v>777</v>
       </c>
       <c r="F513" s="2">
-        <v>770.7</v>
+        <v>796.4</v>
       </c>
       <c r="G513" s="2">
-        <v>786.6</v>
+        <v>817.3</v>
       </c>
       <c r="H513" s="2">
-        <v>799.4</v>
+        <v>824.3</v>
       </c>
       <c r="I513" s="2">
-        <v>764</v>
+        <v>796.4</v>
       </c>
       <c r="J513" s="2">
-        <v>-31.9</v>
+        <v>-16.4</v>
       </c>
       <c r="K513" s="2">
-        <v>-28.8</v>
+        <v>-23.3</v>
       </c>
       <c r="L513" s="2">
-        <v>-30</v>
+        <v>-23.3</v>
       </c>
       <c r="M513" s="2">
-        <v>-33.9</v>
+        <v>-19.4</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" s="2" t="s">
         <v>525</v>
       </c>
       <c r="B514" s="2">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="C514" s="2">
-        <v>736.4</v>
+        <v>762.1</v>
       </c>
       <c r="D514" s="2">
-        <v>773.9</v>
+        <v>769</v>
       </c>
       <c r="E514" s="2">
-        <v>712</v>
+        <v>744.5</v>
       </c>
       <c r="F514" s="2">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="G514" s="2">
-        <v>765.6</v>
+        <v>786</v>
       </c>
       <c r="H514" s="2">
-        <v>798.3</v>
+        <v>792.6</v>
       </c>
       <c r="I514" s="2">
-        <v>747.2</v>
+        <v>775</v>
       </c>
       <c r="J514" s="2">
-        <v>-25</v>
+        <v>-31</v>
       </c>
       <c r="K514" s="2">
-        <v>-29.2</v>
+        <v>-23.9</v>
       </c>
       <c r="L514" s="2">
-        <v>-24.4</v>
+        <v>-23.6</v>
       </c>
       <c r="M514" s="2">
-        <v>-35.2</v>
+        <v>-30.5</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" s="2" t="s">
         <v>526</v>
       </c>
       <c r="B515" s="2">
-        <v>727.4</v>
+        <v>752</v>
       </c>
       <c r="C515" s="2">
-        <v>756.9</v>
+        <v>758.8</v>
       </c>
       <c r="D515" s="2">
-        <v>759.7</v>
+        <v>763</v>
       </c>
       <c r="E515" s="2">
-        <v>720</v>
+        <v>741.1</v>
       </c>
       <c r="F515" s="2">
-        <v>745</v>
+        <v>772.1</v>
       </c>
       <c r="G515" s="2">
-        <v>780.4</v>
+        <v>784.1</v>
       </c>
       <c r="H515" s="2">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="I515" s="2">
-        <v>733.2</v>
+        <v>767.3</v>
       </c>
       <c r="J515" s="2">
-        <v>-17.6</v>
+        <v>-20.1</v>
       </c>
       <c r="K515" s="2">
-        <v>-23.5</v>
+        <v>-25.3</v>
       </c>
       <c r="L515" s="2">
-        <v>-23.3</v>
+        <v>-24</v>
       </c>
       <c r="M515" s="2">
-        <v>-13.2</v>
+        <v>-26.2</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="2" t="s">
         <v>527</v>
       </c>
       <c r="B516" s="2">
-        <v>725</v>
+        <v>772.8</v>
       </c>
       <c r="C516" s="2">
-        <v>732.7</v>
+        <v>746.1</v>
       </c>
       <c r="D516" s="2">
-        <v>744</v>
+        <v>781.7</v>
       </c>
       <c r="E516" s="2">
-        <v>714</v>
+        <v>738.9</v>
       </c>
       <c r="F516" s="2">
-        <v>738.1</v>
+        <v>800</v>
       </c>
       <c r="G516" s="2">
-        <v>743.7</v>
+        <v>767.7</v>
       </c>
       <c r="H516" s="2">
-        <v>764.5</v>
+        <v>806</v>
       </c>
       <c r="I516" s="2">
-        <v>729.5</v>
+        <v>762</v>
       </c>
       <c r="J516" s="2">
-        <v>-13.1</v>
+        <v>-27.2</v>
       </c>
       <c r="K516" s="2">
-        <v>-11</v>
+        <v>-21.6</v>
       </c>
       <c r="L516" s="2">
-        <v>-20.5</v>
+        <v>-24.3</v>
       </c>
       <c r="M516" s="2">
-        <v>-15.5</v>
+        <v>-23.1</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="2" t="s">
         <v>528</v>
       </c>
       <c r="B517" s="2">
-        <v>777.5</v>
+        <v>755</v>
       </c>
       <c r="C517" s="2">
-        <v>723.6</v>
+        <v>770.4</v>
       </c>
       <c r="D517" s="2">
-        <v>778</v>
+        <v>776.8</v>
       </c>
       <c r="E517" s="2">
-        <v>723.6</v>
+        <v>744.1</v>
       </c>
       <c r="F517" s="2">
-        <v>803.3</v>
+        <v>786.6</v>
       </c>
       <c r="G517" s="2">
-        <v>747.8</v>
+        <v>798</v>
       </c>
       <c r="H517" s="2">
-        <v>803.3</v>
+        <v>808.1</v>
       </c>
       <c r="I517" s="2">
-        <v>747.8</v>
+        <v>775.6</v>
       </c>
       <c r="J517" s="2">
-        <v>-25.8</v>
+        <v>-31.6</v>
       </c>
       <c r="K517" s="2">
-        <v>-24.2</v>
+        <v>-27.6</v>
       </c>
       <c r="L517" s="2">
-        <v>-25.3</v>
+        <v>-31.3</v>
       </c>
       <c r="M517" s="2">
-        <v>-24.2</v>
+        <v>-31.5</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="2" t="s">
         <v>529</v>
       </c>
       <c r="B518" s="2">
-        <v>788</v>
+        <v>738.8</v>
       </c>
       <c r="C518" s="2">
-        <v>781.7</v>
+        <v>757.8</v>
       </c>
       <c r="D518" s="2">
-        <v>823</v>
+        <v>769.4</v>
       </c>
       <c r="E518" s="2">
-        <v>781.6</v>
+        <v>730.1</v>
       </c>
       <c r="F518" s="2">
-        <v>825</v>
+        <v>770.7</v>
       </c>
       <c r="G518" s="2">
-        <v>804</v>
+        <v>786.6</v>
       </c>
       <c r="H518" s="2">
-        <v>848.8</v>
+        <v>799.4</v>
       </c>
       <c r="I518" s="2">
-        <v>803.5</v>
+        <v>764</v>
       </c>
       <c r="J518" s="2">
-        <v>-37</v>
+        <v>-31.9</v>
       </c>
       <c r="K518" s="2">
-        <v>-22.3</v>
+        <v>-28.8</v>
       </c>
       <c r="L518" s="2">
-        <v>-25.8</v>
+        <v>-30</v>
       </c>
       <c r="M518" s="2">
-        <v>-21.9</v>
+        <v>-33.9</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="2" t="s">
         <v>530</v>
       </c>
       <c r="B519" s="2">
-        <v>781</v>
+        <v>760</v>
       </c>
       <c r="C519" s="2">
-        <v>781.8</v>
+        <v>736.4</v>
       </c>
       <c r="D519" s="2">
-        <v>799.9</v>
+        <v>773.9</v>
       </c>
       <c r="E519" s="2">
-        <v>770.2</v>
+        <v>712</v>
       </c>
       <c r="F519" s="2">
-        <v>829.2</v>
+        <v>785</v>
       </c>
       <c r="G519" s="2">
-        <v>814.5</v>
+        <v>765.6</v>
       </c>
       <c r="H519" s="2">
-        <v>844.3</v>
+        <v>798.3</v>
       </c>
       <c r="I519" s="2">
-        <v>803.5</v>
+        <v>747.2</v>
       </c>
       <c r="J519" s="2">
-        <v>-48.2</v>
+        <v>-25</v>
       </c>
       <c r="K519" s="2">
-        <v>-32.7</v>
+        <v>-29.2</v>
       </c>
       <c r="L519" s="2">
-        <v>-44.4</v>
+        <v>-24.4</v>
       </c>
       <c r="M519" s="2">
-        <v>-33.3</v>
+        <v>-35.2</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="2" t="s">
         <v>531</v>
       </c>
       <c r="B520" s="2">
-        <v>741</v>
+        <v>727.4</v>
       </c>
       <c r="C520" s="2">
-        <v>786.5</v>
+        <v>756.9</v>
       </c>
       <c r="D520" s="2">
-        <v>800.5</v>
+        <v>759.7</v>
       </c>
       <c r="E520" s="2">
-        <v>727.4</v>
+        <v>720</v>
       </c>
       <c r="F520" s="2">
-        <v>781.1</v>
+        <v>745</v>
       </c>
       <c r="G520" s="2">
-        <v>829.1</v>
+        <v>780.4</v>
       </c>
       <c r="H520" s="2">
-        <v>845.6</v>
+        <v>783</v>
       </c>
       <c r="I520" s="2">
-        <v>764</v>
+        <v>733.2</v>
       </c>
       <c r="J520" s="2">
-        <v>-40.1</v>
+        <v>-17.6</v>
       </c>
       <c r="K520" s="2">
-        <v>-42.6</v>
+        <v>-23.5</v>
       </c>
       <c r="L520" s="2">
-        <v>-45.1</v>
+        <v>-23.3</v>
       </c>
       <c r="M520" s="2">
-        <v>-36.6</v>
+        <v>-13.2</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="2" t="s">
         <v>532</v>
       </c>
       <c r="B521" s="2">
-        <v>734</v>
+        <v>725</v>
       </c>
       <c r="C521" s="2">
+        <v>732.7</v>
+      </c>
+      <c r="D521" s="2">
         <v>744</v>
       </c>
-      <c r="D521" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E521" s="2">
-        <v>728</v>
+        <v>714</v>
       </c>
       <c r="F521" s="2">
-        <v>752</v>
+        <v>738.1</v>
       </c>
       <c r="G521" s="2">
-        <v>780.9</v>
+        <v>743.7</v>
       </c>
       <c r="H521" s="2">
-        <v>788.2</v>
+        <v>764.5</v>
       </c>
       <c r="I521" s="2">
-        <v>752</v>
+        <v>729.5</v>
       </c>
       <c r="J521" s="2">
-        <v>-18</v>
+        <v>-13.1</v>
       </c>
       <c r="K521" s="2">
-        <v>-36.9</v>
+        <v>-11</v>
       </c>
       <c r="L521" s="2">
-        <v>-33.1</v>
+        <v>-20.5</v>
       </c>
       <c r="M521" s="2">
-        <v>-24</v>
+        <v>-15.5</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" s="2" t="s">
         <v>533</v>
       </c>
       <c r="B522" s="2">
-        <v>739.3</v>
+        <v>777.5</v>
       </c>
       <c r="C522" s="2">
-        <v>727.2</v>
+        <v>723.6</v>
       </c>
       <c r="D522" s="2">
-        <v>753</v>
+        <v>778</v>
       </c>
       <c r="E522" s="2">
-        <v>716.3</v>
+        <v>723.6</v>
       </c>
       <c r="F522" s="2">
-        <v>764.2</v>
+        <v>803.3</v>
       </c>
       <c r="G522" s="2">
-        <v>752.8</v>
+        <v>747.8</v>
       </c>
       <c r="H522" s="2">
-        <v>776.2</v>
+        <v>803.3</v>
       </c>
       <c r="I522" s="2">
-        <v>744.8</v>
+        <v>747.8</v>
       </c>
       <c r="J522" s="2">
-        <v>-24.9</v>
+        <v>-25.8</v>
       </c>
       <c r="K522" s="2">
-        <v>-25.6</v>
+        <v>-24.2</v>
       </c>
       <c r="L522" s="2">
-        <v>-23.2</v>
+        <v>-25.3</v>
       </c>
       <c r="M522" s="2">
-        <v>-28.5</v>
+        <v>-24.2</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" s="2" t="s">
         <v>534</v>
       </c>
       <c r="B523" s="2">
-        <v>711</v>
+        <v>788</v>
       </c>
       <c r="C523" s="2">
-        <v>737</v>
+        <v>781.7</v>
       </c>
       <c r="D523" s="2">
-        <v>744.1</v>
+        <v>823</v>
       </c>
       <c r="E523" s="2">
-        <v>689</v>
+        <v>781.6</v>
       </c>
       <c r="F523" s="2">
-        <v>727.3</v>
+        <v>825</v>
       </c>
       <c r="G523" s="2">
-        <v>768.8</v>
+        <v>804</v>
       </c>
       <c r="H523" s="2">
-        <v>778.6</v>
+        <v>848.8</v>
       </c>
       <c r="I523" s="2">
-        <v>716</v>
+        <v>803.5</v>
       </c>
       <c r="J523" s="2">
-        <v>-16.3</v>
+        <v>-37</v>
       </c>
       <c r="K523" s="2">
-        <v>-31.8</v>
+        <v>-22.3</v>
       </c>
       <c r="L523" s="2">
-        <v>-34.5</v>
+        <v>-25.8</v>
       </c>
       <c r="M523" s="2">
-        <v>-27</v>
+        <v>-21.9</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" s="2" t="s">
         <v>535</v>
       </c>
       <c r="B524" s="2">
-        <v>759.6</v>
+        <v>781</v>
       </c>
       <c r="C524" s="2">
-        <v>716.9</v>
+        <v>781.8</v>
       </c>
       <c r="D524" s="2">
-        <v>768</v>
+        <v>799.9</v>
       </c>
       <c r="E524" s="2">
-        <v>706.7</v>
+        <v>770.2</v>
       </c>
       <c r="F524" s="2">
-        <v>799.8</v>
+        <v>829.2</v>
       </c>
       <c r="G524" s="2">
-        <v>748.2</v>
+        <v>814.5</v>
       </c>
       <c r="H524" s="2">
-        <v>807.6</v>
+        <v>844.3</v>
       </c>
       <c r="I524" s="2">
-        <v>735</v>
+        <v>803.5</v>
       </c>
       <c r="J524" s="2">
-        <v>-40.2</v>
+        <v>-48.2</v>
       </c>
       <c r="K524" s="2">
-        <v>-31.3</v>
+        <v>-32.7</v>
       </c>
       <c r="L524" s="2">
-        <v>-39.6</v>
+        <v>-44.4</v>
       </c>
       <c r="M524" s="2">
-        <v>-28.3</v>
+        <v>-33.3</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" s="2" t="s">
         <v>536</v>
       </c>
       <c r="B525" s="2">
-        <v>774.4</v>
+        <v>741</v>
       </c>
       <c r="C525" s="2">
-        <v>753.4</v>
+        <v>786.5</v>
       </c>
       <c r="D525" s="2">
-        <v>781.3</v>
+        <v>800.5</v>
       </c>
       <c r="E525" s="2">
-        <v>730.3</v>
+        <v>727.4</v>
       </c>
       <c r="F525" s="2">
-        <v>818.1</v>
+        <v>781.1</v>
       </c>
       <c r="G525" s="2">
-        <v>792</v>
+        <v>829.1</v>
       </c>
       <c r="H525" s="2">
-        <v>831.4</v>
+        <v>845.6</v>
       </c>
       <c r="I525" s="2">
-        <v>773.4</v>
+        <v>764</v>
       </c>
       <c r="J525" s="2">
-        <v>-43.7</v>
+        <v>-40.1</v>
       </c>
       <c r="K525" s="2">
-        <v>-38.6</v>
+        <v>-42.6</v>
       </c>
       <c r="L525" s="2">
-        <v>-50.1</v>
+        <v>-45.1</v>
       </c>
       <c r="M525" s="2">
-        <v>-43.1</v>
+        <v>-36.6</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" s="2" t="s">
         <v>537</v>
       </c>
       <c r="B526" s="2">
-        <v>824</v>
+        <v>734</v>
       </c>
       <c r="C526" s="2">
-        <v>773.7</v>
+        <v>744</v>
       </c>
       <c r="D526" s="2">
-        <v>830</v>
+        <v>755.1</v>
       </c>
       <c r="E526" s="2">
-        <v>773.6</v>
+        <v>728</v>
       </c>
       <c r="F526" s="2">
-        <v>890</v>
+        <v>752</v>
       </c>
       <c r="G526" s="2">
-        <v>829.8</v>
+        <v>780.9</v>
       </c>
       <c r="H526" s="2">
-        <v>893.3</v>
+        <v>788.2</v>
       </c>
       <c r="I526" s="2">
-        <v>829.8</v>
+        <v>752</v>
       </c>
       <c r="J526" s="2">
-        <v>-66</v>
+        <v>-18</v>
       </c>
       <c r="K526" s="2">
-        <v>-56.1</v>
+        <v>-36.9</v>
       </c>
       <c r="L526" s="2">
-        <v>-63.3</v>
+        <v>-33.1</v>
       </c>
       <c r="M526" s="2">
-        <v>-56.2</v>
+        <v>-24</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="2" t="s">
         <v>538</v>
       </c>
       <c r="B527" s="2">
-        <v>876.3</v>
+        <v>739.3</v>
       </c>
       <c r="C527" s="2">
-        <v>834.1</v>
+        <v>727.2</v>
       </c>
       <c r="D527" s="2">
-        <v>884.4</v>
+        <v>753</v>
       </c>
       <c r="E527" s="2">
-        <v>831.6</v>
+        <v>716.3</v>
       </c>
       <c r="F527" s="2">
-        <v>929.2</v>
+        <v>764.2</v>
       </c>
       <c r="G527" s="2">
-        <v>895.8</v>
+        <v>752.8</v>
       </c>
       <c r="H527" s="2">
-        <v>940.6</v>
+        <v>776.2</v>
       </c>
       <c r="I527" s="2">
-        <v>895.3</v>
+        <v>744.8</v>
       </c>
       <c r="J527" s="2">
-        <v>-52.9</v>
+        <v>-24.9</v>
       </c>
       <c r="K527" s="2">
-        <v>-61.7</v>
+        <v>-25.6</v>
       </c>
       <c r="L527" s="2">
-        <v>-56.2</v>
+        <v>-23.2</v>
       </c>
       <c r="M527" s="2">
-        <v>-63.7</v>
+        <v>-28.5</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="2" t="s">
         <v>539</v>
       </c>
       <c r="B528" s="2">
-        <v>890</v>
+        <v>711</v>
       </c>
       <c r="C528" s="2">
-        <v>877.8</v>
+        <v>737</v>
       </c>
       <c r="D528" s="2">
-        <v>890</v>
+        <v>744.1</v>
       </c>
       <c r="E528" s="2">
-        <v>870</v>
+        <v>689</v>
       </c>
       <c r="F528" s="2">
-        <v>938.5</v>
+        <v>727.3</v>
       </c>
       <c r="G528" s="2">
-        <v>933.3</v>
+        <v>768.8</v>
       </c>
       <c r="H528" s="2">
-        <v>938.5</v>
+        <v>778.6</v>
       </c>
       <c r="I528" s="2">
-        <v>922.2</v>
+        <v>716</v>
       </c>
       <c r="J528" s="2">
-        <v>-48.5</v>
+        <v>-16.3</v>
       </c>
       <c r="K528" s="2">
-        <v>-55.5</v>
+        <v>-31.8</v>
       </c>
       <c r="L528" s="2">
-        <v>-48.5</v>
+        <v>-34.5</v>
       </c>
       <c r="M528" s="2">
-        <v>-52.2</v>
+        <v>-27</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="2" t="s">
         <v>540</v>
       </c>
       <c r="B529" s="2">
-        <v>906</v>
+        <v>759.6</v>
       </c>
       <c r="C529" s="2">
-        <v>882</v>
+        <v>716.9</v>
       </c>
       <c r="D529" s="2">
-        <v>911.3</v>
+        <v>768</v>
       </c>
       <c r="E529" s="2">
-        <v>878.2</v>
+        <v>706.7</v>
       </c>
       <c r="F529" s="2">
-        <v>948.6</v>
+        <v>799.8</v>
       </c>
       <c r="G529" s="2">
-        <v>929.9</v>
+        <v>748.2</v>
       </c>
       <c r="H529" s="2">
-        <v>961.2</v>
+        <v>807.6</v>
       </c>
       <c r="I529" s="2">
-        <v>929.9</v>
+        <v>735</v>
       </c>
       <c r="J529" s="2">
-        <v>-42.6</v>
+        <v>-40.2</v>
       </c>
       <c r="K529" s="2">
-        <v>-47.9</v>
+        <v>-31.3</v>
       </c>
       <c r="L529" s="2">
-        <v>-49.9</v>
+        <v>-39.6</v>
       </c>
       <c r="M529" s="2">
-        <v>-51.7</v>
+        <v>-28.3</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="2" t="s">
         <v>541</v>
       </c>
       <c r="B530" s="2">
-        <v>898</v>
+        <v>774.4</v>
       </c>
       <c r="C530" s="2">
-        <v>908.7</v>
+        <v>753.4</v>
       </c>
       <c r="D530" s="2">
-        <v>916</v>
+        <v>781.3</v>
       </c>
       <c r="E530" s="2">
-        <v>894</v>
+        <v>730.3</v>
       </c>
       <c r="F530" s="2">
-        <v>954.5</v>
+        <v>818.1</v>
       </c>
       <c r="G530" s="2">
-        <v>957.4</v>
+        <v>792</v>
       </c>
       <c r="H530" s="2">
-        <v>964.1</v>
+        <v>831.4</v>
       </c>
       <c r="I530" s="2">
-        <v>947.6</v>
+        <v>773.4</v>
       </c>
       <c r="J530" s="2">
-        <v>-56.5</v>
+        <v>-43.7</v>
       </c>
       <c r="K530" s="2">
-        <v>-48.7</v>
+        <v>-38.6</v>
       </c>
       <c r="L530" s="2">
-        <v>-48.1</v>
+        <v>-50.1</v>
       </c>
       <c r="M530" s="2">
-        <v>-53.6</v>
+        <v>-43.1</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="2" t="s">
         <v>542</v>
       </c>
       <c r="B531" s="2">
-        <v>900</v>
+        <v>824</v>
       </c>
       <c r="C531" s="2">
-        <v>894.9</v>
+        <v>773.7</v>
       </c>
       <c r="D531" s="2">
-        <v>908.1</v>
+        <v>830</v>
       </c>
       <c r="E531" s="2">
-        <v>886</v>
+        <v>773.6</v>
       </c>
       <c r="F531" s="2">
-        <v>954.2</v>
+        <v>890</v>
       </c>
       <c r="G531" s="2">
-        <v>947.4</v>
+        <v>829.8</v>
       </c>
       <c r="H531" s="2">
-        <v>961.8</v>
+        <v>893.3</v>
       </c>
       <c r="I531" s="2">
-        <v>941.6</v>
+        <v>829.8</v>
       </c>
       <c r="J531" s="2">
-        <v>-54.2</v>
+        <v>-66</v>
       </c>
       <c r="K531" s="2">
-        <v>-52.5</v>
+        <v>-56.1</v>
       </c>
       <c r="L531" s="2">
-        <v>-53.7</v>
+        <v>-63.3</v>
       </c>
       <c r="M531" s="2">
-        <v>-55.6</v>
+        <v>-56.2</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="2" t="s">
         <v>543</v>
       </c>
       <c r="B532" s="2">
-        <v>884.8</v>
+        <v>876.3</v>
       </c>
       <c r="C532" s="2">
-        <v>897.7</v>
+        <v>834.1</v>
       </c>
       <c r="D532" s="2">
-        <v>914.5</v>
+        <v>884.4</v>
       </c>
       <c r="E532" s="2">
-        <v>880</v>
+        <v>831.6</v>
       </c>
       <c r="F532" s="2">
-        <v>941.9</v>
+        <v>929.2</v>
       </c>
       <c r="G532" s="2">
-        <v>954.5</v>
+        <v>895.8</v>
       </c>
       <c r="H532" s="2">
-        <v>968.5</v>
+        <v>940.6</v>
       </c>
       <c r="I532" s="2">
-        <v>936.7</v>
+        <v>895.3</v>
       </c>
       <c r="J532" s="2">
-        <v>-57.1</v>
+        <v>-52.9</v>
       </c>
       <c r="K532" s="2">
-        <v>-56.8</v>
+        <v>-61.7</v>
       </c>
       <c r="L532" s="2">
-        <v>-54</v>
+        <v>-56.2</v>
       </c>
       <c r="M532" s="2">
-        <v>-56.7</v>
+        <v>-63.7</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="2" t="s">
         <v>544</v>
       </c>
       <c r="B533" s="2">
-        <v>878</v>
+        <v>890</v>
       </c>
       <c r="C533" s="2">
-        <v>884.5</v>
+        <v>877.8</v>
       </c>
       <c r="D533" s="2">
-        <v>889.8</v>
+        <v>890</v>
       </c>
       <c r="E533" s="2">
-        <v>871.5</v>
+        <v>870</v>
       </c>
       <c r="F533" s="2">
-        <v>935.3</v>
+        <v>938.5</v>
       </c>
       <c r="G533" s="2">
-        <v>940.1</v>
+        <v>933.3</v>
       </c>
       <c r="H533" s="2">
-        <v>949.3</v>
+        <v>938.5</v>
       </c>
       <c r="I533" s="2">
-        <v>931.6</v>
+        <v>922.2</v>
       </c>
       <c r="J533" s="2">
-        <v>-57.3</v>
+        <v>-48.5</v>
       </c>
       <c r="K533" s="2">
-        <v>-55.6</v>
+        <v>-55.5</v>
       </c>
       <c r="L533" s="2">
-        <v>-59.5</v>
+        <v>-48.5</v>
       </c>
       <c r="M533" s="2">
-        <v>-60.1</v>
+        <v>-52.2</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="2" t="s">
         <v>545</v>
       </c>
       <c r="B534" s="2">
-        <v>878</v>
+        <v>906</v>
       </c>
       <c r="C534" s="2">
-        <v>870.5</v>
+        <v>882</v>
       </c>
       <c r="D534" s="2">
-        <v>890.6</v>
+        <v>911.3</v>
       </c>
       <c r="E534" s="2">
-        <v>866</v>
+        <v>878.2</v>
       </c>
       <c r="F534" s="2">
-        <v>947</v>
+        <v>948.6</v>
       </c>
       <c r="G534" s="2">
-        <v>931.9</v>
+        <v>929.9</v>
       </c>
       <c r="H534" s="2">
-        <v>953.4</v>
+        <v>961.2</v>
       </c>
       <c r="I534" s="2">
-        <v>931</v>
+        <v>929.9</v>
       </c>
       <c r="J534" s="2">
-        <v>-69</v>
+        <v>-42.6</v>
       </c>
       <c r="K534" s="2">
-        <v>-61.4</v>
+        <v>-47.9</v>
       </c>
       <c r="L534" s="2">
-        <v>-62.8</v>
+        <v>-49.9</v>
       </c>
       <c r="M534" s="2">
-        <v>-65</v>
+        <v>-51.7</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="2" t="s">
         <v>546</v>
       </c>
       <c r="B535" s="2">
-        <v>910</v>
+        <v>898</v>
       </c>
       <c r="C535" s="2">
-        <v>876.4</v>
+        <v>908.7</v>
       </c>
       <c r="D535" s="2">
-        <v>918.8</v>
+        <v>916</v>
       </c>
       <c r="E535" s="2">
-        <v>868.6</v>
+        <v>894</v>
       </c>
       <c r="F535" s="2">
-        <v>974.8</v>
+        <v>954.5</v>
       </c>
       <c r="G535" s="2">
-        <v>943.4</v>
+        <v>957.4</v>
       </c>
       <c r="H535" s="2">
-        <v>982.1</v>
+        <v>964.1</v>
       </c>
       <c r="I535" s="2">
-        <v>939.5</v>
+        <v>947.6</v>
       </c>
       <c r="J535" s="2">
-        <v>-64.8</v>
+        <v>-56.5</v>
       </c>
       <c r="K535" s="2">
-        <v>-67</v>
+        <v>-48.7</v>
       </c>
       <c r="L535" s="2">
-        <v>-63.3</v>
+        <v>-48.1</v>
       </c>
       <c r="M535" s="2">
-        <v>-70.9</v>
+        <v>-53.6</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="2" t="s">
         <v>547</v>
       </c>
       <c r="B536" s="2">
-        <v>909</v>
+        <v>900</v>
       </c>
       <c r="C536" s="2">
-        <v>905.3</v>
+        <v>894.9</v>
       </c>
       <c r="D536" s="2">
-        <v>921.8</v>
+        <v>908.1</v>
       </c>
       <c r="E536" s="2">
-        <v>898</v>
+        <v>886</v>
       </c>
       <c r="F536" s="2">
-        <v>973.8</v>
+        <v>954.2</v>
       </c>
       <c r="G536" s="2">
-        <v>972.6</v>
+        <v>947.4</v>
       </c>
       <c r="H536" s="2">
-        <v>986.4</v>
+        <v>961.8</v>
       </c>
       <c r="I536" s="2">
-        <v>968.3</v>
+        <v>941.6</v>
       </c>
       <c r="J536" s="2">
-        <v>-64.8</v>
+        <v>-54.2</v>
       </c>
       <c r="K536" s="2">
-        <v>-67.3</v>
+        <v>-52.5</v>
       </c>
       <c r="L536" s="2">
-        <v>-64.6</v>
+        <v>-53.7</v>
       </c>
       <c r="M536" s="2">
-        <v>-70.3</v>
+        <v>-55.6</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" s="2" t="s">
         <v>548</v>
       </c>
       <c r="B537" s="2">
-        <v>892.9</v>
+        <v>884.8</v>
       </c>
       <c r="C537" s="2">
-        <v>905.3</v>
+        <v>897.7</v>
       </c>
       <c r="D537" s="2">
-        <v>918.6</v>
+        <v>914.5</v>
       </c>
       <c r="E537" s="2">
-        <v>888.8</v>
+        <v>880</v>
       </c>
       <c r="F537" s="2">
-        <v>969.8</v>
+        <v>941.9</v>
       </c>
       <c r="G537" s="2">
-        <v>973.8</v>
+        <v>954.5</v>
       </c>
       <c r="H537" s="2">
-        <v>989</v>
+        <v>968.5</v>
       </c>
       <c r="I537" s="2">
-        <v>958</v>
+        <v>936.7</v>
       </c>
       <c r="J537" s="2">
-        <v>-76.9</v>
+        <v>-57.1</v>
       </c>
       <c r="K537" s="2">
-        <v>-68.5</v>
+        <v>-56.8</v>
       </c>
       <c r="L537" s="2">
-        <v>-70.4</v>
+        <v>-54</v>
       </c>
       <c r="M537" s="2">
-        <v>-69.2</v>
+        <v>-56.7</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" s="2" t="s">
         <v>549</v>
       </c>
       <c r="B538" s="2">
-        <v>915</v>
+        <v>878</v>
       </c>
       <c r="C538" s="2">
-        <v>891</v>
+        <v>884.5</v>
       </c>
       <c r="D538" s="2">
-        <v>934.7</v>
+        <v>889.8</v>
       </c>
       <c r="E538" s="2">
-        <v>890.4</v>
+        <v>871.5</v>
       </c>
       <c r="F538" s="2">
-        <v>990.1</v>
+        <v>935.3</v>
       </c>
       <c r="G538" s="2">
-        <v>960.4</v>
+        <v>940.1</v>
       </c>
       <c r="H538" s="2">
-        <v>1002.7</v>
+        <v>949.3</v>
       </c>
       <c r="I538" s="2">
-        <v>960.4</v>
+        <v>931.6</v>
       </c>
       <c r="J538" s="2">
-        <v>-75.1</v>
+        <v>-57.3</v>
       </c>
       <c r="K538" s="2">
-        <v>-69.4</v>
+        <v>-55.6</v>
       </c>
       <c r="L538" s="2">
-        <v>-68</v>
+        <v>-59.5</v>
       </c>
       <c r="M538" s="2">
-        <v>-70</v>
+        <v>-60.1</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" s="2" t="s">
         <v>550</v>
       </c>
       <c r="B539" s="2">
-        <v>930</v>
+        <v>878</v>
       </c>
       <c r="C539" s="2">
-        <v>920.1</v>
+        <v>870.5</v>
       </c>
       <c r="D539" s="2">
-        <v>961</v>
+        <v>890.6</v>
       </c>
       <c r="E539" s="2">
-        <v>910</v>
+        <v>866</v>
       </c>
       <c r="F539" s="2">
-        <v>990</v>
+        <v>947</v>
       </c>
       <c r="G539" s="2">
-        <v>992</v>
+        <v>931.9</v>
       </c>
       <c r="H539" s="2">
-        <v>1020.8</v>
+        <v>953.4</v>
       </c>
       <c r="I539" s="2">
-        <v>980.7</v>
+        <v>931</v>
       </c>
       <c r="J539" s="2">
-        <v>-60</v>
+        <v>-69</v>
       </c>
       <c r="K539" s="2">
-        <v>-71.9</v>
+        <v>-61.4</v>
       </c>
       <c r="L539" s="2">
-        <v>-59.8</v>
+        <v>-62.8</v>
       </c>
       <c r="M539" s="2">
-        <v>-70.7</v>
+        <v>-65</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" s="2" t="s">
         <v>551</v>
       </c>
       <c r="B540" s="2">
-        <v>972</v>
+        <v>910</v>
       </c>
       <c r="C540" s="2">
-        <v>928.6</v>
+        <v>876.4</v>
       </c>
       <c r="D540" s="2">
-        <v>980.4</v>
+        <v>918.8</v>
       </c>
       <c r="E540" s="2">
-        <v>918</v>
+        <v>868.6</v>
       </c>
       <c r="F540" s="2">
-        <v>1029.6</v>
+        <v>974.8</v>
       </c>
       <c r="G540" s="2">
-        <v>996.5</v>
+        <v>943.4</v>
       </c>
       <c r="H540" s="2">
-        <v>1029.6</v>
+        <v>982.1</v>
       </c>
       <c r="I540" s="2">
-        <v>981.3</v>
+        <v>939.5</v>
       </c>
       <c r="J540" s="2">
-        <v>-57.6</v>
+        <v>-64.8</v>
       </c>
       <c r="K540" s="2">
-        <v>-67.9</v>
+        <v>-67</v>
       </c>
       <c r="L540" s="2">
-        <v>-49.2</v>
+        <v>-63.3</v>
       </c>
       <c r="M540" s="2">
-        <v>-63.3</v>
+        <v>-70.9</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="2" t="s">
         <v>552</v>
       </c>
       <c r="B541" s="2">
-        <v>878</v>
+        <v>909</v>
       </c>
       <c r="C541" s="2">
-        <v>969</v>
+        <v>905.3</v>
       </c>
       <c r="D541" s="2">
-        <v>971.1</v>
+        <v>921.8</v>
       </c>
       <c r="E541" s="2">
-        <v>877.2</v>
+        <v>898</v>
       </c>
       <c r="F541" s="2">
-        <v>931</v>
+        <v>973.8</v>
       </c>
       <c r="G541" s="2">
-        <v>1017.8</v>
+        <v>972.6</v>
       </c>
       <c r="H541" s="2">
-        <v>1036.4</v>
+        <v>986.4</v>
       </c>
       <c r="I541" s="2">
-        <v>931</v>
+        <v>968.3</v>
       </c>
       <c r="J541" s="2">
-        <v>-53</v>
+        <v>-64.8</v>
       </c>
       <c r="K541" s="2">
-        <v>-48.8</v>
+        <v>-67.3</v>
       </c>
       <c r="L541" s="2">
-        <v>-65.3</v>
+        <v>-64.6</v>
       </c>
       <c r="M541" s="2">
-        <v>-53.8</v>
+        <v>-70.3</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="2" t="s">
         <v>553</v>
       </c>
       <c r="B542" s="2">
-        <v>895</v>
+        <v>892.9</v>
       </c>
       <c r="C542" s="2">
-        <v>877.8</v>
+        <v>905.3</v>
       </c>
       <c r="D542" s="2">
-        <v>900</v>
+        <v>918.6</v>
       </c>
       <c r="E542" s="2">
-        <v>872.8</v>
+        <v>888.8</v>
       </c>
       <c r="F542" s="2">
-        <v>962</v>
+        <v>969.8</v>
       </c>
       <c r="G542" s="2">
-        <v>938.7</v>
+        <v>973.8</v>
       </c>
       <c r="H542" s="2">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="I542" s="2">
-        <v>932.7</v>
+        <v>958</v>
       </c>
       <c r="J542" s="2">
-        <v>-67</v>
+        <v>-76.9</v>
       </c>
       <c r="K542" s="2">
-        <v>-60.9</v>
+        <v>-68.5</v>
       </c>
       <c r="L542" s="2">
-        <v>-62</v>
+        <v>-70.4</v>
       </c>
       <c r="M542" s="2">
-        <v>-59.9</v>
+        <v>-69.2</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" s="2" t="s">
         <v>554</v>
       </c>
       <c r="B543" s="2">
-        <v>866.5</v>
+        <v>915</v>
       </c>
       <c r="C543" s="2">
-        <v>883.7</v>
+        <v>891</v>
       </c>
       <c r="D543" s="2">
-        <v>895.8</v>
+        <v>934.7</v>
       </c>
       <c r="E543" s="2">
-        <v>857.3</v>
+        <v>890.4</v>
       </c>
       <c r="F543" s="2">
-        <v>935</v>
+        <v>990.1</v>
       </c>
       <c r="G543" s="2">
-        <v>947.4</v>
+        <v>960.4</v>
       </c>
       <c r="H543" s="2">
-        <v>962.2</v>
+        <v>1002.7</v>
       </c>
       <c r="I543" s="2">
-        <v>930.9</v>
+        <v>960.4</v>
       </c>
       <c r="J543" s="2">
-        <v>-68.5</v>
+        <v>-75.1</v>
       </c>
       <c r="K543" s="2">
-        <v>-63.7</v>
+        <v>-69.4</v>
       </c>
       <c r="L543" s="2">
-        <v>-66.4</v>
+        <v>-68</v>
       </c>
       <c r="M543" s="2">
-        <v>-73.6</v>
+        <v>-70</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="2" t="s">
         <v>555</v>
       </c>
       <c r="B544" s="2">
-        <v>865</v>
+        <v>930</v>
       </c>
       <c r="C544" s="2">
-        <v>857.3</v>
+        <v>920.1</v>
       </c>
       <c r="D544" s="2">
-        <v>872</v>
+        <v>961</v>
       </c>
       <c r="E544" s="2">
-        <v>842.3</v>
+        <v>910</v>
       </c>
       <c r="F544" s="2">
-        <v>950</v>
+        <v>990</v>
       </c>
       <c r="G544" s="2">
-        <v>935.6</v>
+        <v>992</v>
       </c>
       <c r="H544" s="2">
-        <v>955.9</v>
+        <v>1020.8</v>
       </c>
       <c r="I544" s="2">
-        <v>923.9</v>
+        <v>980.7</v>
       </c>
       <c r="J544" s="2">
-        <v>-85</v>
+        <v>-60</v>
       </c>
       <c r="K544" s="2">
-        <v>-78.3</v>
+        <v>-71.9</v>
       </c>
       <c r="L544" s="2">
-        <v>-83.9</v>
+        <v>-59.8</v>
       </c>
       <c r="M544" s="2">
-        <v>-81.6</v>
+        <v>-70.7</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="2" t="s">
         <v>556</v>
       </c>
       <c r="B545" s="2">
-        <v>861.1</v>
+        <v>972</v>
       </c>
       <c r="C545" s="2">
-        <v>864</v>
+        <v>928.6</v>
       </c>
       <c r="D545" s="2">
-        <v>875</v>
+        <v>980.4</v>
       </c>
       <c r="E545" s="2">
-        <v>855.7</v>
+        <v>918</v>
       </c>
       <c r="F545" s="2">
-        <v>935.8</v>
+        <v>1029.6</v>
       </c>
       <c r="G545" s="2">
-        <v>940</v>
+        <v>996.5</v>
       </c>
       <c r="H545" s="2">
-        <v>949.1</v>
+        <v>1029.6</v>
       </c>
       <c r="I545" s="2">
-        <v>930</v>
+        <v>981.3</v>
       </c>
       <c r="J545" s="2">
-        <v>-74.7</v>
+        <v>-57.6</v>
       </c>
       <c r="K545" s="2">
-        <v>-76</v>
+        <v>-67.9</v>
       </c>
       <c r="L545" s="2">
-        <v>-74.1</v>
+        <v>-49.2</v>
       </c>
       <c r="M545" s="2">
-        <v>-74.3</v>
+        <v>-63.3</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="2" t="s">
         <v>557</v>
       </c>
       <c r="B546" s="2">
-        <v>848.1</v>
+        <v>878</v>
       </c>
       <c r="C546" s="2">
-        <v>855.7</v>
+        <v>969</v>
       </c>
       <c r="D546" s="2">
-        <v>867.8</v>
+        <v>971.1</v>
       </c>
       <c r="E546" s="2">
-        <v>831.2</v>
+        <v>877.2</v>
       </c>
       <c r="F546" s="2">
-        <v>897.8</v>
+        <v>931</v>
       </c>
       <c r="G546" s="2">
-        <v>932</v>
+        <v>1017.8</v>
       </c>
       <c r="H546" s="2">
-        <v>944.7</v>
+        <v>1036.4</v>
       </c>
       <c r="I546" s="2">
-        <v>897.8</v>
+        <v>931</v>
       </c>
       <c r="J546" s="2">
-        <v>-49.7</v>
+        <v>-53</v>
       </c>
       <c r="K546" s="2">
-        <v>-76.3</v>
+        <v>-48.8</v>
       </c>
       <c r="L546" s="2">
-        <v>-76.9</v>
+        <v>-65.3</v>
       </c>
       <c r="M546" s="2">
-        <v>-66.6</v>
+        <v>-53.8</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="2" t="s">
         <v>558</v>
       </c>
       <c r="B547" s="2">
-        <v>872.1</v>
+        <v>895</v>
       </c>
       <c r="C547" s="2">
-        <v>847.9</v>
+        <v>877.8</v>
       </c>
       <c r="D547" s="2">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="E547" s="2">
-        <v>826.2</v>
+        <v>872.8</v>
       </c>
       <c r="F547" s="2">
-        <v>1036.2</v>
+        <v>962</v>
       </c>
       <c r="G547" s="2">
-        <v>983</v>
+        <v>938.7</v>
       </c>
       <c r="H547" s="2">
-        <v>1036.2</v>
+        <v>962</v>
       </c>
       <c r="I547" s="2">
-        <v>951.8</v>
+        <v>932.7</v>
       </c>
       <c r="J547" s="2">
-        <v>-164.1</v>
+        <v>-67</v>
       </c>
       <c r="K547" s="2">
-        <v>-135.1</v>
+        <v>-60.9</v>
       </c>
       <c r="L547" s="2">
-        <v>-146.2</v>
+        <v>-62</v>
       </c>
       <c r="M547" s="2">
-        <v>-125.6</v>
+        <v>-59.9</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="2" t="s">
         <v>559</v>
       </c>
       <c r="B548" s="2">
-        <v>880</v>
+        <v>866.5</v>
       </c>
       <c r="C548" s="2">
-        <v>861.5</v>
+        <v>883.7</v>
       </c>
       <c r="D548" s="2">
-        <v>888</v>
+        <v>895.8</v>
       </c>
       <c r="E548" s="2">
-        <v>852</v>
+        <v>857.3</v>
       </c>
       <c r="F548" s="2">
-        <v>1020</v>
+        <v>935</v>
       </c>
       <c r="G548" s="2">
-        <v>1006.4</v>
+        <v>947.4</v>
       </c>
       <c r="H548" s="2">
-        <v>1029.6</v>
+        <v>962.2</v>
       </c>
       <c r="I548" s="2">
-        <v>964.3</v>
+        <v>930.9</v>
       </c>
       <c r="J548" s="2">
-        <v>-140</v>
+        <v>-68.5</v>
       </c>
       <c r="K548" s="2">
-        <v>-144.9</v>
+        <v>-63.7</v>
       </c>
       <c r="L548" s="2">
-        <v>-141.6</v>
+        <v>-66.4</v>
       </c>
       <c r="M548" s="2">
-        <v>-112.3</v>
+        <v>-73.6</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" s="2" t="s">
         <v>560</v>
       </c>
       <c r="B549" s="2">
-        <v>905</v>
+        <v>865</v>
       </c>
       <c r="C549" s="2">
-        <v>874.8</v>
+        <v>857.3</v>
       </c>
       <c r="D549" s="2">
-        <v>920.7</v>
+        <v>872</v>
       </c>
       <c r="E549" s="2">
-        <v>866</v>
+        <v>842.3</v>
       </c>
       <c r="F549" s="2">
-        <v>1098</v>
+        <v>950</v>
       </c>
       <c r="G549" s="2">
-        <v>1016</v>
+        <v>935.6</v>
       </c>
       <c r="H549" s="2">
-        <v>1105</v>
+        <v>955.9</v>
       </c>
       <c r="I549" s="2">
-        <v>990.6</v>
+        <v>923.9</v>
       </c>
       <c r="J549" s="2">
-        <v>-193</v>
+        <v>-85</v>
       </c>
       <c r="K549" s="2">
-        <v>-141.2</v>
+        <v>-78.3</v>
       </c>
       <c r="L549" s="2">
-        <v>-184.3</v>
+        <v>-83.9</v>
       </c>
       <c r="M549" s="2">
-        <v>-124.6</v>
+        <v>-81.6</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" s="2" t="s">
         <v>561</v>
       </c>
       <c r="B550" s="2">
-        <v>895</v>
+        <v>861.1</v>
       </c>
       <c r="C550" s="2">
-        <v>901.6</v>
+        <v>864</v>
       </c>
       <c r="D550" s="2">
-        <v>930.7</v>
+        <v>875</v>
       </c>
       <c r="E550" s="2">
-        <v>894.4</v>
+        <v>855.7</v>
       </c>
       <c r="F550" s="2">
-        <v>976.9</v>
+        <v>935.8</v>
       </c>
       <c r="G550" s="2">
-        <v>994.3</v>
+        <v>940</v>
       </c>
       <c r="H550" s="2">
-        <v>1023</v>
+        <v>949.1</v>
       </c>
       <c r="I550" s="2">
         <v>930</v>
       </c>
       <c r="J550" s="2">
-        <v>-81.9</v>
+        <v>-74.7</v>
       </c>
       <c r="K550" s="2">
-        <v>-92.7</v>
+        <v>-76</v>
       </c>
       <c r="L550" s="2">
-        <v>-92.3</v>
+        <v>-74.1</v>
       </c>
       <c r="M550" s="2">
-        <v>-35.6</v>
+        <v>-74.3</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" s="2" t="s">
         <v>562</v>
       </c>
       <c r="B551" s="2">
-        <v>895.4</v>
+        <v>848.1</v>
       </c>
       <c r="C551" s="2">
-        <v>895.1</v>
+        <v>855.7</v>
       </c>
       <c r="D551" s="2">
-        <v>957</v>
+        <v>867.8</v>
       </c>
       <c r="E551" s="2">
-        <v>885</v>
+        <v>831.2</v>
       </c>
       <c r="F551" s="2">
-        <v>954.9</v>
+        <v>897.8</v>
       </c>
       <c r="G551" s="2">
-        <v>974</v>
+        <v>932</v>
       </c>
       <c r="H551" s="2">
-        <v>1046.5</v>
+        <v>944.7</v>
       </c>
       <c r="I551" s="2">
-        <v>940</v>
+        <v>897.8</v>
       </c>
       <c r="J551" s="2">
-        <v>-59.5</v>
+        <v>-49.7</v>
       </c>
       <c r="K551" s="2">
-        <v>-78.9</v>
+        <v>-76.3</v>
       </c>
       <c r="L551" s="2">
-        <v>-89.5</v>
+        <v>-76.9</v>
       </c>
       <c r="M551" s="2">
-        <v>-55</v>
+        <v>-66.6</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" s="2" t="s">
         <v>563</v>
       </c>
       <c r="B552" s="2">
-        <v>918</v>
+        <v>872.1</v>
       </c>
       <c r="C552" s="2">
-        <v>903.2</v>
+        <v>847.9</v>
       </c>
       <c r="D552" s="2">
-        <v>950</v>
+        <v>890</v>
       </c>
       <c r="E552" s="2">
-        <v>894.1</v>
+        <v>826.2</v>
       </c>
       <c r="F552" s="2">
-        <v>957</v>
+        <v>1036.2</v>
       </c>
       <c r="G552" s="2">
-        <v>958.8</v>
+        <v>983</v>
       </c>
       <c r="H552" s="2">
-        <v>982.6</v>
+        <v>1036.2</v>
       </c>
       <c r="I552" s="2">
-        <v>924.4</v>
+        <v>951.8</v>
       </c>
       <c r="J552" s="2">
-        <v>-39</v>
+        <v>-164.1</v>
       </c>
       <c r="K552" s="2">
-        <v>-55.6</v>
+        <v>-135.1</v>
       </c>
       <c r="L552" s="2">
-        <v>-32.6</v>
+        <v>-146.2</v>
       </c>
       <c r="M552" s="2">
-        <v>-30.3</v>
+        <v>-125.6</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B553" s="2">
+        <v>880</v>
+      </c>
+      <c r="C553" s="2">
+        <v>861.5</v>
+      </c>
+      <c r="D553" s="2">
+        <v>888</v>
+      </c>
+      <c r="E553" s="2">
+        <v>852</v>
+      </c>
+      <c r="F553" s="2">
+        <v>1020</v>
+      </c>
+      <c r="G553" s="2">
+        <v>1006.4</v>
+      </c>
+      <c r="H553" s="2">
+        <v>1029.6</v>
+      </c>
+      <c r="I553" s="2">
+        <v>964.3</v>
+      </c>
+      <c r="J553" s="2">
+        <v>-140</v>
+      </c>
+      <c r="K553" s="2">
+        <v>-144.9</v>
+      </c>
+      <c r="L553" s="2">
+        <v>-141.6</v>
+      </c>
+      <c r="M553" s="2">
+        <v>-112.3</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13">
+      <c r="A554" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="B554" s="2">
+        <v>905</v>
+      </c>
+      <c r="C554" s="2">
+        <v>874.8</v>
+      </c>
+      <c r="D554" s="2">
+        <v>920.7</v>
+      </c>
+      <c r="E554" s="2">
+        <v>866</v>
+      </c>
+      <c r="F554" s="2">
+        <v>1098</v>
+      </c>
+      <c r="G554" s="2">
+        <v>1016</v>
+      </c>
+      <c r="H554" s="2">
+        <v>1105</v>
+      </c>
+      <c r="I554" s="2">
+        <v>990.6</v>
+      </c>
+      <c r="J554" s="2">
+        <v>-193</v>
+      </c>
+      <c r="K554" s="2">
+        <v>-141.2</v>
+      </c>
+      <c r="L554" s="2">
+        <v>-184.3</v>
+      </c>
+      <c r="M554" s="2">
+        <v>-124.6</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13">
+      <c r="A555" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="B555" s="2">
+        <v>895</v>
+      </c>
+      <c r="C555" s="2">
+        <v>901.6</v>
+      </c>
+      <c r="D555" s="2">
+        <v>930.7</v>
+      </c>
+      <c r="E555" s="2">
+        <v>894.4</v>
+      </c>
+      <c r="F555" s="2">
+        <v>976.9</v>
+      </c>
+      <c r="G555" s="2">
+        <v>994.3</v>
+      </c>
+      <c r="H555" s="2">
+        <v>1023</v>
+      </c>
+      <c r="I555" s="2">
+        <v>930</v>
+      </c>
+      <c r="J555" s="2">
+        <v>-81.9</v>
+      </c>
+      <c r="K555" s="2">
+        <v>-92.7</v>
+      </c>
+      <c r="L555" s="2">
+        <v>-92.3</v>
+      </c>
+      <c r="M555" s="2">
+        <v>-35.6</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13">
+      <c r="A556" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="B556" s="2">
+        <v>895.4</v>
+      </c>
+      <c r="C556" s="2">
+        <v>895.1</v>
+      </c>
+      <c r="D556" s="2">
+        <v>957</v>
+      </c>
+      <c r="E556" s="2">
+        <v>885</v>
+      </c>
+      <c r="F556" s="2">
+        <v>954.9</v>
+      </c>
+      <c r="G556" s="2">
+        <v>974</v>
+      </c>
+      <c r="H556" s="2">
+        <v>1046.5</v>
+      </c>
+      <c r="I556" s="2">
+        <v>940</v>
+      </c>
+      <c r="J556" s="2">
+        <v>-59.5</v>
+      </c>
+      <c r="K556" s="2">
+        <v>-78.9</v>
+      </c>
+      <c r="L556" s="2">
+        <v>-89.5</v>
+      </c>
+      <c r="M556" s="2">
+        <v>-55</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13">
+      <c r="A557" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="B557" s="2">
+        <v>918</v>
+      </c>
+      <c r="C557" s="2">
+        <v>903.2</v>
+      </c>
+      <c r="D557" s="2">
+        <v>950</v>
+      </c>
+      <c r="E557" s="2">
+        <v>894.1</v>
+      </c>
+      <c r="F557" s="2">
+        <v>957</v>
+      </c>
+      <c r="G557" s="2">
+        <v>958.8</v>
+      </c>
+      <c r="H557" s="2">
+        <v>982.6</v>
+      </c>
+      <c r="I557" s="2">
+        <v>924.4</v>
+      </c>
+      <c r="J557" s="2">
+        <v>-39</v>
+      </c>
+      <c r="K557" s="2">
+        <v>-55.6</v>
+      </c>
+      <c r="L557" s="2">
+        <v>-32.6</v>
+      </c>
+      <c r="M557" s="2">
+        <v>-30.3</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13">
+      <c r="A558" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="B558" s="2">
         <v>770</v>
       </c>
-      <c r="C553" s="2">
+      <c r="C558" s="2">
         <v>916.3</v>
       </c>
-      <c r="D553" s="2">
+      <c r="D558" s="2">
         <v>932.9</v>
       </c>
-      <c r="E553" s="2">
+      <c r="E558" s="2">
         <v>770</v>
       </c>
-      <c r="F553" s="2">
+      <c r="F558" s="2">
         <v>846.4</v>
       </c>
-      <c r="G553" s="2">
+      <c r="G558" s="2">
         <v>936</v>
       </c>
-      <c r="H553" s="2">
+      <c r="H558" s="2">
         <v>936</v>
       </c>
-      <c r="I553" s="2">
+      <c r="I558" s="2">
         <v>800</v>
       </c>
-      <c r="J553" s="2">
+      <c r="J558" s="2">
         <v>-76.4</v>
       </c>
-      <c r="K553" s="2">
+      <c r="K558" s="2">
         <v>-19.7</v>
       </c>
-      <c r="L553" s="2">
+      <c r="L558" s="2">
         <v>-3.1</v>
       </c>
-      <c r="M553" s="2">
+      <c r="M558" s="2">
         <v>-30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M29"/>
+  <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:M29"/>
+      <selection activeCell="A1" sqref="A1:M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="B2" s="2">
-        <v>115.93</v>
+        <v>453.04</v>
       </c>
       <c r="C2" s="2">
-        <v>-193.5</v>
+        <v>421</v>
       </c>
       <c r="D2" s="2">
-        <v>431</v>
+        <v>509.3</v>
       </c>
       <c r="E2" s="2">
-        <v>97.56</v>
+        <v>469.1</v>
       </c>
       <c r="F2" s="2">
-        <v>-235</v>
+        <v>414.5</v>
       </c>
       <c r="G2" s="2">
-        <v>426.5</v>
+        <v>517</v>
       </c>
       <c r="H2" s="2">
-        <v>112.8</v>
+        <v>477</v>
       </c>
       <c r="I2" s="2">
-        <v>-218.4</v>
+        <v>425.9</v>
       </c>
       <c r="J2" s="2">
-        <v>446.3</v>
+        <v>531</v>
       </c>
       <c r="K2" s="2">
-        <v>87.69</v>
+        <v>442.46</v>
       </c>
       <c r="L2" s="2">
-        <v>-235</v>
+        <v>405.3</v>
       </c>
       <c r="M2" s="2">
-        <v>429.5</v>
+        <v>496.1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="B3" s="2">
-        <v>187.69</v>
+        <v>115.93</v>
       </c>
       <c r="C3" s="2">
-        <v>-572</v>
+        <v>-193.5</v>
       </c>
       <c r="D3" s="2">
-        <v>551.2</v>
+        <v>431</v>
       </c>
       <c r="E3" s="2">
-        <v>186.52</v>
+        <v>97.56</v>
       </c>
       <c r="F3" s="2">
-        <v>-568.1</v>
+        <v>-235</v>
       </c>
       <c r="G3" s="2">
-        <v>449.9</v>
+        <v>426.5</v>
       </c>
       <c r="H3" s="2">
-        <v>197.79</v>
+        <v>112.8</v>
       </c>
       <c r="I3" s="2">
-        <v>-576.5</v>
+        <v>-218.4</v>
       </c>
       <c r="J3" s="2">
-        <v>532</v>
+        <v>446.3</v>
       </c>
       <c r="K3" s="2">
-        <v>188.74</v>
+        <v>87.69</v>
       </c>
       <c r="L3" s="2">
-        <v>-463.2</v>
+        <v>-235</v>
       </c>
       <c r="M3" s="2">
-        <v>441.7</v>
+        <v>429.5</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="2" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="B4" s="2">
-        <v>-473.72</v>
+        <v>187.69</v>
       </c>
       <c r="C4" s="2">
-        <v>-635.8</v>
+        <v>-572</v>
       </c>
       <c r="D4" s="2">
-        <v>-302.2</v>
+        <v>551.2</v>
       </c>
       <c r="E4" s="2">
-        <v>-491.3</v>
+        <v>186.52</v>
       </c>
       <c r="F4" s="2">
-        <v>-641.3</v>
+        <v>-568.1</v>
       </c>
       <c r="G4" s="2">
-        <v>-349.5</v>
+        <v>449.9</v>
       </c>
       <c r="H4" s="2">
-        <v>-490.32</v>
+        <v>197.79</v>
       </c>
       <c r="I4" s="2">
-        <v>-642.8</v>
+        <v>-576.5</v>
       </c>
       <c r="J4" s="2">
-        <v>-350.1</v>
+        <v>532</v>
       </c>
       <c r="K4" s="2">
-        <v>-468.65</v>
+        <v>188.74</v>
       </c>
       <c r="L4" s="2">
-        <v>-622</v>
+        <v>-463.2</v>
       </c>
       <c r="M4" s="2">
-        <v>-302.8</v>
+        <v>441.7</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="2" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B5" s="2">
-        <v>-335.24</v>
+        <v>-473.72</v>
       </c>
       <c r="C5" s="2">
-        <v>-421.9</v>
+        <v>-635.8</v>
       </c>
       <c r="D5" s="2">
-        <v>-254.1</v>
+        <v>-302.2</v>
       </c>
       <c r="E5" s="2">
-        <v>-339.61</v>
+        <v>-491.3</v>
       </c>
       <c r="F5" s="2">
-        <v>-420.9</v>
+        <v>-641.3</v>
       </c>
       <c r="G5" s="2">
-        <v>-255.4</v>
+        <v>-349.5</v>
       </c>
       <c r="H5" s="2">
-        <v>-338.35</v>
+        <v>-490.32</v>
       </c>
       <c r="I5" s="2">
-        <v>-427.1</v>
+        <v>-642.8</v>
       </c>
       <c r="J5" s="2">
-        <v>-253.4</v>
+        <v>-350.1</v>
       </c>
       <c r="K5" s="2">
-        <v>-330.64</v>
+        <v>-468.65</v>
       </c>
       <c r="L5" s="2">
-        <v>-409.9</v>
+        <v>-622</v>
       </c>
       <c r="M5" s="2">
-        <v>-261.8</v>
+        <v>-302.8</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="2" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B6" s="2">
-        <v>66.9</v>
+        <v>-335.24</v>
       </c>
       <c r="C6" s="2">
-        <v>-626</v>
+        <v>-421.9</v>
       </c>
       <c r="D6" s="2">
-        <v>643</v>
+        <v>-254.1</v>
       </c>
       <c r="E6" s="2">
-        <v>63.49</v>
+        <v>-339.61</v>
       </c>
       <c r="F6" s="2">
-        <v>-699.2</v>
+        <v>-420.9</v>
       </c>
       <c r="G6" s="2">
-        <v>648.6</v>
+        <v>-255.4</v>
       </c>
       <c r="H6" s="2">
-        <v>80.13</v>
+        <v>-338.35</v>
       </c>
       <c r="I6" s="2">
-        <v>-640.7</v>
+        <v>-427.1</v>
       </c>
       <c r="J6" s="2">
-        <v>665.6</v>
+        <v>-253.4</v>
       </c>
       <c r="K6" s="2">
-        <v>49.92</v>
+        <v>-330.64</v>
       </c>
       <c r="L6" s="2">
-        <v>-666.4</v>
+        <v>-409.9</v>
       </c>
       <c r="M6" s="2">
-        <v>622.8</v>
+        <v>-261.8</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="2" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="B7" s="2">
+        <v>66.9</v>
+      </c>
+      <c r="C7" s="2">
+        <v>-626</v>
+      </c>
+      <c r="D7" s="2">
+        <v>643</v>
+      </c>
+      <c r="E7" s="2">
+        <v>63.49</v>
+      </c>
+      <c r="F7" s="2">
+        <v>-699.2</v>
+      </c>
+      <c r="G7" s="2">
+        <v>648.6</v>
+      </c>
+      <c r="H7" s="2">
+        <v>80.13</v>
+      </c>
+      <c r="I7" s="2">
+        <v>-640.7</v>
+      </c>
+      <c r="J7" s="2">
+        <v>665.6</v>
+      </c>
+      <c r="K7" s="2">
+        <v>49.92</v>
+      </c>
+      <c r="L7" s="2">
+        <v>-666.4</v>
+      </c>
+      <c r="M7" s="2">
         <v>622.8</v>
-      </c>
-[...31 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="2" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B8" s="2">
-        <v>91.85</v>
+        <v>622.8</v>
       </c>
       <c r="C8" s="2">
-        <v>-566</v>
+        <v>412.6</v>
       </c>
       <c r="D8" s="2">
-        <v>749</v>
+        <v>816.3</v>
       </c>
       <c r="E8" s="2">
-        <v>60.14</v>
+        <v>608.61</v>
       </c>
       <c r="F8" s="2">
-        <v>-595</v>
+        <v>422.4</v>
       </c>
       <c r="G8" s="2">
-        <v>738.6</v>
+        <v>816.1</v>
       </c>
       <c r="H8" s="2">
-        <v>85.58</v>
+        <v>640.31</v>
       </c>
       <c r="I8" s="2">
-        <v>-564</v>
+        <v>449</v>
       </c>
       <c r="J8" s="2">
-        <v>755.5</v>
+        <v>831.1</v>
       </c>
       <c r="K8" s="2">
-        <v>59.62</v>
+        <v>591.79</v>
       </c>
       <c r="L8" s="2">
-        <v>-550</v>
+        <v>416</v>
       </c>
       <c r="M8" s="2">
-        <v>678.9</v>
+        <v>785</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B9" s="2">
-        <v>-104.81</v>
+        <v>91.85</v>
       </c>
       <c r="C9" s="2">
-        <v>-235.6</v>
+        <v>-566</v>
       </c>
       <c r="D9" s="2">
-        <v>60</v>
+        <v>749</v>
       </c>
       <c r="E9" s="2">
-        <v>-118.7</v>
+        <v>60.14</v>
       </c>
       <c r="F9" s="2">
-        <v>-247.9</v>
+        <v>-595</v>
       </c>
       <c r="G9" s="2">
-        <v>61</v>
+        <v>738.6</v>
       </c>
       <c r="H9" s="2">
-        <v>-117.31</v>
+        <v>85.58</v>
       </c>
       <c r="I9" s="2">
-        <v>-234</v>
+        <v>-564</v>
       </c>
       <c r="J9" s="2">
-        <v>22</v>
+        <v>755.5</v>
       </c>
       <c r="K9" s="2">
-        <v>-116.22</v>
+        <v>59.62</v>
       </c>
       <c r="L9" s="2">
-        <v>-220</v>
+        <v>-550</v>
       </c>
       <c r="M9" s="2">
-        <v>77.1</v>
+        <v>678.9</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B10" s="2">
-        <v>-60.7</v>
+        <v>-104.81</v>
       </c>
       <c r="C10" s="2">
-        <v>-464</v>
+        <v>-235.6</v>
       </c>
       <c r="D10" s="2">
-        <v>552</v>
+        <v>60</v>
       </c>
       <c r="E10" s="2">
-        <v>-83.51</v>
+        <v>-118.7</v>
       </c>
       <c r="F10" s="2">
-        <v>-581.9</v>
+        <v>-247.9</v>
       </c>
       <c r="G10" s="2">
-        <v>347</v>
+        <v>61</v>
       </c>
       <c r="H10" s="2">
-        <v>-62.67</v>
+        <v>-117.31</v>
       </c>
       <c r="I10" s="2">
-        <v>-546</v>
+        <v>-234</v>
       </c>
       <c r="J10" s="2">
-        <v>571.6</v>
+        <v>22</v>
       </c>
       <c r="K10" s="2">
-        <v>-90.42</v>
+        <v>-116.22</v>
       </c>
       <c r="L10" s="2">
-        <v>-509.6</v>
+        <v>-220</v>
       </c>
       <c r="M10" s="2">
-        <v>351</v>
+        <v>77.1</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B11" s="2">
-        <v>-282.71</v>
+        <v>-60.7</v>
       </c>
       <c r="C11" s="2">
-        <v>-503.1</v>
+        <v>-464</v>
       </c>
       <c r="D11" s="2">
-        <v>261</v>
+        <v>552</v>
       </c>
       <c r="E11" s="2">
-        <v>-298.68</v>
+        <v>-83.51</v>
       </c>
       <c r="F11" s="2">
-        <v>-494.4</v>
+        <v>-581.9</v>
       </c>
       <c r="G11" s="2">
-        <v>278.3</v>
+        <v>347</v>
       </c>
       <c r="H11" s="2">
-        <v>-299.52</v>
+        <v>-62.67</v>
       </c>
       <c r="I11" s="2">
-        <v>-504</v>
+        <v>-546</v>
       </c>
       <c r="J11" s="2">
-        <v>246.8</v>
+        <v>571.6</v>
       </c>
       <c r="K11" s="2">
-        <v>-270.59</v>
+        <v>-90.42</v>
       </c>
       <c r="L11" s="2">
-        <v>-463.3</v>
+        <v>-509.6</v>
       </c>
       <c r="M11" s="2">
-        <v>240.9</v>
+        <v>351</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="B12" s="2">
-        <v>216.16</v>
+        <v>-282.71</v>
       </c>
       <c r="C12" s="2">
-        <v>-772.2</v>
+        <v>-503.1</v>
       </c>
       <c r="D12" s="2">
-        <v>659</v>
+        <v>261</v>
       </c>
       <c r="E12" s="2">
-        <v>218.85</v>
+        <v>-298.68</v>
       </c>
       <c r="F12" s="2">
-        <v>-786.6</v>
+        <v>-494.4</v>
       </c>
       <c r="G12" s="2">
-        <v>755.5</v>
+        <v>278.3</v>
       </c>
       <c r="H12" s="2">
-        <v>220.67</v>
+        <v>-299.52</v>
       </c>
       <c r="I12" s="2">
-        <v>-770.8</v>
+        <v>-504</v>
       </c>
       <c r="J12" s="2">
-        <v>722</v>
+        <v>246.8</v>
       </c>
       <c r="K12" s="2">
-        <v>199.69</v>
+        <v>-270.59</v>
       </c>
       <c r="L12" s="2">
-        <v>-803.2</v>
+        <v>-463.3</v>
       </c>
       <c r="M12" s="2">
-        <v>706</v>
+        <v>240.9</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B13" s="2">
-        <v>855.45</v>
+        <v>216.16</v>
       </c>
       <c r="C13" s="2">
-        <v>628.6</v>
+        <v>-772.2</v>
       </c>
       <c r="D13" s="2">
-        <v>1002</v>
+        <v>659</v>
       </c>
       <c r="E13" s="2">
-        <v>849.67</v>
+        <v>218.85</v>
       </c>
       <c r="F13" s="2">
-        <v>603.4</v>
+        <v>-786.6</v>
       </c>
       <c r="G13" s="2">
-        <v>981.4</v>
+        <v>755.5</v>
       </c>
       <c r="H13" s="2">
-        <v>866.81</v>
+        <v>220.67</v>
       </c>
       <c r="I13" s="2">
-        <v>617</v>
+        <v>-770.8</v>
       </c>
       <c r="J13" s="2">
-        <v>988</v>
+        <v>722</v>
       </c>
       <c r="K13" s="2">
-        <v>828.42</v>
+        <v>199.69</v>
       </c>
       <c r="L13" s="2">
-        <v>597.9</v>
+        <v>-803.2</v>
       </c>
       <c r="M13" s="2">
-        <v>993.3</v>
+        <v>706</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B14" s="2">
-        <v>1101.42</v>
+        <v>855.45</v>
       </c>
       <c r="C14" s="2">
-        <v>-346.1</v>
+        <v>628.6</v>
       </c>
       <c r="D14" s="2">
-        <v>1548</v>
+        <v>1002</v>
       </c>
       <c r="E14" s="2">
-        <v>1084.9</v>
+        <v>849.67</v>
       </c>
       <c r="F14" s="2">
-        <v>-274.8</v>
+        <v>603.4</v>
       </c>
       <c r="G14" s="2">
-        <v>1576.4</v>
+        <v>981.4</v>
       </c>
       <c r="H14" s="2">
-        <v>1119.48</v>
+        <v>866.81</v>
       </c>
       <c r="I14" s="2">
-        <v>-240.1</v>
+        <v>617</v>
       </c>
       <c r="J14" s="2">
-        <v>1526</v>
+        <v>988</v>
       </c>
       <c r="K14" s="2">
-        <v>1054.21</v>
+        <v>828.42</v>
       </c>
       <c r="L14" s="2">
-        <v>-277.1</v>
+        <v>597.9</v>
       </c>
       <c r="M14" s="2">
-        <v>1450</v>
+        <v>993.3</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="B15" s="2">
-        <v>796.52</v>
+        <v>1101.42</v>
       </c>
       <c r="C15" s="2">
-        <v>430</v>
+        <v>-346.1</v>
       </c>
       <c r="D15" s="2">
-        <v>1487</v>
+        <v>1548</v>
       </c>
       <c r="E15" s="2">
-        <v>812.84</v>
+        <v>1084.9</v>
       </c>
       <c r="F15" s="2">
-        <v>436.4</v>
+        <v>-274.8</v>
       </c>
       <c r="G15" s="2">
-        <v>1435.8</v>
+        <v>1576.4</v>
       </c>
       <c r="H15" s="2">
-        <v>820.9</v>
+        <v>1119.48</v>
       </c>
       <c r="I15" s="2">
-        <v>429</v>
+        <v>-240.1</v>
       </c>
       <c r="J15" s="2">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="K15" s="2">
-        <v>775.78</v>
+        <v>1054.21</v>
       </c>
       <c r="L15" s="2">
-        <v>424.2</v>
+        <v>-277.1</v>
       </c>
       <c r="M15" s="2">
-        <v>1442</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B16" s="2">
-        <v>577.11</v>
+        <v>796.52</v>
       </c>
       <c r="C16" s="2">
-        <v>305</v>
+        <v>430</v>
       </c>
       <c r="D16" s="2">
-        <v>871.3</v>
+        <v>1487</v>
       </c>
       <c r="E16" s="2">
-        <v>564.75</v>
+        <v>812.84</v>
       </c>
       <c r="F16" s="2">
-        <v>274.4</v>
+        <v>436.4</v>
       </c>
       <c r="G16" s="2">
-        <v>790</v>
+        <v>1435.8</v>
       </c>
       <c r="H16" s="2">
-        <v>599.12</v>
+        <v>820.9</v>
       </c>
       <c r="I16" s="2">
-        <v>305</v>
+        <v>429</v>
       </c>
       <c r="J16" s="2">
-        <v>864</v>
+        <v>1528</v>
       </c>
       <c r="K16" s="2">
-        <v>541.61</v>
+        <v>775.78</v>
       </c>
       <c r="L16" s="2">
-        <v>291.1</v>
+        <v>424.2</v>
       </c>
       <c r="M16" s="2">
-        <v>788.6</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B17" s="2">
-        <v>380.1</v>
+        <v>577.11</v>
       </c>
       <c r="C17" s="2">
-        <v>-641</v>
+        <v>305</v>
       </c>
       <c r="D17" s="2">
-        <v>1381.1</v>
+        <v>871.3</v>
       </c>
       <c r="E17" s="2">
-        <v>377.34</v>
+        <v>564.75</v>
       </c>
       <c r="F17" s="2">
-        <v>-635.1</v>
+        <v>274.4</v>
       </c>
       <c r="G17" s="2">
-        <v>1516</v>
+        <v>790</v>
       </c>
       <c r="H17" s="2">
-        <v>396</v>
+        <v>599.12</v>
       </c>
       <c r="I17" s="2">
-        <v>-559</v>
+        <v>305</v>
       </c>
       <c r="J17" s="2">
-        <v>1527.9</v>
+        <v>864</v>
       </c>
       <c r="K17" s="2">
-        <v>363.13</v>
+        <v>541.61</v>
       </c>
       <c r="L17" s="2">
-        <v>-603.6</v>
+        <v>291.1</v>
       </c>
       <c r="M17" s="2">
-        <v>1369.1</v>
+        <v>788.6</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="2" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B18" s="2">
-        <v>1314.52</v>
+        <v>380.1</v>
       </c>
       <c r="C18" s="2">
-        <v>421</v>
+        <v>-641</v>
       </c>
       <c r="D18" s="2">
-        <v>2449.4</v>
+        <v>1381.1</v>
       </c>
       <c r="E18" s="2">
-        <v>1295.07</v>
+        <v>377.34</v>
       </c>
       <c r="F18" s="2">
-        <v>323.9</v>
+        <v>-635.1</v>
       </c>
       <c r="G18" s="2">
-        <v>2540.7</v>
+        <v>1516</v>
       </c>
       <c r="H18" s="2">
-        <v>1274.98</v>
+        <v>396</v>
       </c>
       <c r="I18" s="2">
-        <v>383.2</v>
+        <v>-559</v>
       </c>
       <c r="J18" s="2">
-        <v>2419</v>
+        <v>1527.9</v>
       </c>
       <c r="K18" s="2">
-        <v>1330.76</v>
+        <v>363.13</v>
       </c>
       <c r="L18" s="2">
-        <v>336</v>
+        <v>-603.6</v>
       </c>
       <c r="M18" s="2">
-        <v>2485.7</v>
+        <v>1369.1</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="B19" s="2">
-        <v>1016.28</v>
+        <v>1314.52</v>
       </c>
       <c r="C19" s="2">
-        <v>836</v>
+        <v>421</v>
       </c>
       <c r="D19" s="2">
-        <v>1215</v>
+        <v>2449.4</v>
       </c>
       <c r="E19" s="2">
-        <v>1003.12</v>
+        <v>1295.07</v>
       </c>
       <c r="F19" s="2">
-        <v>826.7</v>
+        <v>323.9</v>
       </c>
       <c r="G19" s="2">
-        <v>1247.2</v>
+        <v>2540.7</v>
       </c>
       <c r="H19" s="2">
-        <v>947.38</v>
+        <v>1274.98</v>
       </c>
       <c r="I19" s="2">
-        <v>744</v>
+        <v>383.2</v>
       </c>
       <c r="J19" s="2">
-        <v>1155.3</v>
+        <v>2419</v>
       </c>
       <c r="K19" s="2">
-        <v>1046.54</v>
+        <v>1330.76</v>
       </c>
       <c r="L19" s="2">
-        <v>856</v>
+        <v>336</v>
       </c>
       <c r="M19" s="2">
-        <v>1221.9</v>
+        <v>2485.7</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="2" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B20" s="2">
-        <v>556.84</v>
+        <v>1016.28</v>
       </c>
       <c r="C20" s="2">
-        <v>-26</v>
+        <v>836</v>
       </c>
       <c r="D20" s="2">
-        <v>1019</v>
+        <v>1215</v>
       </c>
       <c r="E20" s="2">
-        <v>544.07</v>
+        <v>1003.12</v>
       </c>
       <c r="F20" s="2">
-        <v>-67.5</v>
+        <v>826.7</v>
       </c>
       <c r="G20" s="2">
-        <v>1037.3</v>
+        <v>1247.2</v>
       </c>
       <c r="H20" s="2">
-        <v>530.34</v>
+        <v>947.38</v>
       </c>
       <c r="I20" s="2">
-        <v>-139.5</v>
+        <v>744</v>
       </c>
       <c r="J20" s="2">
-        <v>1013</v>
+        <v>1155.3</v>
       </c>
       <c r="K20" s="2">
-        <v>527.29</v>
+        <v>1046.54</v>
       </c>
       <c r="L20" s="2">
-        <v>-48</v>
+        <v>856</v>
       </c>
       <c r="M20" s="2">
-        <v>1063.8</v>
+        <v>1221.9</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="2" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B21" s="2">
-        <v>86.5</v>
+        <v>556.84</v>
       </c>
       <c r="C21" s="2">
-        <v>-261.2</v>
+        <v>-26</v>
       </c>
       <c r="D21" s="2">
-        <v>250.1</v>
+        <v>1019</v>
       </c>
       <c r="E21" s="2">
-        <v>85.46</v>
+        <v>544.07</v>
       </c>
       <c r="F21" s="2">
-        <v>-244.5</v>
+        <v>-67.5</v>
       </c>
       <c r="G21" s="2">
-        <v>234.3</v>
+        <v>1037.3</v>
       </c>
       <c r="H21" s="2">
-        <v>84.12</v>
+        <v>530.34</v>
       </c>
       <c r="I21" s="2">
-        <v>-236</v>
+        <v>-139.5</v>
       </c>
       <c r="J21" s="2">
-        <v>233.9</v>
+        <v>1013</v>
       </c>
       <c r="K21" s="2">
-        <v>95.46</v>
+        <v>527.29</v>
       </c>
       <c r="L21" s="2">
-        <v>-274</v>
+        <v>-48</v>
       </c>
       <c r="M21" s="2">
-        <v>243</v>
+        <v>1063.8</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="2" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="B22" s="2">
-        <v>208.79</v>
+        <v>86.5</v>
       </c>
       <c r="C22" s="2">
-        <v>-248.8</v>
+        <v>-261.2</v>
       </c>
       <c r="D22" s="2">
-        <v>355</v>
+        <v>250.1</v>
       </c>
       <c r="E22" s="2">
-        <v>202.94</v>
+        <v>85.46</v>
       </c>
       <c r="F22" s="2">
-        <v>-265</v>
+        <v>-244.5</v>
       </c>
       <c r="G22" s="2">
-        <v>349.8</v>
+        <v>234.3</v>
       </c>
       <c r="H22" s="2">
-        <v>216.52</v>
+        <v>84.12</v>
       </c>
       <c r="I22" s="2">
-        <v>-239</v>
+        <v>-236</v>
       </c>
       <c r="J22" s="2">
-        <v>355</v>
+        <v>233.9</v>
       </c>
       <c r="K22" s="2">
-        <v>197.62</v>
+        <v>95.46</v>
       </c>
       <c r="L22" s="2">
-        <v>-301</v>
+        <v>-274</v>
       </c>
       <c r="M22" s="2">
-        <v>347.2</v>
+        <v>243</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="2" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="B23" s="2">
-        <v>306.53</v>
+        <v>208.79</v>
       </c>
       <c r="C23" s="2">
-        <v>208.1</v>
+        <v>-248.8</v>
       </c>
       <c r="D23" s="2">
-        <v>399.9</v>
+        <v>355</v>
       </c>
       <c r="E23" s="2">
-        <v>322.65</v>
+        <v>202.94</v>
       </c>
       <c r="F23" s="2">
-        <v>243.2</v>
+        <v>-265</v>
       </c>
       <c r="G23" s="2">
-        <v>435.9</v>
+        <v>349.8</v>
       </c>
       <c r="H23" s="2">
-        <v>322.66</v>
+        <v>216.52</v>
       </c>
       <c r="I23" s="2">
-        <v>244.1</v>
+        <v>-239</v>
       </c>
       <c r="J23" s="2">
-        <v>420</v>
+        <v>355</v>
       </c>
       <c r="K23" s="2">
-        <v>312.69</v>
+        <v>197.62</v>
       </c>
       <c r="L23" s="2">
-        <v>247</v>
+        <v>-301</v>
       </c>
       <c r="M23" s="2">
-        <v>400</v>
+        <v>347.2</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="B24" s="2">
-        <v>220.94</v>
+        <v>306.53</v>
       </c>
       <c r="C24" s="2">
-        <v>56.7</v>
+        <v>208.1</v>
       </c>
       <c r="D24" s="2">
-        <v>339.8</v>
+        <v>399.9</v>
       </c>
       <c r="E24" s="2">
-        <v>217.9</v>
+        <v>322.65</v>
       </c>
       <c r="F24" s="2">
-        <v>94.8</v>
+        <v>243.2</v>
       </c>
       <c r="G24" s="2">
-        <v>348.7</v>
+        <v>435.9</v>
       </c>
       <c r="H24" s="2">
-        <v>229.01</v>
+        <v>322.66</v>
       </c>
       <c r="I24" s="2">
-        <v>105</v>
+        <v>244.1</v>
       </c>
       <c r="J24" s="2">
-        <v>348.7</v>
+        <v>420</v>
       </c>
       <c r="K24" s="2">
-        <v>207.06</v>
+        <v>312.69</v>
       </c>
       <c r="L24" s="2">
-        <v>99</v>
+        <v>247</v>
       </c>
       <c r="M24" s="2">
-        <v>278.1</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="2" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="B25" s="2">
-        <v>16.3</v>
+        <v>220.94</v>
       </c>
       <c r="C25" s="2">
-        <v>-124</v>
+        <v>56.7</v>
       </c>
       <c r="D25" s="2">
-        <v>303.2</v>
+        <v>339.8</v>
       </c>
       <c r="E25" s="2">
-        <v>16.21</v>
+        <v>217.9</v>
       </c>
       <c r="F25" s="2">
-        <v>-121.7</v>
+        <v>94.8</v>
       </c>
       <c r="G25" s="2">
-        <v>294.8</v>
+        <v>348.7</v>
       </c>
       <c r="H25" s="2">
-        <v>14.31</v>
+        <v>229.01</v>
       </c>
       <c r="I25" s="2">
-        <v>-152</v>
+        <v>105</v>
       </c>
       <c r="J25" s="2">
-        <v>356</v>
+        <v>348.7</v>
       </c>
       <c r="K25" s="2">
-        <v>11.01</v>
+        <v>207.06</v>
       </c>
       <c r="L25" s="2">
-        <v>-119</v>
+        <v>99</v>
       </c>
       <c r="M25" s="2">
-        <v>265.9</v>
+        <v>278.1</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="2" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B26" s="2">
-        <v>-25.15</v>
+        <v>16.3</v>
       </c>
       <c r="C26" s="2">
-        <v>-37.5</v>
+        <v>-124</v>
       </c>
       <c r="D26" s="2">
-        <v>-9.9</v>
+        <v>303.2</v>
       </c>
       <c r="E26" s="2">
-        <v>-27.69</v>
+        <v>16.21</v>
       </c>
       <c r="F26" s="2">
-        <v>-57.3</v>
+        <v>-121.7</v>
       </c>
       <c r="G26" s="2">
-        <v>-15.9</v>
+        <v>294.8</v>
       </c>
       <c r="H26" s="2">
-        <v>-26.56</v>
+        <v>14.31</v>
       </c>
       <c r="I26" s="2">
-        <v>-55.9</v>
+        <v>-152</v>
       </c>
       <c r="J26" s="2">
-        <v>-12.7</v>
+        <v>356</v>
       </c>
       <c r="K26" s="2">
-        <v>-26.12</v>
+        <v>11.01</v>
       </c>
       <c r="L26" s="2">
-        <v>-37</v>
+        <v>-119</v>
       </c>
       <c r="M26" s="2">
-        <v>-14.6</v>
+        <v>265.9</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="2" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B27" s="2">
-        <v>-27.13</v>
+        <v>-25.15</v>
       </c>
       <c r="C27" s="2">
-        <v>-48.2</v>
+        <v>-37.5</v>
       </c>
       <c r="D27" s="2">
-        <v>-13.1</v>
+        <v>-9.9</v>
       </c>
       <c r="E27" s="2">
-        <v>-26.16</v>
+        <v>-27.69</v>
       </c>
       <c r="F27" s="2">
-        <v>-42.6</v>
+        <v>-57.3</v>
       </c>
       <c r="G27" s="2">
-        <v>-11</v>
+        <v>-15.9</v>
       </c>
       <c r="H27" s="2">
-        <v>-28.32</v>
+        <v>-26.56</v>
       </c>
       <c r="I27" s="2">
-        <v>-45.1</v>
+        <v>-55.9</v>
       </c>
       <c r="J27" s="2">
-        <v>-20.5</v>
+        <v>-12.7</v>
       </c>
       <c r="K27" s="2">
-        <v>-26.05</v>
+        <v>-26.12</v>
       </c>
       <c r="L27" s="2">
-        <v>-36.6</v>
+        <v>-37</v>
       </c>
       <c r="M27" s="2">
-        <v>-13.2</v>
+        <v>-14.6</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="2" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="B28" s="2">
-        <v>-58.78</v>
+        <v>-27.13</v>
       </c>
       <c r="C28" s="2">
-        <v>-76.9</v>
+        <v>-48.2</v>
       </c>
       <c r="D28" s="2">
-        <v>-40.2</v>
+        <v>-13.1</v>
       </c>
       <c r="E28" s="2">
-        <v>-57.58</v>
+        <v>-26.16</v>
       </c>
       <c r="F28" s="2">
-        <v>-71.9</v>
+        <v>-42.6</v>
       </c>
       <c r="G28" s="2">
-        <v>-31.3</v>
+        <v>-11</v>
       </c>
       <c r="H28" s="2">
-        <v>-57.74</v>
+        <v>-28.32</v>
       </c>
       <c r="I28" s="2">
-        <v>-70.4</v>
+        <v>-45.1</v>
       </c>
       <c r="J28" s="2">
-        <v>-39.6</v>
+        <v>-20.5</v>
       </c>
       <c r="K28" s="2">
-        <v>-59.4</v>
+        <v>-26.05</v>
       </c>
       <c r="L28" s="2">
-        <v>-73.6</v>
+        <v>-36.6</v>
       </c>
       <c r="M28" s="2">
-        <v>-28.3</v>
+        <v>-13.2</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="2" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B29" s="2">
+        <v>-58.78</v>
+      </c>
+      <c r="C29" s="2">
+        <v>-76.9</v>
+      </c>
+      <c r="D29" s="2">
+        <v>-40.2</v>
+      </c>
+      <c r="E29" s="2">
+        <v>-57.58</v>
+      </c>
+      <c r="F29" s="2">
+        <v>-71.9</v>
+      </c>
+      <c r="G29" s="2">
+        <v>-31.3</v>
+      </c>
+      <c r="H29" s="2">
+        <v>-57.74</v>
+      </c>
+      <c r="I29" s="2">
+        <v>-70.4</v>
+      </c>
+      <c r="J29" s="2">
+        <v>-39.6</v>
+      </c>
+      <c r="K29" s="2">
+        <v>-59.4</v>
+      </c>
+      <c r="L29" s="2">
+        <v>-73.6</v>
+      </c>
+      <c r="M29" s="2">
+        <v>-28.3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13">
+      <c r="A30" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="B30" s="2">
         <v>-96.33</v>
       </c>
-      <c r="C29" s="2">
+      <c r="C30" s="2">
         <v>-193</v>
       </c>
-      <c r="D29" s="2">
+      <c r="D30" s="2">
         <v>-39</v>
       </c>
-      <c r="E29" s="2">
+      <c r="E30" s="2">
         <v>-89.87</v>
       </c>
-      <c r="F29" s="2">
+      <c r="F30" s="2">
         <v>-144.9</v>
       </c>
-      <c r="G29" s="2">
+      <c r="G30" s="2">
         <v>-19.7</v>
       </c>
-      <c r="H29" s="2">
+      <c r="H30" s="2">
         <v>-92.45</v>
       </c>
-      <c r="I29" s="2">
+      <c r="I30" s="2">
         <v>-184.3</v>
       </c>
-      <c r="J29" s="2">
+      <c r="J30" s="2">
         <v>-3.1</v>
       </c>
-      <c r="K29" s="2">
+      <c r="K30" s="2">
         <v>-73.59</v>
       </c>
-      <c r="L29" s="2">
+      <c r="L30" s="2">
         <v>-125.6</v>
       </c>
-      <c r="M29" s="2">
+      <c r="M30" s="2">
         <v>-30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2">
         <v>2025</v>
       </c>
       <c r="B2" s="2">
-        <v>-4.03</v>
+        <v>6.13</v>
       </c>
       <c r="C2" s="2">
         <v>-772.2</v>
       </c>
       <c r="D2" s="2">
         <v>816.3</v>
       </c>
       <c r="E2" s="2">
-        <v>-16.94</v>
+        <v>-6.14</v>
       </c>
       <c r="F2" s="2">
         <v>-786.6</v>
       </c>
       <c r="G2" s="2">
         <v>816.1</v>
       </c>
       <c r="H2" s="2">
-        <v>-5.44</v>
+        <v>5.28</v>
       </c>
       <c r="I2" s="2">
         <v>-770.8</v>
       </c>
       <c r="J2" s="2">
         <v>831.1</v>
       </c>
       <c r="K2" s="2">
-        <v>-17.23</v>
+        <v>-7.01</v>
       </c>
       <c r="L2" s="2">
         <v>-803.2</v>
       </c>
       <c r="M2" s="2">
         <v>785</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2">
         <v>2024</v>
       </c>
       <c r="B3" s="2">
         <v>627.55</v>
       </c>
       <c r="C3" s="2">
         <v>-641</v>
       </c>
       <c r="D3" s="2">
         <v>2449.4</v>
       </c>
       <c r="E3" s="2">
         <v>621.78</v>
       </c>
       <c r="F3" s="2">