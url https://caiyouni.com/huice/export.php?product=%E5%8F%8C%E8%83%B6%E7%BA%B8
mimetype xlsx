--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -16,89 +16,104 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="逐日数据" sheetId="1" r:id="rId4"/>
     <sheet name="月度数据" sheetId="2" r:id="rId5"/>
     <sheet name="年度数据" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>日期</t>
   </si>
   <si>
     <t>主连开盘价</t>
   </si>
   <si>
     <t>主连收盘价</t>
   </si>
   <si>
     <t>主连最高价</t>
   </si>
   <si>
     <t>主连最低价</t>
   </si>
   <si>
     <t>次主连开盘价</t>
   </si>
   <si>
     <t>次主连收盘价</t>
   </si>
   <si>
     <t>次主连最高价</t>
   </si>
   <si>
     <t>次主连最低价</t>
   </si>
   <si>
     <t>开盘价差值</t>
   </si>
   <si>
     <t>收盘价差值</t>
   </si>
   <si>
     <t>最高价差值</t>
   </si>
   <si>
     <t>最低价差值</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
@@ -621,54 +636,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M44"/>
+  <dimension ref="A1:M49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:M44"/>
+      <selection activeCell="A1" sqref="A1:M49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -690,2019 +705,2224 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="2">
-        <v>4126</v>
+        <v>4102</v>
       </c>
       <c r="C2" s="2">
-        <v>4122</v>
+        <v>4056</v>
       </c>
       <c r="D2" s="2">
-        <v>4128</v>
+        <v>4102</v>
       </c>
       <c r="E2" s="2">
-        <v>4116</v>
+        <v>4050</v>
       </c>
       <c r="F2" s="2">
-        <v>4124</v>
+        <v>4092</v>
       </c>
       <c r="G2" s="2">
-        <v>4122</v>
+        <v>4074</v>
       </c>
       <c r="H2" s="2">
-        <v>4128</v>
+        <v>4092</v>
       </c>
       <c r="I2" s="2">
-        <v>4120</v>
+        <v>4062</v>
       </c>
       <c r="J2" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K2" s="2">
-        <v>0</v>
+        <v>-18</v>
       </c>
       <c r="L2" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="M2" s="2">
-        <v>-4</v>
+        <v>-12</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2">
-        <v>4122</v>
+        <v>4174</v>
       </c>
       <c r="C3" s="2">
-        <v>4120</v>
+        <v>4106</v>
       </c>
       <c r="D3" s="2">
-        <v>4126</v>
+        <v>4186</v>
       </c>
       <c r="E3" s="2">
         <v>4100</v>
       </c>
       <c r="F3" s="2">
-        <v>4118</v>
+        <v>4176</v>
       </c>
       <c r="G3" s="2">
-        <v>4118</v>
+        <v>4108</v>
       </c>
       <c r="H3" s="2">
-        <v>4124</v>
+        <v>4186</v>
       </c>
       <c r="I3" s="2">
         <v>4106</v>
       </c>
       <c r="J3" s="2">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="K3" s="2">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="L3" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="M3" s="2">
         <v>-6</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="2">
-        <v>4112</v>
+        <v>4184</v>
       </c>
       <c r="C4" s="2">
-        <v>4128</v>
+        <v>4170</v>
       </c>
       <c r="D4" s="2">
-        <v>4146</v>
+        <v>4192</v>
       </c>
       <c r="E4" s="2">
-        <v>4100</v>
+        <v>4166</v>
       </c>
       <c r="F4" s="2">
-        <v>4118</v>
+        <v>4180</v>
       </c>
       <c r="G4" s="2">
-        <v>4128</v>
+        <v>4180</v>
       </c>
       <c r="H4" s="2">
-        <v>4144</v>
+        <v>4202</v>
       </c>
       <c r="I4" s="2">
-        <v>4112</v>
+        <v>4156</v>
       </c>
       <c r="J4" s="2">
-        <v>-6</v>
+        <v>4</v>
       </c>
       <c r="K4" s="2">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="L4" s="2">
-        <v>2</v>
+        <v>-10</v>
       </c>
       <c r="M4" s="2">
-        <v>-12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="2">
-        <v>4108</v>
+        <v>4146</v>
       </c>
       <c r="C5" s="2">
-        <v>4112</v>
+        <v>4184</v>
       </c>
       <c r="D5" s="2">
-        <v>4132</v>
+        <v>4186</v>
       </c>
       <c r="E5" s="2">
-        <v>4106</v>
+        <v>4142</v>
       </c>
       <c r="F5" s="2">
-        <v>4112</v>
+        <v>4144</v>
       </c>
       <c r="G5" s="2">
-        <v>4108</v>
+        <v>4174</v>
       </c>
       <c r="H5" s="2">
-        <v>4126</v>
+        <v>4174</v>
       </c>
       <c r="I5" s="2">
-        <v>4104</v>
+        <v>4140</v>
       </c>
       <c r="J5" s="2">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="K5" s="2">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="L5" s="2">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="M5" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2">
-        <v>4100</v>
+        <v>4108</v>
       </c>
       <c r="C6" s="2">
+        <v>4146</v>
+      </c>
+      <c r="D6" s="2">
+        <v>4154</v>
+      </c>
+      <c r="E6" s="2">
+        <v>4102</v>
+      </c>
+      <c r="F6" s="2">
         <v>4108</v>
       </c>
-      <c r="D6" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="G6" s="2">
-        <v>4112</v>
+        <v>4148</v>
       </c>
       <c r="H6" s="2">
-        <v>4136</v>
+        <v>4156</v>
       </c>
       <c r="I6" s="2">
-        <v>4102</v>
+        <v>4108</v>
       </c>
       <c r="J6" s="2">
+        <v>0</v>
+      </c>
+      <c r="K6" s="2">
+        <v>-2</v>
+      </c>
+      <c r="L6" s="2">
+        <v>-2</v>
+      </c>
+      <c r="M6" s="2">
         <v>-6</v>
-      </c>
-[...7 lines deleted...]
-        <v>-2</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2">
-        <v>4100</v>
+        <v>4126</v>
       </c>
       <c r="C7" s="2">
-        <v>4110</v>
+        <v>4108</v>
       </c>
       <c r="D7" s="2">
-        <v>4132</v>
+        <v>4128</v>
       </c>
       <c r="E7" s="2">
-        <v>4090</v>
+        <v>4108</v>
       </c>
       <c r="F7" s="2">
-        <v>4098</v>
+        <v>4124</v>
       </c>
       <c r="G7" s="2">
-        <v>4106</v>
+        <v>4112</v>
       </c>
       <c r="H7" s="2">
-        <v>4126</v>
+        <v>4128</v>
       </c>
       <c r="I7" s="2">
-        <v>4086</v>
+        <v>4112</v>
       </c>
       <c r="J7" s="2">
         <v>2</v>
       </c>
       <c r="K7" s="2">
-        <v>4</v>
+        <v>-4</v>
       </c>
       <c r="L7" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="M7" s="2">
-        <v>4</v>
+        <v>-4</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="2">
-        <v>4158</v>
+        <v>4122</v>
       </c>
       <c r="C8" s="2">
-        <v>4100</v>
+        <v>4120</v>
       </c>
       <c r="D8" s="2">
-        <v>4182</v>
+        <v>4126</v>
       </c>
       <c r="E8" s="2">
         <v>4100</v>
       </c>
       <c r="F8" s="2">
-        <v>4166</v>
+        <v>4118</v>
       </c>
       <c r="G8" s="2">
-        <v>4100</v>
+        <v>4118</v>
       </c>
       <c r="H8" s="2">
-        <v>4180</v>
+        <v>4124</v>
       </c>
       <c r="I8" s="2">
-        <v>4100</v>
+        <v>4106</v>
       </c>
       <c r="J8" s="2">
-        <v>-8</v>
+        <v>4</v>
       </c>
       <c r="K8" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="L8" s="2">
         <v>2</v>
       </c>
       <c r="M8" s="2">
-        <v>0</v>
+        <v>-6</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="2">
-        <v>4152</v>
+        <v>4112</v>
       </c>
       <c r="C9" s="2">
-        <v>4154</v>
+        <v>4128</v>
       </c>
       <c r="D9" s="2">
-        <v>4180</v>
+        <v>4146</v>
       </c>
       <c r="E9" s="2">
-        <v>4150</v>
+        <v>4100</v>
       </c>
       <c r="F9" s="2">
-        <v>4152</v>
+        <v>4118</v>
       </c>
       <c r="G9" s="2">
-        <v>4162</v>
+        <v>4128</v>
       </c>
       <c r="H9" s="2">
-        <v>4178</v>
+        <v>4144</v>
       </c>
       <c r="I9" s="2">
-        <v>4148</v>
+        <v>4112</v>
       </c>
       <c r="J9" s="2">
+        <v>-6</v>
+      </c>
+      <c r="K9" s="2">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-8</v>
       </c>
       <c r="L9" s="2">
         <v>2</v>
       </c>
       <c r="M9" s="2">
-        <v>2</v>
+        <v>-12</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="2">
-        <v>4154</v>
+        <v>4108</v>
       </c>
       <c r="C10" s="2">
-        <v>4154</v>
+        <v>4112</v>
       </c>
       <c r="D10" s="2">
-        <v>4184</v>
+        <v>4132</v>
       </c>
       <c r="E10" s="2">
-        <v>4132</v>
+        <v>4106</v>
       </c>
       <c r="F10" s="2">
-        <v>4138</v>
+        <v>4112</v>
       </c>
       <c r="G10" s="2">
-        <v>4150</v>
+        <v>4108</v>
       </c>
       <c r="H10" s="2">
-        <v>4180</v>
+        <v>4126</v>
       </c>
       <c r="I10" s="2">
-        <v>4132</v>
+        <v>4104</v>
       </c>
       <c r="J10" s="2">
-        <v>16</v>
+        <v>-4</v>
       </c>
       <c r="K10" s="2">
         <v>4</v>
       </c>
       <c r="L10" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M10" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="2">
-        <v>4266</v>
+        <v>4100</v>
       </c>
       <c r="C11" s="2">
-        <v>4152</v>
+        <v>4108</v>
       </c>
       <c r="D11" s="2">
-        <v>4270</v>
+        <v>4146</v>
       </c>
       <c r="E11" s="2">
-        <v>4152</v>
+        <v>4100</v>
       </c>
       <c r="F11" s="2">
-        <v>4254</v>
+        <v>4106</v>
       </c>
       <c r="G11" s="2">
-        <v>4150</v>
+        <v>4112</v>
       </c>
       <c r="H11" s="2">
-        <v>4258</v>
+        <v>4136</v>
       </c>
       <c r="I11" s="2">
-        <v>4150</v>
+        <v>4102</v>
       </c>
       <c r="J11" s="2">
-        <v>12</v>
+        <v>-6</v>
       </c>
       <c r="K11" s="2">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="L11" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="M11" s="2">
-        <v>2</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="2">
-        <v>4260</v>
+        <v>4100</v>
       </c>
       <c r="C12" s="2">
-        <v>4272</v>
+        <v>4110</v>
       </c>
       <c r="D12" s="2">
-        <v>4290</v>
+        <v>4132</v>
       </c>
       <c r="E12" s="2">
-        <v>4254</v>
+        <v>4090</v>
       </c>
       <c r="F12" s="2">
-        <v>4264</v>
+        <v>4098</v>
       </c>
       <c r="G12" s="2">
-        <v>4260</v>
+        <v>4106</v>
       </c>
       <c r="H12" s="2">
-        <v>4272</v>
+        <v>4126</v>
       </c>
       <c r="I12" s="2">
-        <v>4244</v>
+        <v>4086</v>
       </c>
       <c r="J12" s="2">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="K12" s="2">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="L12" s="2">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="M12" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="2">
-        <v>4260</v>
+        <v>4158</v>
       </c>
       <c r="C13" s="2">
-        <v>4260</v>
+        <v>4100</v>
       </c>
       <c r="D13" s="2">
-        <v>4302</v>
+        <v>4182</v>
       </c>
       <c r="E13" s="2">
-        <v>4252</v>
+        <v>4100</v>
       </c>
       <c r="F13" s="2">
-        <v>4240</v>
+        <v>4166</v>
       </c>
       <c r="G13" s="2">
-        <v>4264</v>
+        <v>4100</v>
       </c>
       <c r="H13" s="2">
-        <v>4300</v>
+        <v>4180</v>
       </c>
       <c r="I13" s="2">
-        <v>4240</v>
+        <v>4100</v>
       </c>
       <c r="J13" s="2">
-        <v>20</v>
+        <v>-8</v>
       </c>
       <c r="K13" s="2">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="L13" s="2">
         <v>2</v>
       </c>
       <c r="M13" s="2">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="2">
-        <v>4300</v>
+        <v>4152</v>
       </c>
       <c r="C14" s="2">
-        <v>4254</v>
+        <v>4154</v>
       </c>
       <c r="D14" s="2">
-        <v>4320</v>
+        <v>4180</v>
       </c>
       <c r="E14" s="2">
-        <v>4250</v>
+        <v>4150</v>
       </c>
       <c r="F14" s="2">
-        <v>4320</v>
+        <v>4152</v>
       </c>
       <c r="G14" s="2">
-        <v>4254</v>
+        <v>4162</v>
       </c>
       <c r="H14" s="2">
-        <v>4320</v>
+        <v>4178</v>
       </c>
       <c r="I14" s="2">
-        <v>4246</v>
+        <v>4148</v>
       </c>
       <c r="J14" s="2">
-        <v>-20</v>
+        <v>0</v>
       </c>
       <c r="K14" s="2">
-        <v>0</v>
+        <v>-8</v>
       </c>
       <c r="L14" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="M14" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="2">
-        <v>4360</v>
+        <v>4154</v>
       </c>
       <c r="C15" s="2">
-        <v>4302</v>
+        <v>4154</v>
       </c>
       <c r="D15" s="2">
-        <v>4360</v>
+        <v>4184</v>
       </c>
       <c r="E15" s="2">
-        <v>4288</v>
+        <v>4132</v>
       </c>
       <c r="F15" s="2">
-        <v>4330</v>
+        <v>4138</v>
       </c>
       <c r="G15" s="2">
-        <v>4300</v>
+        <v>4150</v>
       </c>
       <c r="H15" s="2">
-        <v>4350</v>
+        <v>4180</v>
       </c>
       <c r="I15" s="2">
-        <v>4296</v>
+        <v>4132</v>
       </c>
       <c r="J15" s="2">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="K15" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L15" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="M15" s="2">
-        <v>-8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="2">
-        <v>4318</v>
+        <v>4266</v>
       </c>
       <c r="C16" s="2">
-        <v>4318</v>
+        <v>4152</v>
       </c>
       <c r="D16" s="2">
-        <v>4328</v>
+        <v>4270</v>
       </c>
       <c r="E16" s="2">
-        <v>4292</v>
+        <v>4152</v>
       </c>
       <c r="F16" s="2">
-        <v>4316</v>
+        <v>4254</v>
       </c>
       <c r="G16" s="2">
-        <v>4322</v>
+        <v>4150</v>
       </c>
       <c r="H16" s="2">
-        <v>4324</v>
+        <v>4258</v>
       </c>
       <c r="I16" s="2">
-        <v>4290</v>
+        <v>4150</v>
       </c>
       <c r="J16" s="2">
+        <v>12</v>
+      </c>
+      <c r="K16" s="2">
         <v>2</v>
       </c>
-      <c r="K16" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="L16" s="2">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="M16" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="2">
-        <v>4276</v>
+        <v>4260</v>
       </c>
       <c r="C17" s="2">
-        <v>4314</v>
+        <v>4272</v>
       </c>
       <c r="D17" s="2">
-        <v>4316</v>
+        <v>4290</v>
       </c>
       <c r="E17" s="2">
-        <v>4276</v>
+        <v>4254</v>
       </c>
       <c r="F17" s="2">
-        <v>4286</v>
+        <v>4264</v>
       </c>
       <c r="G17" s="2">
-        <v>4314</v>
+        <v>4260</v>
       </c>
       <c r="H17" s="2">
-        <v>4314</v>
+        <v>4272</v>
       </c>
       <c r="I17" s="2">
-        <v>4284</v>
+        <v>4244</v>
       </c>
       <c r="J17" s="2">
-        <v>-10</v>
+        <v>-4</v>
       </c>
       <c r="K17" s="2">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="L17" s="2">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2">
-        <v>-8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B18" s="2">
-        <v>4290</v>
+        <v>4260</v>
       </c>
       <c r="C18" s="2">
-        <v>4278</v>
+        <v>4260</v>
       </c>
       <c r="D18" s="2">
-        <v>4290</v>
+        <v>4302</v>
       </c>
       <c r="E18" s="2">
+        <v>4252</v>
+      </c>
+      <c r="F18" s="2">
+        <v>4240</v>
+      </c>
+      <c r="G18" s="2">
         <v>4264</v>
       </c>
-      <c r="F18" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="H18" s="2">
-        <v>4282</v>
+        <v>4300</v>
       </c>
       <c r="I18" s="2">
-        <v>4256</v>
+        <v>4240</v>
       </c>
       <c r="J18" s="2">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2">
         <v>-4</v>
       </c>
       <c r="L18" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="M18" s="2">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B19" s="2">
-        <v>4296</v>
+        <v>4300</v>
       </c>
       <c r="C19" s="2">
-        <v>4276</v>
+        <v>4254</v>
       </c>
       <c r="D19" s="2">
-        <v>4326</v>
+        <v>4320</v>
       </c>
       <c r="E19" s="2">
-        <v>4260</v>
+        <v>4250</v>
       </c>
       <c r="F19" s="2">
-        <v>4294</v>
+        <v>4320</v>
       </c>
       <c r="G19" s="2">
-        <v>4288</v>
+        <v>4254</v>
       </c>
       <c r="H19" s="2">
         <v>4320</v>
       </c>
       <c r="I19" s="2">
-        <v>4280</v>
+        <v>4246</v>
       </c>
       <c r="J19" s="2">
-        <v>2</v>
+        <v>-20</v>
       </c>
       <c r="K19" s="2">
-        <v>-12</v>
+        <v>0</v>
       </c>
       <c r="L19" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="M19" s="2">
-        <v>-20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="2">
-        <v>4290</v>
+        <v>4360</v>
       </c>
       <c r="C20" s="2">
+        <v>4302</v>
+      </c>
+      <c r="D20" s="2">
+        <v>4360</v>
+      </c>
+      <c r="E20" s="2">
         <v>4288</v>
       </c>
-      <c r="D20" s="2">
+      <c r="F20" s="2">
+        <v>4330</v>
+      </c>
+      <c r="G20" s="2">
         <v>4300</v>
       </c>
-      <c r="E20" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="H20" s="2">
-        <v>4288</v>
+        <v>4350</v>
       </c>
       <c r="I20" s="2">
-        <v>4278</v>
+        <v>4296</v>
       </c>
       <c r="J20" s="2">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="K20" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="L20" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="M20" s="2">
-        <v>-2</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="2">
-        <v>4228</v>
+        <v>4318</v>
       </c>
       <c r="C21" s="2">
-        <v>4284</v>
+        <v>4318</v>
       </c>
       <c r="D21" s="2">
-        <v>4288</v>
+        <v>4328</v>
       </c>
       <c r="E21" s="2">
-        <v>4220</v>
+        <v>4292</v>
       </c>
       <c r="F21" s="2">
-        <v>4276</v>
+        <v>4316</v>
       </c>
       <c r="G21" s="2">
-        <v>4282</v>
+        <v>4322</v>
       </c>
       <c r="H21" s="2">
-        <v>4282</v>
+        <v>4324</v>
       </c>
       <c r="I21" s="2">
-        <v>4270</v>
+        <v>4290</v>
       </c>
       <c r="J21" s="2">
-        <v>-48</v>
+        <v>2</v>
       </c>
       <c r="K21" s="2">
+        <v>-4</v>
+      </c>
+      <c r="L21" s="2">
+        <v>4</v>
+      </c>
+      <c r="M21" s="2">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-50</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B22" s="2">
-        <v>4230</v>
+        <v>4276</v>
       </c>
       <c r="C22" s="2">
-        <v>4214</v>
+        <v>4314</v>
       </c>
       <c r="D22" s="2">
-        <v>4248</v>
+        <v>4316</v>
       </c>
       <c r="E22" s="2">
-        <v>4210</v>
+        <v>4276</v>
       </c>
       <c r="F22" s="2">
-        <v>4226</v>
+        <v>4286</v>
       </c>
       <c r="G22" s="2">
-        <v>4226</v>
+        <v>4314</v>
       </c>
       <c r="H22" s="2">
-        <v>4226</v>
+        <v>4314</v>
       </c>
       <c r="I22" s="2">
-        <v>4226</v>
+        <v>4284</v>
       </c>
       <c r="J22" s="2">
-        <v>4</v>
+        <v>-10</v>
       </c>
       <c r="K22" s="2">
-        <v>-12</v>
+        <v>0</v>
       </c>
       <c r="L22" s="2">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="M22" s="2">
-        <v>-16</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="2">
-        <v>4240</v>
+        <v>4290</v>
       </c>
       <c r="C23" s="2">
-        <v>4226</v>
+        <v>4278</v>
       </c>
       <c r="D23" s="2">
-        <v>4240</v>
+        <v>4290</v>
       </c>
       <c r="E23" s="2">
-        <v>4220</v>
+        <v>4264</v>
       </c>
       <c r="F23" s="2">
-        <v>4244</v>
+        <v>4256</v>
       </c>
       <c r="G23" s="2">
-        <v>4244</v>
+        <v>4282</v>
       </c>
       <c r="H23" s="2">
-        <v>4244</v>
+        <v>4282</v>
       </c>
       <c r="I23" s="2">
-        <v>4244</v>
+        <v>4256</v>
       </c>
       <c r="J23" s="2">
+        <v>34</v>
+      </c>
+      <c r="K23" s="2">
         <v>-4</v>
       </c>
-      <c r="K23" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="L23" s="2">
-        <v>-4</v>
+        <v>8</v>
       </c>
       <c r="M23" s="2">
-        <v>-24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="2">
-        <v>4188</v>
+        <v>4296</v>
       </c>
       <c r="C24" s="2">
-        <v>4232</v>
+        <v>4276</v>
       </c>
       <c r="D24" s="2">
-        <v>4250</v>
+        <v>4326</v>
       </c>
       <c r="E24" s="2">
-        <v>4188</v>
+        <v>4260</v>
       </c>
       <c r="F24" s="2">
-        <v>4204</v>
+        <v>4294</v>
       </c>
       <c r="G24" s="2">
-        <v>4248</v>
+        <v>4288</v>
       </c>
       <c r="H24" s="2">
-        <v>4248</v>
+        <v>4320</v>
       </c>
       <c r="I24" s="2">
-        <v>4204</v>
+        <v>4280</v>
       </c>
       <c r="J24" s="2">
-        <v>-16</v>
+        <v>2</v>
       </c>
       <c r="K24" s="2">
-        <v>-16</v>
+        <v>-12</v>
       </c>
       <c r="L24" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="M24" s="2">
-        <v>-16</v>
+        <v>-20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B25" s="2">
-        <v>4166</v>
+        <v>4290</v>
       </c>
       <c r="C25" s="2">
-        <v>4198</v>
+        <v>4288</v>
       </c>
       <c r="D25" s="2">
-        <v>4210</v>
+        <v>4300</v>
       </c>
       <c r="E25" s="2">
-        <v>4158</v>
+        <v>4276</v>
       </c>
       <c r="F25" s="2">
-        <v>4188</v>
+        <v>4278</v>
       </c>
       <c r="G25" s="2">
-        <v>4206</v>
+        <v>4288</v>
       </c>
       <c r="H25" s="2">
-        <v>4206</v>
+        <v>4288</v>
       </c>
       <c r="I25" s="2">
-        <v>4188</v>
+        <v>4278</v>
       </c>
       <c r="J25" s="2">
-        <v>-22</v>
+        <v>12</v>
       </c>
       <c r="K25" s="2">
-        <v>-8</v>
+        <v>0</v>
       </c>
       <c r="L25" s="2">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="M25" s="2">
-        <v>-30</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="2">
-        <v>4144</v>
+        <v>4228</v>
       </c>
       <c r="C26" s="2">
-        <v>4170</v>
+        <v>4284</v>
       </c>
       <c r="D26" s="2">
-        <v>4182</v>
+        <v>4288</v>
       </c>
       <c r="E26" s="2">
-        <v>4144</v>
+        <v>4220</v>
       </c>
       <c r="F26" s="2">
-        <v>4176</v>
+        <v>4276</v>
       </c>
       <c r="G26" s="2">
-        <v>4186</v>
+        <v>4282</v>
       </c>
       <c r="H26" s="2">
-        <v>4186</v>
+        <v>4282</v>
       </c>
       <c r="I26" s="2">
-        <v>4172</v>
+        <v>4270</v>
       </c>
       <c r="J26" s="2">
-        <v>-32</v>
+        <v>-48</v>
       </c>
       <c r="K26" s="2">
-        <v>-16</v>
+        <v>2</v>
       </c>
       <c r="L26" s="2">
-        <v>-4</v>
+        <v>6</v>
       </c>
       <c r="M26" s="2">
-        <v>-28</v>
+        <v>-50</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B27" s="2">
-        <v>4206</v>
+        <v>4230</v>
       </c>
       <c r="C27" s="2">
-        <v>4166</v>
+        <v>4214</v>
       </c>
       <c r="D27" s="2">
+        <v>4248</v>
+      </c>
+      <c r="E27" s="2">
         <v>4210</v>
       </c>
-      <c r="E27" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="2">
-        <v>4200</v>
+        <v>4226</v>
       </c>
       <c r="G27" s="2">
-        <v>4162</v>
+        <v>4226</v>
       </c>
       <c r="H27" s="2">
-        <v>4200</v>
+        <v>4226</v>
       </c>
       <c r="I27" s="2">
-        <v>4162</v>
+        <v>4226</v>
       </c>
       <c r="J27" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="K27" s="2">
-        <v>4</v>
+        <v>-12</v>
       </c>
       <c r="L27" s="2">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="M27" s="2">
-        <v>-6</v>
+        <v>-16</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B28" s="2">
-        <v>4210</v>
+        <v>4240</v>
       </c>
       <c r="C28" s="2">
-        <v>4206</v>
+        <v>4226</v>
       </c>
       <c r="D28" s="2">
-        <v>4224</v>
+        <v>4240</v>
       </c>
       <c r="E28" s="2">
-        <v>4206</v>
+        <v>4220</v>
       </c>
       <c r="F28" s="2">
-        <v>4236</v>
+        <v>4244</v>
       </c>
       <c r="G28" s="2">
-        <v>4236</v>
+        <v>4244</v>
       </c>
       <c r="H28" s="2">
-        <v>4236</v>
+        <v>4244</v>
       </c>
       <c r="I28" s="2">
-        <v>4236</v>
+        <v>4244</v>
       </c>
       <c r="J28" s="2">
-        <v>-26</v>
+        <v>-4</v>
       </c>
       <c r="K28" s="2">
-        <v>-30</v>
+        <v>-18</v>
       </c>
       <c r="L28" s="2">
-        <v>-12</v>
+        <v>-4</v>
       </c>
       <c r="M28" s="2">
-        <v>-30</v>
+        <v>-24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="2">
-        <v>4214</v>
+        <v>4188</v>
       </c>
       <c r="C29" s="2">
-        <v>4216</v>
+        <v>4232</v>
       </c>
       <c r="D29" s="2">
-        <v>4216</v>
+        <v>4250</v>
       </c>
       <c r="E29" s="2">
-        <v>4200</v>
+        <v>4188</v>
       </c>
       <c r="F29" s="2">
-        <v>4242</v>
+        <v>4204</v>
       </c>
       <c r="G29" s="2">
-        <v>4230</v>
+        <v>4248</v>
       </c>
       <c r="H29" s="2">
-        <v>4242</v>
+        <v>4248</v>
       </c>
       <c r="I29" s="2">
-        <v>4228</v>
+        <v>4204</v>
       </c>
       <c r="J29" s="2">
-        <v>-28</v>
+        <v>-16</v>
       </c>
       <c r="K29" s="2">
-        <v>-14</v>
+        <v>-16</v>
       </c>
       <c r="L29" s="2">
-        <v>-26</v>
+        <v>2</v>
       </c>
       <c r="M29" s="2">
-        <v>-28</v>
+        <v>-16</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B30" s="2">
+        <v>4166</v>
+      </c>
+      <c r="C30" s="2">
+        <v>4198</v>
+      </c>
+      <c r="D30" s="2">
         <v>4210</v>
       </c>
-      <c r="C30" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>4210</v>
+        <v>4158</v>
       </c>
       <c r="F30" s="2">
-        <v>4234</v>
+        <v>4188</v>
       </c>
       <c r="G30" s="2">
-        <v>4234</v>
+        <v>4206</v>
       </c>
       <c r="H30" s="2">
-        <v>4234</v>
+        <v>4206</v>
       </c>
       <c r="I30" s="2">
-        <v>4234</v>
+        <v>4188</v>
       </c>
       <c r="J30" s="2">
-        <v>-24</v>
+        <v>-22</v>
       </c>
       <c r="K30" s="2">
         <v>-8</v>
       </c>
       <c r="L30" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M30" s="2">
-        <v>-24</v>
+        <v>-30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B31" s="2">
-        <v>4214</v>
+        <v>4144</v>
       </c>
       <c r="C31" s="2">
-        <v>4228</v>
+        <v>4170</v>
       </c>
       <c r="D31" s="2">
-        <v>4230</v>
+        <v>4182</v>
       </c>
       <c r="E31" s="2">
-        <v>4204</v>
+        <v>4144</v>
       </c>
       <c r="F31" s="2">
-        <v>4218</v>
+        <v>4176</v>
       </c>
       <c r="G31" s="2">
-        <v>4214</v>
+        <v>4186</v>
       </c>
       <c r="H31" s="2">
-        <v>4236</v>
+        <v>4186</v>
       </c>
       <c r="I31" s="2">
-        <v>4214</v>
+        <v>4172</v>
       </c>
       <c r="J31" s="2">
+        <v>-32</v>
+      </c>
+      <c r="K31" s="2">
+        <v>-16</v>
+      </c>
+      <c r="L31" s="2">
         <v>-4</v>
       </c>
-      <c r="K31" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="M31" s="2">
-        <v>-10</v>
+        <v>-28</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B32" s="2">
-        <v>4238</v>
+        <v>4206</v>
       </c>
       <c r="C32" s="2">
-        <v>4230</v>
+        <v>4166</v>
       </c>
       <c r="D32" s="2">
-        <v>4240</v>
+        <v>4210</v>
       </c>
       <c r="E32" s="2">
-        <v>4230</v>
+        <v>4156</v>
       </c>
       <c r="F32" s="2">
-        <v>4264</v>
+        <v>4200</v>
       </c>
       <c r="G32" s="2">
-        <v>4252</v>
+        <v>4162</v>
       </c>
       <c r="H32" s="2">
-        <v>4264</v>
+        <v>4200</v>
       </c>
       <c r="I32" s="2">
-        <v>4252</v>
+        <v>4162</v>
       </c>
       <c r="J32" s="2">
-        <v>-26</v>
+        <v>6</v>
       </c>
       <c r="K32" s="2">
-        <v>-22</v>
+        <v>4</v>
       </c>
       <c r="L32" s="2">
-        <v>-24</v>
+        <v>10</v>
       </c>
       <c r="M32" s="2">
-        <v>-22</v>
+        <v>-6</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B33" s="2">
-        <v>4230</v>
+        <v>4210</v>
       </c>
       <c r="C33" s="2">
-        <v>4234</v>
+        <v>4206</v>
       </c>
       <c r="D33" s="2">
-        <v>4242</v>
+        <v>4224</v>
       </c>
       <c r="E33" s="2">
-        <v>4230</v>
+        <v>4206</v>
       </c>
       <c r="F33" s="2">
-        <v>4246</v>
+        <v>4236</v>
       </c>
       <c r="G33" s="2">
-        <v>4244</v>
+        <v>4236</v>
       </c>
       <c r="H33" s="2">
-        <v>4260</v>
+        <v>4236</v>
       </c>
       <c r="I33" s="2">
-        <v>4244</v>
+        <v>4236</v>
       </c>
       <c r="J33" s="2">
-        <v>-16</v>
+        <v>-26</v>
       </c>
       <c r="K33" s="2">
-        <v>-10</v>
+        <v>-30</v>
       </c>
       <c r="L33" s="2">
-        <v>-18</v>
+        <v>-12</v>
       </c>
       <c r="M33" s="2">
-        <v>-14</v>
+        <v>-30</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B34" s="2">
-        <v>4274</v>
+        <v>4214</v>
       </c>
       <c r="C34" s="2">
-        <v>4238</v>
+        <v>4216</v>
       </c>
       <c r="D34" s="2">
-        <v>4274</v>
+        <v>4216</v>
       </c>
       <c r="E34" s="2">
-        <v>4232</v>
+        <v>4200</v>
       </c>
       <c r="F34" s="2">
-        <v>4266</v>
+        <v>4242</v>
       </c>
       <c r="G34" s="2">
-        <v>4266</v>
+        <v>4230</v>
       </c>
       <c r="H34" s="2">
-        <v>4266</v>
+        <v>4242</v>
       </c>
       <c r="I34" s="2">
-        <v>4266</v>
+        <v>4228</v>
       </c>
       <c r="J34" s="2">
-        <v>8</v>
+        <v>-28</v>
       </c>
       <c r="K34" s="2">
+        <v>-14</v>
+      </c>
+      <c r="L34" s="2">
+        <v>-26</v>
+      </c>
+      <c r="M34" s="2">
         <v>-28</v>
-      </c>
-[...4 lines deleted...]
-        <v>-34</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="2">
+        <v>4210</v>
+      </c>
+      <c r="C35" s="2">
         <v>4226</v>
       </c>
-      <c r="C35" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="2">
-        <v>4240</v>
+        <v>4236</v>
       </c>
       <c r="E35" s="2">
-        <v>4220</v>
+        <v>4210</v>
       </c>
       <c r="F35" s="2">
-        <v>4266</v>
+        <v>4234</v>
       </c>
       <c r="G35" s="2">
-        <v>4266</v>
+        <v>4234</v>
       </c>
       <c r="H35" s="2">
-        <v>4266</v>
+        <v>4234</v>
       </c>
       <c r="I35" s="2">
-        <v>4266</v>
+        <v>4234</v>
       </c>
       <c r="J35" s="2">
-        <v>-40</v>
+        <v>-24</v>
       </c>
       <c r="K35" s="2">
-        <v>-28</v>
+        <v>-8</v>
       </c>
       <c r="L35" s="2">
-        <v>-26</v>
+        <v>2</v>
       </c>
       <c r="M35" s="2">
-        <v>-46</v>
+        <v>-24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B36" s="2">
-        <v>4232</v>
+        <v>4214</v>
       </c>
       <c r="C36" s="2">
-        <v>4226</v>
+        <v>4228</v>
       </c>
       <c r="D36" s="2">
-        <v>4246</v>
+        <v>4230</v>
       </c>
       <c r="E36" s="2">
-        <v>4212</v>
+        <v>4204</v>
       </c>
       <c r="F36" s="2">
-        <v>4230</v>
+        <v>4218</v>
       </c>
       <c r="G36" s="2">
-        <v>4232</v>
+        <v>4214</v>
       </c>
       <c r="H36" s="2">
-        <v>4246</v>
+        <v>4236</v>
       </c>
       <c r="I36" s="2">
-        <v>4230</v>
+        <v>4214</v>
       </c>
       <c r="J36" s="2">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="K36" s="2">
+        <v>14</v>
+      </c>
+      <c r="L36" s="2">
         <v>-6</v>
       </c>
-      <c r="L36" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="M36" s="2">
-        <v>-18</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="2">
+        <v>4238</v>
+      </c>
+      <c r="C37" s="2">
         <v>4230</v>
       </c>
-      <c r="C37" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="2">
-        <v>4244</v>
+        <v>4240</v>
       </c>
       <c r="E37" s="2">
-        <v>4222</v>
+        <v>4230</v>
       </c>
       <c r="F37" s="2">
-        <v>4238</v>
+        <v>4264</v>
       </c>
       <c r="G37" s="2">
-        <v>4238</v>
+        <v>4252</v>
       </c>
       <c r="H37" s="2">
-        <v>4238</v>
+        <v>4264</v>
       </c>
       <c r="I37" s="2">
-        <v>4238</v>
+        <v>4252</v>
       </c>
       <c r="J37" s="2">
-        <v>-8</v>
+        <v>-26</v>
       </c>
       <c r="K37" s="2">
-        <v>-12</v>
+        <v>-22</v>
       </c>
       <c r="L37" s="2">
-        <v>6</v>
+        <v>-24</v>
       </c>
       <c r="M37" s="2">
-        <v>-16</v>
+        <v>-22</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="2">
-        <v>4258</v>
+        <v>4230</v>
       </c>
       <c r="C38" s="2">
-        <v>4222</v>
+        <v>4234</v>
       </c>
       <c r="D38" s="2">
+        <v>4242</v>
+      </c>
+      <c r="E38" s="2">
+        <v>4230</v>
+      </c>
+      <c r="F38" s="2">
+        <v>4246</v>
+      </c>
+      <c r="G38" s="2">
+        <v>4244</v>
+      </c>
+      <c r="H38" s="2">
         <v>4260</v>
       </c>
-      <c r="E38" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="I38" s="2">
-        <v>4222</v>
+        <v>4244</v>
       </c>
       <c r="J38" s="2">
-        <v>36</v>
+        <v>-16</v>
       </c>
       <c r="K38" s="2">
-        <v>-12</v>
+        <v>-10</v>
       </c>
       <c r="L38" s="2">
-        <v>26</v>
+        <v>-18</v>
       </c>
       <c r="M38" s="2">
-        <v>-10</v>
+        <v>-14</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B39" s="2">
-        <v>4260</v>
+        <v>4274</v>
       </c>
       <c r="C39" s="2">
-        <v>4256</v>
+        <v>4238</v>
       </c>
       <c r="D39" s="2">
-        <v>4270</v>
+        <v>4274</v>
       </c>
       <c r="E39" s="2">
-        <v>4250</v>
+        <v>4232</v>
       </c>
       <c r="F39" s="2">
-        <v>4280</v>
+        <v>4266</v>
       </c>
       <c r="G39" s="2">
-        <v>4280</v>
+        <v>4266</v>
       </c>
       <c r="H39" s="2">
-        <v>4280</v>
+        <v>4266</v>
       </c>
       <c r="I39" s="2">
-        <v>4280</v>
+        <v>4266</v>
       </c>
       <c r="J39" s="2">
-        <v>-20</v>
+        <v>8</v>
       </c>
       <c r="K39" s="2">
-        <v>-24</v>
+        <v>-28</v>
       </c>
       <c r="L39" s="2">
-        <v>-10</v>
+        <v>8</v>
       </c>
       <c r="M39" s="2">
-        <v>-30</v>
+        <v>-34</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B40" s="2">
+        <v>4226</v>
+      </c>
+      <c r="C40" s="2">
+        <v>4238</v>
+      </c>
+      <c r="D40" s="2">
+        <v>4240</v>
+      </c>
+      <c r="E40" s="2">
         <v>4220</v>
       </c>
-      <c r="C40" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F40" s="2">
-        <v>4250</v>
+        <v>4266</v>
       </c>
       <c r="G40" s="2">
-        <v>4246</v>
+        <v>4266</v>
       </c>
       <c r="H40" s="2">
-        <v>4274</v>
+        <v>4266</v>
       </c>
       <c r="I40" s="2">
-        <v>4246</v>
+        <v>4266</v>
       </c>
       <c r="J40" s="2">
-        <v>-30</v>
+        <v>-40</v>
       </c>
       <c r="K40" s="2">
-        <v>18</v>
+        <v>-28</v>
       </c>
       <c r="L40" s="2">
-        <v>14</v>
+        <v>-26</v>
       </c>
       <c r="M40" s="2">
-        <v>-34</v>
+        <v>-46</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B41" s="2">
+        <v>4232</v>
+      </c>
+      <c r="C41" s="2">
+        <v>4226</v>
+      </c>
+      <c r="D41" s="2">
+        <v>4246</v>
+      </c>
+      <c r="E41" s="2">
+        <v>4212</v>
+      </c>
+      <c r="F41" s="2">
         <v>4230</v>
       </c>
-      <c r="C41" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="G41" s="2">
-        <v>4220</v>
+        <v>4232</v>
       </c>
       <c r="H41" s="2">
-        <v>4232</v>
+        <v>4246</v>
       </c>
       <c r="I41" s="2">
-        <v>4214</v>
+        <v>4230</v>
       </c>
       <c r="J41" s="2">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="K41" s="2">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="L41" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="M41" s="2">
-        <v>-20</v>
+        <v>-18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B42" s="2">
-        <v>4240</v>
+        <v>4230</v>
       </c>
       <c r="C42" s="2">
-        <v>4224</v>
+        <v>4226</v>
       </c>
       <c r="D42" s="2">
-        <v>4248</v>
+        <v>4244</v>
       </c>
       <c r="E42" s="2">
-        <v>4200</v>
+        <v>4222</v>
       </c>
       <c r="F42" s="2">
-        <v>4220</v>
+        <v>4238</v>
       </c>
       <c r="G42" s="2">
-        <v>4218</v>
+        <v>4238</v>
       </c>
       <c r="H42" s="2">
         <v>4238</v>
       </c>
       <c r="I42" s="2">
-        <v>4218</v>
+        <v>4238</v>
       </c>
       <c r="J42" s="2">
-        <v>20</v>
+        <v>-8</v>
       </c>
       <c r="K42" s="2">
+        <v>-12</v>
+      </c>
+      <c r="L42" s="2">
         <v>6</v>
       </c>
-      <c r="L42" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="M42" s="2">
-        <v>-18</v>
+        <v>-16</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B43" s="2">
-        <v>4216</v>
+        <v>4258</v>
       </c>
       <c r="C43" s="2">
-        <v>4242</v>
+        <v>4222</v>
       </c>
       <c r="D43" s="2">
-        <v>4288</v>
+        <v>4260</v>
       </c>
       <c r="E43" s="2">
-        <v>4216</v>
+        <v>4212</v>
       </c>
       <c r="F43" s="2">
-        <v>4258</v>
+        <v>4222</v>
       </c>
       <c r="G43" s="2">
-        <v>4250</v>
+        <v>4234</v>
       </c>
       <c r="H43" s="2">
-        <v>4290</v>
+        <v>4234</v>
       </c>
       <c r="I43" s="2">
-        <v>4250</v>
+        <v>4222</v>
       </c>
       <c r="J43" s="2">
-        <v>-42</v>
+        <v>36</v>
       </c>
       <c r="K43" s="2">
-        <v>-8</v>
+        <v>-12</v>
       </c>
       <c r="L43" s="2">
-        <v>-2</v>
+        <v>26</v>
       </c>
       <c r="M43" s="2">
-        <v>-34</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B44" s="2">
+        <v>4260</v>
+      </c>
+      <c r="C44" s="2">
+        <v>4256</v>
+      </c>
+      <c r="D44" s="2">
+        <v>4270</v>
+      </c>
+      <c r="E44" s="2">
+        <v>4250</v>
+      </c>
+      <c r="F44" s="2">
+        <v>4280</v>
+      </c>
+      <c r="G44" s="2">
+        <v>4280</v>
+      </c>
+      <c r="H44" s="2">
+        <v>4280</v>
+      </c>
+      <c r="I44" s="2">
+        <v>4280</v>
+      </c>
+      <c r="J44" s="2">
+        <v>-20</v>
+      </c>
+      <c r="K44" s="2">
+        <v>-24</v>
+      </c>
+      <c r="L44" s="2">
+        <v>-10</v>
+      </c>
+      <c r="M44" s="2">
+        <v>-30</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13">
+      <c r="A45" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B45" s="2">
+        <v>4220</v>
+      </c>
+      <c r="C45" s="2">
+        <v>4264</v>
+      </c>
+      <c r="D45" s="2">
+        <v>4288</v>
+      </c>
+      <c r="E45" s="2">
+        <v>4212</v>
+      </c>
+      <c r="F45" s="2">
+        <v>4250</v>
+      </c>
+      <c r="G45" s="2">
+        <v>4246</v>
+      </c>
+      <c r="H45" s="2">
+        <v>4274</v>
+      </c>
+      <c r="I45" s="2">
+        <v>4246</v>
+      </c>
+      <c r="J45" s="2">
+        <v>-30</v>
+      </c>
+      <c r="K45" s="2">
+        <v>18</v>
+      </c>
+      <c r="L45" s="2">
+        <v>14</v>
+      </c>
+      <c r="M45" s="2">
+        <v>-34</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13">
+      <c r="A46" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B46" s="2">
+        <v>4230</v>
+      </c>
+      <c r="C46" s="2">
+        <v>4218</v>
+      </c>
+      <c r="D46" s="2">
+        <v>4240</v>
+      </c>
+      <c r="E46" s="2">
+        <v>4194</v>
+      </c>
+      <c r="F46" s="2">
+        <v>4214</v>
+      </c>
+      <c r="G46" s="2">
+        <v>4220</v>
+      </c>
+      <c r="H46" s="2">
+        <v>4232</v>
+      </c>
+      <c r="I46" s="2">
+        <v>4214</v>
+      </c>
+      <c r="J46" s="2">
+        <v>16</v>
+      </c>
+      <c r="K46" s="2">
+        <v>-2</v>
+      </c>
+      <c r="L46" s="2">
+        <v>8</v>
+      </c>
+      <c r="M46" s="2">
+        <v>-20</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13">
+      <c r="A47" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B47" s="2">
+        <v>4240</v>
+      </c>
+      <c r="C47" s="2">
+        <v>4224</v>
+      </c>
+      <c r="D47" s="2">
+        <v>4248</v>
+      </c>
+      <c r="E47" s="2">
+        <v>4200</v>
+      </c>
+      <c r="F47" s="2">
+        <v>4220</v>
+      </c>
+      <c r="G47" s="2">
+        <v>4218</v>
+      </c>
+      <c r="H47" s="2">
+        <v>4238</v>
+      </c>
+      <c r="I47" s="2">
+        <v>4218</v>
+      </c>
+      <c r="J47" s="2">
+        <v>20</v>
+      </c>
+      <c r="K47" s="2">
+        <v>6</v>
+      </c>
+      <c r="L47" s="2">
+        <v>10</v>
+      </c>
+      <c r="M47" s="2">
+        <v>-18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13">
+      <c r="A48" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B48" s="2">
+        <v>4216</v>
+      </c>
+      <c r="C48" s="2">
+        <v>4242</v>
+      </c>
+      <c r="D48" s="2">
+        <v>4288</v>
+      </c>
+      <c r="E48" s="2">
+        <v>4216</v>
+      </c>
+      <c r="F48" s="2">
+        <v>4258</v>
+      </c>
+      <c r="G48" s="2">
+        <v>4250</v>
+      </c>
+      <c r="H48" s="2">
+        <v>4290</v>
+      </c>
+      <c r="I48" s="2">
+        <v>4250</v>
+      </c>
+      <c r="J48" s="2">
+        <v>-42</v>
+      </c>
+      <c r="K48" s="2">
+        <v>-8</v>
+      </c>
+      <c r="L48" s="2">
+        <v>-2</v>
+      </c>
+      <c r="M48" s="2">
+        <v>-34</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13">
+      <c r="A49" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B49" s="2">
         <v>4150</v>
       </c>
-      <c r="C44" s="2">
+      <c r="C49" s="2">
         <v>4208</v>
       </c>
-      <c r="D44" s="2">
+      <c r="D49" s="2">
         <v>4332</v>
       </c>
-      <c r="E44" s="2">
+      <c r="E49" s="2">
         <v>4110</v>
       </c>
-      <c r="F44" s="2">
+      <c r="F49" s="2">
         <v>4222</v>
       </c>
-      <c r="G44" s="2">
+      <c r="G49" s="2">
         <v>4214</v>
       </c>
-      <c r="H44" s="2">
+      <c r="H49" s="2">
         <v>4336</v>
       </c>
-      <c r="I44" s="2">
+      <c r="I49" s="2">
         <v>4148</v>
       </c>
-      <c r="J44" s="2">
+      <c r="J49" s="2">
         <v>-72</v>
       </c>
-      <c r="K44" s="2">
+      <c r="K49" s="2">
         <v>-6</v>
       </c>
-      <c r="L44" s="2">
+      <c r="L49" s="2">
         <v>-4</v>
       </c>
-      <c r="M44" s="2">
+      <c r="M49" s="2">
         <v>-38</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B2" s="2">
-        <v>2</v>
+        <v>2.67</v>
       </c>
       <c r="C2" s="2">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="D2" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E2" s="2">
-        <v>0</v>
+        <v>-4.33</v>
       </c>
       <c r="F2" s="2">
-        <v>0</v>
+        <v>-18</v>
       </c>
       <c r="G2" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H2" s="2">
-        <v>0</v>
+        <v>1.67</v>
       </c>
       <c r="I2" s="2">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="J2" s="2">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="K2" s="2">
-        <v>-4</v>
+        <v>-2.67</v>
       </c>
       <c r="L2" s="2">
-        <v>-4</v>
+        <v>-12</v>
       </c>
       <c r="M2" s="2">
-        <v>-4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B3" s="2">
         <v>1.47</v>
       </c>
       <c r="C3" s="2">
         <v>-48</v>
       </c>
       <c r="D3" s="2">
         <v>34</v>
       </c>
       <c r="E3" s="2">
         <v>-0.21</v>
       </c>
       <c r="F3" s="2">
         <v>-12</v>
       </c>
       <c r="G3" s="2">
         <v>12</v>
       </c>
       <c r="H3" s="2">
         <v>6</v>
       </c>
       <c r="I3" s="2">
         <v>0</v>
       </c>
       <c r="J3" s="2">
         <v>18</v>
       </c>
       <c r="K3" s="2">
         <v>-3.26</v>
       </c>
       <c r="L3" s="2">
         <v>-50</v>
       </c>
       <c r="M3" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B4" s="2">
         <v>-14.6</v>
       </c>
       <c r="C4" s="2">
         <v>-32</v>
       </c>
       <c r="D4" s="2">
         <v>6</v>
       </c>
       <c r="E4" s="2">
         <v>-10.4</v>
       </c>
       <c r="F4" s="2">
         <v>-30</v>
       </c>
       <c r="G4" s="2">
         <v>14</v>
       </c>
       <c r="H4" s="2">
         <v>-1.2</v>
       </c>
       <c r="I4" s="2">
         <v>-26</v>
       </c>
       <c r="J4" s="2">
         <v>22</v>
       </c>
       <c r="K4" s="2">
         <v>-21.2</v>
       </c>
       <c r="L4" s="2">
         <v>-30</v>
       </c>
       <c r="M4" s="2">
         <v>-6</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B5" s="2">
         <v>-13.23</v>
       </c>
       <c r="C5" s="2">
         <v>-72</v>
       </c>
       <c r="D5" s="2">
         <v>36</v>
       </c>
       <c r="E5" s="2">
         <v>-10.31</v>
       </c>
       <c r="F5" s="2">
         <v>-28</v>
       </c>
       <c r="G5" s="2">
         <v>18</v>
       </c>
       <c r="H5" s="2">
         <v>-0.92</v>
       </c>
       <c r="I5" s="2">
         <v>-26</v>
       </c>
@@ -2743,122 +2963,122 @@
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M1" s="1" t="s">
         <v>73</v>
-      </c>
-[...34 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2">
         <v>2025</v>
       </c>
       <c r="B2" s="2">
-        <v>-6.7</v>
+        <v>-5.71</v>
       </c>
       <c r="C2" s="2">
         <v>-72</v>
       </c>
       <c r="D2" s="2">
         <v>36</v>
       </c>
       <c r="E2" s="2">
-        <v>-5.63</v>
+        <v>-5.58</v>
       </c>
       <c r="F2" s="2">
         <v>-30</v>
       </c>
       <c r="G2" s="2">
         <v>18</v>
       </c>
       <c r="H2" s="2">
-        <v>2.09</v>
+        <v>2.08</v>
       </c>
       <c r="I2" s="2">
         <v>-26</v>
       </c>
       <c r="J2" s="2">
         <v>26</v>
       </c>
       <c r="K2" s="2">
-        <v>-14.23</v>
+        <v>-13</v>
       </c>
       <c r="L2" s="2">
         <v>-50</v>
       </c>
       <c r="M2" s="2">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>